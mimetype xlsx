--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfea9ae703f743ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afcb31ff1b7b44448ed6a26dfbedf3ec.psmdcp" Id="R8ed53c220ed94753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af1682fe5f84a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7264caec1aef4a1bb9f7e12dc9d48aec.psmdcp" Id="R937be23f70cb4c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -239,180 +239,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (5.8 To 18.9)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>BorgWarner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
+    <x:t>Sandisk Corp/DE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGIC Investment Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Enova International Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>MGIC Investment Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Radian Group Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Resideo Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perdoceo Education Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTM Technologies Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lincoln National Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Cal-Maine Foods Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>11.5x</x:t>
   </x:si>
   <x:si>
-    <x:t>13.5x</x:t>
+    <x:t>13.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.9x</x:t>
-[...2 lines deleted...]
-    <x:t>25.5x</x:t>
+    <x:t>18.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
+    <x:t>1.5x</x:t>
+  </x:si>
+  <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.4x</x:t>
-[...2 lines deleted...]
-    <x:t>11.1x</x:t>
+    <x:t>8.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.6%</x:t>
-[...2 lines deleted...]
-    <x:t>6.6%</x:t>
+    <x:t>9.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.9%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
     <x:t>2.9 USD</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7 USD</x:t>
+    <x:t>2.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>79.2%</x:t>
+    <x:t>77.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -794,98 +797,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.69</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.95</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>21.83</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>22.7</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -953,150 +956,150 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>26.5</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1162,280 +1165,280 @@
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>27.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>74.2</x:v>
+        <x:v>72.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>87.3</x:v>
+        <x:v>85.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="26.990625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="23.200625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.320625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1485,114 +1488,114 @@
         <x:v>65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>258</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>