--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af1682fe5f84a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7264caec1aef4a1bb9f7e12dc9d48aec.psmdcp" Id="R937be23f70cb4c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa86a316d5dc416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08db058e8366484d80ffab5e90bfb542.psmdcp" Id="R6a086251ab894970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -239,183 +239,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.0 To 19.0)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
+    <x:t>Sandisk Corp/DE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
     <x:t>BorgWarner Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>United States</x:t>
-[...2 lines deleted...]
-    <x:t>Sandisk Corp/DE</x:t>
+    <x:t>Resideo Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enova International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radian Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTM Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MGIC Investment Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Enova International Inc</x:t>
-[...8 lines deleted...]
-    <x:t>Perdoceo Education Corp</x:t>
+    <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>TTM Technologies Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Lincoln National Corp</x:t>
+    <x:t>UGI Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.5x</x:t>
-[...2 lines deleted...]
-    <x:t>13.9x</x:t>
+    <x:t>11.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.3x</x:t>
-[...2 lines deleted...]
-    <x:t>25.7x</x:t>
+    <x:t>17.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.9x</x:t>
-[...2 lines deleted...]
-    <x:t>11.2x</x:t>
+    <x:t>8.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>9.5%</x:t>
   </x:si>
   <x:si>
-    <x:t>6.9%</x:t>
+    <x:t>6.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>2.8 USD</x:t>
+    <x:t>3.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>77.7%</x:t>
+    <x:t>76.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -797,98 +800,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.73</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>22.51</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -956,158 +959,158 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>22.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
@@ -1128,474 +1131,485 @@
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C13"/>
+  <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.540625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="23.020625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>23.3</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>10.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
         <x:v>72.7</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="n">
-[...5 lines deleted...]
-        <x:v>17</x:v>
+      <x:c r="C8" s="4" t="n">
+        <x:v>85.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:3">
-      <x:c r="A13" s="1" t="s">
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.200625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.320625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B7" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C20"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.540625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="23.020625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>