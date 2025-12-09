--- v2 (2025-11-18)
+++ v3 (2025-12-09)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa86a316d5dc416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08db058e8366484d80ffab5e90bfb542.psmdcp" Id="R6a086251ab894970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc560f50d82d44c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2ac60113660478ab73689bbe5269e2d.psmdcp" Id="Re341b0c3325c4a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -800,98 +800,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>21.73</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>