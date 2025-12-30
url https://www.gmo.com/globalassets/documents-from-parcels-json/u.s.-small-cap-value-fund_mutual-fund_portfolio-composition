--- v3 (2025-12-09)
+++ v4 (2025-12-30)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc560f50d82d44c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2ac60113660478ab73689bbe5269e2d.psmdcp" Id="Re341b0c3325c4a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaaaba98eb8a49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e41f6c7c2a3b4b9699ad2c6fa58bc00b.psmdcp" Id="R3c5e4582fb8d4c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -239,186 +239,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium (19.1 To 48.6)</x:t>
-[...5 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Sandisk Corp/DE</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>BorgWarner Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Resideo Technologies Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Enova International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Radian Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TTM Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MGIC Investment Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>UGI Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axcelis Technologies Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Skyworks Solutions Inc</x:t>
-[...2 lines deleted...]
-    <x:t>UGI Corp</x:t>
+    <x:t>Lincoln National Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>11.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>14.2x</x:t>
+    <x:t>13.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.9x</x:t>
-[...2 lines deleted...]
-    <x:t>26.9x</x:t>
+    <x:t>16.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.5x</x:t>
-[...2 lines deleted...]
-    <x:t>11.0x</x:t>
+    <x:t>8.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.5%</x:t>
-[...2 lines deleted...]
-    <x:t>6.8%</x:t>
+    <x:t>9.6%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>2.7 USD</x:t>
+    <x:t>3.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>76.6%</x:t>
+    <x:t>80.5%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -959,161 +959,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1168,291 +1168,291 @@
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>71.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>85.5</x:v>
+        <x:v>86.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="23.200625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="21.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1554,54 +1554,54 @@
         <x:v>80</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">