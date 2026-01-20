--- v4 (2025-12-30)
+++ v5 (2026-01-20)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaaaba98eb8a49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e41f6c7c2a3b4b9699ad2c6fa58bc00b.psmdcp" Id="R3c5e4582fb8d4c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30037ab4be254604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da603a42c8fb4e2c8c3ca8702a5b3f4b.psmdcp" Id="Rb4a02f79cfa0446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -239,186 +239,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium (19.4 To 49.1)</x:t>
-[...5 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
-    <x:t>Sandisk Corp/DE</x:t>
+    <x:t>BorgWarner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
-    <x:t>BorgWarner Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Enova International Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Lincoln National Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Radian Group Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>TTM Technologies Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MGIC Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UGI Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Terex Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Axcelis Technologies Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Macy's Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lincoln National Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.4x</x:t>
-[...2 lines deleted...]
-    <x:t>13.4x</x:t>
+    <x:t>11.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.1x</x:t>
-[...2 lines deleted...]
-    <x:t>24.4x</x:t>
+    <x:t>15.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
+    <x:t>1.3x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.8x</x:t>
-[...2 lines deleted...]
-    <x:t>10.8x</x:t>
+    <x:t>8.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.6%</x:t>
-[...2 lines deleted...]
-    <x:t>7.3%</x:t>
+    <x:t>10.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>3.3 USD</x:t>
-[...2 lines deleted...]
-    <x:t>2.8 USD</x:t>
+    <x:t>3.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>80.5%</x:t>
+    <x:t>82.8%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -800,98 +797,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.05</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.95</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.53</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.44</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>21.01</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -959,161 +956,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>22.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1131,485 +1128,474 @@
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C14"/>
+  <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.540625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="23.020625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>24.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>75.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.1</x:v>
-[...10 lines deleted...]
-        <x:v>86.9</x:v>
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A14" s="1" t="s">
+      <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="21.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.320625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="B6" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C20"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.540625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="23.020625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>