--- v5 (2026-01-20)
+++ v6 (2026-02-10)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30037ab4be254604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da603a42c8fb4e2c8c3ca8702a5b3f4b.psmdcp" Id="Rb4a02f79cfa0446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98eb66a8fbf04970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91cb0ffaa205445db34d7b4f84e6ff0d.psmdcp" Id="Ra508924e2fda42dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -239,183 +239,177 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.1 To 19.8)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
+    <x:t>Lincoln National Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enova International Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>BorgWarner Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>United States</x:t>
-[...5 lines deleted...]
-    <x:t>Lincoln National Corp</x:t>
+    <x:t>UGI Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Radian Group Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Kennametal Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axcelis Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terex Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>MGIC Investment Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>UGI Corp</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.3x</x:t>
-[...2 lines deleted...]
-    <x:t>12.7x</x:t>
+    <x:t>12.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.1x</x:t>
-[...2 lines deleted...]
-    <x:t>21.1x</x:t>
+    <x:t>15.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.6x</x:t>
-[...2 lines deleted...]
-    <x:t>10.0x</x:t>
+    <x:t>9.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.1%</x:t>
-[...2 lines deleted...]
-    <x:t>7.5%</x:t>
+    <x:t>10.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.9%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>2.7 USD</x:t>
+    <x:t>2.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>82.8%</x:t>
+    <x:t>79.9%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -797,98 +791,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.18</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.51</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -953,153 +947,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>22.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.6</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1165,65 +1159,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>75.7</x:v>
+        <x:v>79.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>93</x:v>
+        <x:v>92.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
@@ -1262,169 +1256,169 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -1488,114 +1482,114 @@
         <x:v>65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>253</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>