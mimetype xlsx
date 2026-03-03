--- v6 (2026-02-10)
+++ v7 (2026-03-03)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98eb66a8fbf04970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91cb0ffaa205445db34d7b4f84e6ff0d.psmdcp" Id="Ra508924e2fda42dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4617ff8146604c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08892eaca9d9460a86e09e4a7dd4e76f.psmdcp" Id="R283e387aa72f45db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>