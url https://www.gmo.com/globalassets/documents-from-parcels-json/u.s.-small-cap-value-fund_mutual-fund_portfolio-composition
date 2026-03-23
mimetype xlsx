--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4617ff8146604c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08892eaca9d9460a86e09e4a7dd4e76f.psmdcp" Id="R283e387aa72f45db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dab8138c3647ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb0f3a1eb1084380aafcc538d812db86.psmdcp" Id="R26bf1c029fc049be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <x:si>
     <x:t>Risk Profile - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -239,177 +239,180 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.4 To 20.4)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
+    <x:t>BorgWarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lincoln National Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>United States</x:t>
+    <x:t>Terex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kennametal Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Enova International Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>BorgWarner Inc</x:t>
+    <x:t>Axcelis Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radian Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UGI Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Radian Group Inc</x:t>
-[...14 lines deleted...]
-    <x:t>Cirrus Logic Inc</x:t>
+    <x:t>Oshkosh Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Small Cap Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.1x</x:t>
-[...2 lines deleted...]
-    <x:t>13.2x</x:t>
+    <x:t>11.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.2x</x:t>
-[...2 lines deleted...]
-    <x:t>21.6x</x:t>
+    <x:t>16.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.3x</x:t>
-[...2 lines deleted...]
-    <x:t>10.6x</x:t>
+    <x:t>9.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.3%</x:t>
-[...2 lines deleted...]
-    <x:t>7.9%</x:t>
+    <x:t>10.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
+    <x:t>3.2 USD</x:t>
+  </x:si>
+  <x:si>
     <x:t>2.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>79.9%</x:t>
+    <x:t>78.8%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -791,98 +794,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.59</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.49</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>20.51</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.81</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -947,161 +950,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
@@ -1159,65 +1162,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>79.4</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>92.2</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
@@ -1262,177 +1265,177 @@
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1526,70 +1529,70 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>