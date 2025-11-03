--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc557b6bdd055459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08d37df873cc4535aed82ae49b643d88.psmdcp" Id="R3e60d0afbde14870" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92aa00ee748c4418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ff14d35b1bf4dd5a9135e21be8bd5f9.psmdcp" Id="Rffd4296ca44948f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="145">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>As of 09/30/2025 (USD,%)</x:t>