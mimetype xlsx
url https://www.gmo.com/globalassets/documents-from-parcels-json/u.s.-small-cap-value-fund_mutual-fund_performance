--- v1 (2025-11-03)
+++ v2 (2025-11-25)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92aa00ee748c4418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ff14d35b1bf4dd5a9135e21be8bd5f9.psmdcp" Id="Rffd4296ca44948f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad016e36fe94cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/619782a17b2e4e928358fea95f13722d.psmdcp" Id="R4ff84fdcbde84f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="145">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="149">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/02/2019</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -257,50 +260,53 @@
   <x:si>
     <x:t>02/29/2020</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2019</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2019</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2019</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -419,78 +425,84 @@
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -835,2614 +847,2643 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G143"/>
+  <x:dimension ref="A1:G145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.560625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>8.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-5.83</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.81</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>-5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-5.81</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.68</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-7.68</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>10.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>11.63</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>8.52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>14.41</x:v>
+        <x:v>3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>12.96</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-10.43</x:v>
+        <x:v>14.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-11.42</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-10.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-11.21</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-11.17</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-11.21</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.47</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.43</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-5.47</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-5.43</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>10.81</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>16.93</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-5.27</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-5.27</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>13.64</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-26.14</x:v>
+        <x:v>15.22</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-26.1</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-25.45</x:v>
+        <x:v>13.64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>-26.14</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-11.48</x:v>
+        <x:v>-26.1</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>-25.45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-11.48</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
+        <x:v>-5.94</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-5.9</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>-5.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C82" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D82" s="4" t="n">
         <x:v>1.82</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A84" s="2" t="s"/>
+      <x:c r="B84" s="3" t="s"/>
+      <x:c r="C84" s="3" t="s"/>
+      <x:c r="D84" s="3" t="s"/>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-9.92</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>-9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-13.36</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>11.18</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>-13.36</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>23.92</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>27.55</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>32.96</x:v>
+        <x:v>5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>23.13</x:v>
+        <x:v>27.55</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>20.62</x:v>
+        <x:v>32.96</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-38.07</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-37.99</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-37.37</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>23.13</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
+        <x:v>-38.07</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="n">
+        <x:v>-37.99</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>-37.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B109" s="4" t="n">
+        <x:v>8.22</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="n">
+        <x:v>8.33</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B110" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C108" s="4" t="n">
+      <x:c r="C110" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D108" s="4" t="n">
+      <x:c r="D110" s="4" t="n">
         <x:v>2.12</x:v>
       </x:c>
     </x:row>
-    <x:row r="110" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="112" spans="1:7">
-      <x:c r="A112" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A112" s="2" t="s"/>
+      <x:c r="B112" s="3" t="s"/>
+      <x:c r="C112" s="3" t="s"/>
+      <x:c r="D112" s="3" t="s"/>
     </x:row>
     <x:row r="113" spans="1:7">
-      <x:c r="A113" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A113" s="2" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>23.36</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-14.01</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-13.63</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>-11.04</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>35.73</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>36.28</x:v>
+        <x:v>23.36</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>30.95</x:v>
+        <x:v>14.89</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-14.01</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-13.63</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-11.04</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B117" s="4" t="n">
+        <x:v>35.73</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="n">
+        <x:v>36.28</x:v>
+      </x:c>
+      <x:c r="D117" s="4" t="n">
+        <x:v>30.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:7">
+      <x:c r="A118" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B118" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="C118" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D118" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:7">
+      <x:c r="A119" s="2" t="n">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="B117" s="4" t="n">
+      <x:c r="B119" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
-      <x:c r="C117" s="4" t="n">
+      <x:c r="C119" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
-      <x:c r="D117" s="4" t="n">
+      <x:c r="D119" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="119" spans="1:7">
-[...6 lines deleted...]
-        <x:v>108</x:v>
+    <x:row r="121" spans="1:7">
+      <x:c r="A121" s="2" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
-      <x:c r="A122" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C122" s="3" t="s">
+      <x:c r="A122" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D122" s="3" t="s">
+    </x:row>
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="s"/>
+      <x:c r="B124" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E122" s="3" t="s">
+      <x:c r="C124" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F122" s="3" t="s">
+      <x:c r="D124" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="G122" s="3" t="s">
+      <x:c r="E124" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A123" s="1" t="s">
+      <x:c r="F124" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="B123" s="2" t="s">
+      <x:c r="G124" s="3" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B125" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A126" s="1" t="s">
+      <x:c r="C125" s="4" t="n">
+        <x:v>9.91</x:v>
+      </x:c>
+      <x:c r="D125" s="4" t="n">
+        <x:v>19.09</x:v>
+      </x:c>
+      <x:c r="E125" s="4" t="n">
+        <x:v>17.56</x:v>
+      </x:c>
+      <x:c r="F125" s="3" t="s">
         <x:v>119</x:v>
+      </x:c>
+      <x:c r="G125" s="4" t="n">
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
+    <x:row r="128" spans="1:7">
+      <x:c r="A128" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
     <x:row r="129" spans="1:7">
-      <x:c r="A129" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B129" s="5" t="n">
+      <x:c r="A129" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:7">
+      <x:c r="A131" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B131" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="130" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B130" s="5" t="n">
+    <x:row r="132" spans="1:7">
+      <x:c r="A132" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B132" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
-    <x:row r="132" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="134" spans="1:7">
-      <x:c r="A134" s="2" t="s">
+      <x:c r="A134" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
-      <x:c r="A135" s="2" t="s">
+      <x:c r="A135" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
-      <x:c r="A138" s="1" t="s">
+      <x:c r="A138" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
-      <x:c r="A139" s="1" t="s">
+      <x:c r="A139" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
-      <x:c r="A141" s="2" t="s">
+      <x:c r="A141" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
-      <x:c r="A142" s="2" t="s">
+      <x:c r="A142" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
-      <x:c r="A143" s="1" t="s">
+      <x:c r="A143" s="2" t="s">
         <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:7">
+      <x:c r="A144" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:7">
+      <x:c r="A145" s="1" t="s">
+        <x:v>136</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.09</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.03</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>11.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>14.58</x:v>
+        <x:v>13.69</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.43</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.67</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.57</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>11.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>14.58</x:v>
+        <x:v>13.69</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>10.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.33</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>14.58</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.76</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>13.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.04</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.43</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.67</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.33</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>14.58</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>7.87</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>7.34</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>