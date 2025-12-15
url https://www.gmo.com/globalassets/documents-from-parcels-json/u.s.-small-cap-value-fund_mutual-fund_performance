--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad016e36fe94cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/619782a17b2e4e928358fea95f13722d.psmdcp" Id="R4ff84fdcbde84f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf996997ca09d4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d28d9f4572407f86b855f9b6ae916e.psmdcp" Id="R5b4e577979534d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="149">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/02/2019</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -425,72 +428,72 @@
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -847,2643 +850,2657 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G145"/>
+  <x:dimension ref="A1:G146"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.560625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>8.77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-5.83</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.81</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>-5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-5.81</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.68</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-7.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>10.69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>11.63</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>8.52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>14.41</x:v>
+        <x:v>3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>12.96</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-10.43</x:v>
+        <x:v>14.41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-11.42</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-10.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-11.21</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-11.17</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-11.21</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-5.47</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-5.43</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-5.47</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-5.43</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>10.81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>16.93</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-5.27</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-5.27</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>13.64</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-26.14</x:v>
+        <x:v>15.22</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-26.1</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-25.45</x:v>
+        <x:v>13.64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>-26.14</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-11.48</x:v>
+        <x:v>-26.1</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>-25.45</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-11.48</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
+        <x:v>-5.94</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-5.9</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-5.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
+      <x:c r="C83" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="n">
+      <x:c r="D83" s="4" t="n">
         <x:v>1.82</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A85" s="2" t="s"/>
+      <x:c r="B85" s="3" t="s"/>
+      <x:c r="C85" s="3" t="s"/>
+      <x:c r="D85" s="3" t="s"/>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-9.92</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>11.18</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-13.36</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>-13.36</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>23.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>27.55</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>32.96</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>27.55</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>32.96</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>23.13</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>20.62</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-38.07</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-37.99</x:v>
+        <x:v>23.13</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-37.37</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>-38.07</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>-37.99</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-37.37</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
+        <x:v>8.22</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="n">
+        <x:v>8.33</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B111" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C110" s="4" t="n">
+      <x:c r="C111" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D110" s="4" t="n">
+      <x:c r="D111" s="4" t="n">
         <x:v>2.12</x:v>
       </x:c>
     </x:row>
-    <x:row r="112" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="113" spans="1:7">
-      <x:c r="A113" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A113" s="2" t="s"/>
+      <x:c r="B113" s="3" t="s"/>
+      <x:c r="C113" s="3" t="s"/>
+      <x:c r="D113" s="3" t="s"/>
     </x:row>
     <x:row r="114" spans="1:7">
-      <x:c r="A114" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A114" s="2" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>13.63</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>11.69</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>5.68</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>23.36</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-14.01</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-13.63</x:v>
+        <x:v>23.36</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-11.04</x:v>
+        <x:v>14.89</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>35.73</x:v>
+        <x:v>-14.01</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>36.28</x:v>
+        <x:v>-13.63</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>30.95</x:v>
+        <x:v>-11.04</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>35.73</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>36.28</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>30.95</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B119" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="C119" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D119" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:7">
+      <x:c r="A120" s="2" t="n">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="B119" s="4" t="n">
+      <x:c r="B120" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
-      <x:c r="C119" s="4" t="n">
+      <x:c r="C120" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
-      <x:c r="D119" s="4" t="n">
+      <x:c r="D120" s="4" t="n">
         <x:v>10.1</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row r="124" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B124" s="2" t="s">
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C124" s="3" t="s">
+    </x:row>
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="2" t="s"/>
+      <x:c r="B125" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D124" s="3" t="s">
+      <x:c r="C125" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="E124" s="3" t="s">
+      <x:c r="D125" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F124" s="3" t="s">
+      <x:c r="E125" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G124" s="3" t="s">
+      <x:c r="F125" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A125" s="1" t="s">
+      <x:c r="G125" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="B125" s="2" t="s">
+    </x:row>
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C125" s="4" t="n">
+      <x:c r="B126" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C126" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
-      <x:c r="D125" s="4" t="n">
+      <x:c r="D126" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
-      <x:c r="E125" s="4" t="n">
+      <x:c r="E126" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
-      <x:c r="F125" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="G125" s="4" t="n">
+      <x:c r="F126" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G126" s="4" t="n">
         <x:v>11.36</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
-    <x:row r="131" spans="1:7">
-      <x:c r="A131" s="2" t="s">
+    <x:row r="130" spans="1:7">
+      <x:c r="A130" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B132" s="5" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:7">
+      <x:c r="A133" s="2" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B133" s="5" t="n">
         <x:v>0.48</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
-      <x:c r="A136" s="2" t="s">
+      <x:c r="A136" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
-      <x:c r="A140" s="1" t="s">
+      <x:c r="A140" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
-      <x:c r="A143" s="2" t="s">
+      <x:c r="A143" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
-      <x:c r="A145" s="1" t="s">
+      <x:c r="A145" s="2" t="s">
         <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:7">
+      <x:c r="A146" s="1" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.26</x:v>
+        <x:v>13.63</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>14.22</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>17.03</x:v>
+        <x:v>14.11</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>11.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.88</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>14.78</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>17.57</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.65</x:v>
+        <x:v>12.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>10.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.33</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>14.58</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.76</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>13.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.04</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.43</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.67</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.33</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>14.58</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>7.87</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>7.34</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.09</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>17.56</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>