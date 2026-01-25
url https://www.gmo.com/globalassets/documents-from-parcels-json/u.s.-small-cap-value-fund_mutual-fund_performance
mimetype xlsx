--- v3 (2025-12-15)
+++ v4 (2026-01-25)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf996997ca09d4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d28d9f4572407f86b855f9b6ae916e.psmdcp" Id="R5b4e577979534d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e15c0a4f004651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d51e6eb5df644fb491248912c0e033c1.psmdcp" Id="R183597d55b634c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/02/2019</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -263,51 +266,51 @@
   <x:si>
     <x:t>02/29/2020</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2019</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2019</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2019</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -344,168 +347,168 @@
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2019</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2019</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Small Cap Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2019</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio is equal to the Funds Total Annual Operating Expenses set forth in the Funds most recent prospectus dated June 30, 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio reflects the reduction of expenses from fee reimbursements. The fee reimbursements will continue until at least June 30, 2026. Elimination of this reimbursement will</x:t>
   </x:si>
   <x:si>
     <x:t>result in higher fees and lower performance.</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Net Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600 Value Index is an independently maintained and widely published index comprised of value stocks within the S&amp;P SmallCap 600 index. The S&amp;P SmallCap 600 seeks to</x:t>
   </x:si>
   <x:si>
     <x:t>measure the small-cap segment of the U.S. equity market. Value stocks are measured using three factors: the ratios of book value, earnings, and sales to price. S&amp;P does not guarantee the</x:t>
   </x:si>
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -527,73 +530,69 @@
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -850,2657 +849,2672 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G146"/>
+  <x:dimension ref="A1:G147"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.560625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>8.77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-5.83</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.81</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>-5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-5.81</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.68</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-7.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>10.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>11.63</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>8.52</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>14.41</x:v>
+        <x:v>3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>12.96</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-10.43</x:v>
+        <x:v>14.41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-11.42</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-10.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-11.21</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-11.17</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-11.21</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.47</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.43</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-5.47</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-5.43</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>10.81</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>16.93</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-5.27</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-5.27</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>13.64</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-26.14</x:v>
+        <x:v>15.22</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-26.1</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-25.45</x:v>
+        <x:v>13.64</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>-26.14</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-11.48</x:v>
+        <x:v>-26.1</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>-25.45</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-11.48</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
+        <x:v>-5.94</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-5.9</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>-5.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C84" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D84" s="4" t="n">
         <x:v>1.82</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A86" s="2" t="s"/>
+      <x:c r="B86" s="3" t="s"/>
+      <x:c r="C86" s="3" t="s"/>
+      <x:c r="D86" s="3" t="s"/>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-9.92</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>11.18</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-13.36</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>-13.36</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>23.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>27.55</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>32.96</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>27.55</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>32.96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>23.13</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>20.62</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-38.07</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-37.99</x:v>
+        <x:v>23.13</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-37.37</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>-38.07</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>-37.99</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-37.37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
+        <x:v>8.22</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="n">
+        <x:v>8.33</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B112" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="n">
+      <x:c r="C112" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D111" s="4" t="n">
+      <x:c r="D112" s="4" t="n">
         <x:v>2.12</x:v>
       </x:c>
     </x:row>
-    <x:row r="113" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="114" spans="1:7">
-      <x:c r="A114" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A114" s="2" t="s"/>
+      <x:c r="B114" s="3" t="s"/>
+      <x:c r="C114" s="3" t="s"/>
+      <x:c r="D114" s="3" t="s"/>
     </x:row>
     <x:row r="115" spans="1:7">
-      <x:c r="A115" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A115" s="2" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>11.69</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>23.36</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-14.01</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-13.63</x:v>
+        <x:v>23.36</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-11.04</x:v>
+        <x:v>14.89</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>35.73</x:v>
+        <x:v>-14.01</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>36.28</x:v>
+        <x:v>-13.63</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>30.95</x:v>
+        <x:v>-11.04</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>35.73</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>36.28</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>30.95</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B120" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="C120" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D120" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:7">
+      <x:c r="A121" s="2" t="n">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="B120" s="4" t="n">
+      <x:c r="B121" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
-      <x:c r="C120" s="4" t="n">
+      <x:c r="C121" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
-      <x:c r="D120" s="4" t="n">
+      <x:c r="D121" s="4" t="n">
         <x:v>10.1</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row r="125" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B125" s="2" t="s">
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C125" s="3" t="s">
+    </x:row>
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="2" t="s"/>
+      <x:c r="B126" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D125" s="3" t="s">
+      <x:c r="C126" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E125" s="3" t="s">
+      <x:c r="D126" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F125" s="3" t="s">
+      <x:c r="E126" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="G125" s="3" t="s">
+      <x:c r="F126" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A126" s="1" t="s">
+      <x:c r="G126" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="B126" s="2" t="s">
+    </x:row>
+    <x:row r="127" spans="1:7">
+      <x:c r="A127" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C126" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="F126" s="3" t="s">
+      <x:c r="B127" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="G126" s="4" t="n">
-[...4 lines deleted...]
-      <x:c r="A128" s="1" t="s">
+      <x:c r="C127" s="4" t="n">
+        <x:v>15.26</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="n">
+        <x:v>16.28</x:v>
+      </x:c>
+      <x:c r="E127" s="4" t="n">
+        <x:v>12.91</x:v>
+      </x:c>
+      <x:c r="F127" s="3" t="s">
         <x:v>121</x:v>
+      </x:c>
+      <x:c r="G127" s="4" t="n">
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row r="132" spans="1:7">
-      <x:c r="A132" s="2" t="s">
+    <x:row r="131" spans="1:7">
+      <x:c r="A131" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="B133" s="5" t="n">
-[...4 lines deleted...]
-      <x:c r="A135" s="1" t="s">
+      <x:c r="B133" s="2" t="s">
         <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:7">
+      <x:c r="A134" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B134" s="2" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
-      <x:c r="A137" s="2" t="s">
-        <x:v>128</x:v>
+      <x:c r="A137" s="1" t="s">
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
-      <x:c r="A141" s="1" t="s">
-        <x:v>132</x:v>
+      <x:c r="A141" s="2" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
-      <x:c r="A144" s="2" t="s">
-        <x:v>135</x:v>
+      <x:c r="A144" s="1" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
-      <x:c r="A146" s="1" t="s">
-        <x:v>137</x:v>
+      <x:c r="A146" s="2" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:7">
+      <x:c r="A147" s="1" t="s">
+        <x:v>140</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>16.28</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>14.11</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>10.37</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>14.04</x:v>
+        <x:v>16.85</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>12.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>10.37</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>19.09</x:v>
+        <x:v>16.28</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>0.68</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>0.48</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.09</x:v>
+        <x:v>16.28</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.58</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.43</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.67</x:v>
+        <x:v>16.85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>12.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.58</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>19.09</x:v>
+        <x:v>16.28</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>0.68</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>0.48</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>