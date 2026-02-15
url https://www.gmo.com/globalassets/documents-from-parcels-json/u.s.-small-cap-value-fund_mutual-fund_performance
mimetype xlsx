--- v4 (2026-01-25)
+++ v5 (2026-02-15)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e15c0a4f004651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d51e6eb5df644fb491248912c0e033c1.psmdcp" Id="R183597d55b634c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885d5e2d767b4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dbbe6840835448ea4b19598b1e121d0.psmdcp" Id="R98fa70fd0f934224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/02/2019</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -266,50 +269,53 @@
   <x:si>
     <x:t>02/29/2020</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2019</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2019</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2019</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2019</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -344,51 +350,51 @@
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2019</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2019</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
@@ -437,78 +443,84 @@
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -849,2672 +861,2714 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G147"/>
+  <x:dimension ref="A1:G150"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.560625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>8.77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.83</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.81</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>-5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-5.81</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.68</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-7.68</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>10.69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>11.63</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>8.52</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>14.41</x:v>
+        <x:v>3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>12.96</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-10.43</x:v>
+        <x:v>14.41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-11.42</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-10.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-11.21</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-11.17</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-11.21</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.47</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.43</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-5.47</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-5.43</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>10.81</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>16.93</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-5.27</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-5.27</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>13.64</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-26.14</x:v>
+        <x:v>15.22</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-26.1</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-25.45</x:v>
+        <x:v>13.64</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>-26.14</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-11.48</x:v>
+        <x:v>-26.1</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>-25.45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-11.48</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
+        <x:v>-5.94</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-5.9</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>-5.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>1.82</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-9.92</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>-9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-13.36</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>11.18</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>-13.36</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>23.92</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>27.55</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>32.96</x:v>
+        <x:v>5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>23.13</x:v>
+        <x:v>27.55</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>20.62</x:v>
+        <x:v>32.96</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-38.07</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-37.99</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-37.37</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>23.13</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
+        <x:v>-38.07</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="n">
+        <x:v>-37.99</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="n">
+        <x:v>-37.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B113" s="4" t="n">
+        <x:v>8.22</x:v>
+      </x:c>
+      <x:c r="C113" s="4" t="n">
+        <x:v>8.33</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:7">
+      <x:c r="A114" s="2" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B114" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C112" s="4" t="n">
+      <x:c r="C114" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D112" s="4" t="n">
+      <x:c r="D114" s="4" t="n">
         <x:v>2.12</x:v>
       </x:c>
     </x:row>
-    <x:row r="114" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="116" spans="1:7">
-      <x:c r="A116" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A116" s="2" t="s"/>
+      <x:c r="B116" s="3" t="s"/>
+      <x:c r="C116" s="3" t="s"/>
+      <x:c r="D116" s="3" t="s"/>
     </x:row>
     <x:row r="117" spans="1:7">
-      <x:c r="A117" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A117" s="2" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>23.36</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>-14.01</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>-13.63</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-11.04</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>35.73</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>36.28</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>30.95</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>23.36</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>14.89</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B121" s="4" t="n">
+        <x:v>-14.01</x:v>
+      </x:c>
+      <x:c r="C121" s="4" t="n">
+        <x:v>-13.63</x:v>
+      </x:c>
+      <x:c r="D121" s="4" t="n">
+        <x:v>-11.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:7">
+      <x:c r="A122" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B122" s="4" t="n">
+        <x:v>35.73</x:v>
+      </x:c>
+      <x:c r="C122" s="4" t="n">
+        <x:v>36.28</x:v>
+      </x:c>
+      <x:c r="D122" s="4" t="n">
+        <x:v>30.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B123" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="C123" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D123" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="n">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="B121" s="4" t="n">
+      <x:c r="B124" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
-      <x:c r="C121" s="4" t="n">
+      <x:c r="C124" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
-      <x:c r="D121" s="4" t="n">
+      <x:c r="D124" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="123" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="126" spans="1:7">
-      <x:c r="A126" s="2" t="s"/>
-      <x:c r="B126" s="2" t="s">
+      <x:c r="A126" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C126" s="3" t="s">
+    </x:row>
+    <x:row r="127" spans="1:7">
+      <x:c r="A127" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D126" s="3" t="s">
+    </x:row>
+    <x:row r="129" spans="1:7">
+      <x:c r="A129" s="2" t="s"/>
+      <x:c r="B129" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E126" s="3" t="s">
+      <x:c r="C129" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="F126" s="3" t="s">
+      <x:c r="D129" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="G126" s="3" t="s">
+      <x:c r="E129" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A127" s="1" t="s">
+      <x:c r="F129" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="B127" s="2" t="s">
+      <x:c r="G129" s="3" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B130" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C130" s="4" t="n">
+        <x:v>15.26</x:v>
+      </x:c>
+      <x:c r="D130" s="4" t="n">
+        <x:v>16.28</x:v>
+      </x:c>
+      <x:c r="E130" s="4" t="n">
+        <x:v>12.91</x:v>
+      </x:c>
+      <x:c r="F130" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A131" s="1" t="s">
+      <x:c r="G130" s="4" t="n">
+        <x:v>11.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:7">
+      <x:c r="A132" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
-      <x:c r="A133" s="2" t="s">
+      <x:c r="A133" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="B133" s="2" t="s">
+    </x:row>
+    <x:row r="134" spans="1:7">
+      <x:c r="A134" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row r="134" spans="1:7">
-      <x:c r="A134" s="2" t="s">
+    <x:row r="136" spans="1:7">
+      <x:c r="A136" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B134" s="2" t="s">
+      <x:c r="B136" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="136" spans="1:7">
-      <x:c r="A136" s="1" t="s">
+    <x:row r="137" spans="1:7">
+      <x:c r="A137" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A137" s="1" t="s">
+      <x:c r="B137" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="138" spans="1:7">
-      <x:c r="A138" s="2" t="s">
+    <x:row r="139" spans="1:7">
+      <x:c r="A139" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row r="139" spans="1:7">
-      <x:c r="A139" s="2" t="s">
+    <x:row r="140" spans="1:7">
+      <x:c r="A140" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:7">
+      <x:c r="A142" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
-    <x:row r="142" spans="1:7">
-      <x:c r="A142" s="1" t="s">
+    <x:row r="143" spans="1:7">
+      <x:c r="A143" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row r="143" spans="1:7">
-      <x:c r="A143" s="1" t="s">
+    <x:row r="144" spans="1:7">
+      <x:c r="A144" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row r="144" spans="1:7">
-      <x:c r="A144" s="1" t="s">
+    <x:row r="145" spans="1:7">
+      <x:c r="A145" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row r="145" spans="1:7">
-      <x:c r="A145" s="2" t="s">
+    <x:row r="146" spans="1:7">
+      <x:c r="A146" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:7">
+      <x:c r="A148" s="2" t="s">
         <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:7">
+      <x:c r="A149" s="2" t="s">
+        <x:v>141</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:7">
+      <x:c r="A150" s="1" t="s">
+        <x:v>142</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>17.83</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.28</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>12.91</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.81</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.81</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>16.85</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>13.44</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.11</x:v>
+        <x:v>12.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>9.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>8.96</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.63</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>3.95</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.81</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.81</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>16.85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>13.44</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>9.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>8.96</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.47</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>