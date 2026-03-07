--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885d5e2d767b4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dbbe6840835448ea4b19598b1e121d0.psmdcp" Id="R98fa70fd0f934224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66670c963622478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/373ff7ce683043af9167ef86cdd22894.psmdcp" Id="R6eb0502099fe48b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/02/2019</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P SmallCap 600 Value</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -443,72 +446,72 @@
   <x:si>
     <x:t>accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the</x:t>
   </x:si>
   <x:si>
     <x:t>data or information in any form is prohibited except with the prior written permission of S&amp;P or its third-party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -861,2714 +864,2728 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G150"/>
+  <x:dimension ref="A1:G151"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.560625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>8.77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-5.83</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.81</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>-5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-5.81</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.68</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-7.68</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>10.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>11.63</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>8.52</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>14.41</x:v>
+        <x:v>3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>12.96</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-10.43</x:v>
+        <x:v>14.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-11.42</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-10.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-11.21</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-11.17</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-11.21</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.47</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.43</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-5.47</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-5.43</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>10.81</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>16.93</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-5.27</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-5.27</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>13.64</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-26.14</x:v>
+        <x:v>15.22</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-26.1</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-25.45</x:v>
+        <x:v>13.64</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>-26.14</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-11.48</x:v>
+        <x:v>-26.1</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>-25.45</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-11.48</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
+        <x:v>-5.94</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-5.9</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>-5.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>1.82</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-9.92</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>11.18</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-13.36</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>-13.36</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>23.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>27.55</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>32.96</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>27.55</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>32.96</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>23.13</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>20.62</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>-38.07</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>-37.99</x:v>
+        <x:v>23.13</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>-37.37</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>-38.07</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>-37.99</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-37.37</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
+        <x:v>8.22</x:v>
+      </x:c>
+      <x:c r="C114" s="4" t="n">
+        <x:v>8.33</x:v>
+      </x:c>
+      <x:c r="D114" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:7">
+      <x:c r="A115" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B115" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C114" s="4" t="n">
+      <x:c r="C115" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D114" s="4" t="n">
+      <x:c r="D115" s="4" t="n">
         <x:v>2.12</x:v>
       </x:c>
     </x:row>
-    <x:row r="116" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="117" spans="1:7">
-      <x:c r="A117" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A117" s="2" t="s"/>
+      <x:c r="B117" s="3" t="s"/>
+      <x:c r="C117" s="3" t="s"/>
+      <x:c r="D117" s="3" t="s"/>
     </x:row>
     <x:row r="118" spans="1:7">
-      <x:c r="A118" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A118" s="2" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>15.81</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>11.69</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>23.36</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>-14.01</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>-13.63</x:v>
+        <x:v>23.36</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>-11.04</x:v>
+        <x:v>14.89</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>35.73</x:v>
+        <x:v>-14.01</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>36.28</x:v>
+        <x:v>-13.63</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>30.95</x:v>
+        <x:v>-11.04</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>35.73</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>36.28</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>30.95</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B124" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="C124" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D124" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="2" t="n">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="B124" s="4" t="n">
+      <x:c r="B125" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
-      <x:c r="C124" s="4" t="n">
+      <x:c r="C125" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
-      <x:c r="D124" s="4" t="n">
+      <x:c r="D125" s="4" t="n">
         <x:v>10.1</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="129" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B129" s="2" t="s">
+    <x:row r="128" spans="1:7">
+      <x:c r="A128" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C129" s="3" t="s">
+    </x:row>
+    <x:row r="130" spans="1:7">
+      <x:c r="A130" s="2" t="s"/>
+      <x:c r="B130" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D129" s="3" t="s">
+      <x:c r="C130" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E129" s="3" t="s">
+      <x:c r="D130" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F129" s="3" t="s">
+      <x:c r="E130" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="G129" s="3" t="s">
+      <x:c r="F130" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A130" s="1" t="s">
+      <x:c r="G130" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="B130" s="2" t="s">
+    </x:row>
+    <x:row r="131" spans="1:7">
+      <x:c r="A131" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C130" s="4" t="n">
+      <x:c r="B131" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C131" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
-      <x:c r="D130" s="4" t="n">
+      <x:c r="D131" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
-      <x:c r="E130" s="4" t="n">
+      <x:c r="E131" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
-      <x:c r="F130" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="G130" s="4" t="n">
+      <x:c r="F131" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G131" s="4" t="n">
         <x:v>11.6</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row r="136" spans="1:7">
-      <x:c r="A136" s="2" t="s">
+    <x:row r="135" spans="1:7">
+      <x:c r="A135" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B137" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B137" s="2" t="s">
+    </x:row>
+    <x:row r="138" spans="1:7">
+      <x:c r="A138" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A139" s="1" t="s">
+      <x:c r="B138" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
-      <x:c r="A141" s="2" t="s">
+      <x:c r="A141" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
-      <x:c r="A145" s="1" t="s">
+      <x:c r="A145" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
-      <x:c r="A148" s="2" t="s">
+      <x:c r="A148" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
-      <x:c r="A150" s="1" t="s">
+      <x:c r="A150" s="2" t="s">
         <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:7">
+      <x:c r="A151" s="1" t="s">
+        <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.83</x:v>
+        <x:v>25.13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.36</x:v>
+        <x:v>12.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.58</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>25.74</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>16.13</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>11.71</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.87</x:v>
+        <x:v>12.89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.58</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>9.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>8.96</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.63</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>3.95</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.81</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.81</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>16.85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>13.44</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>9.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>8.96</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.47</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>16.28</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>12.91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>