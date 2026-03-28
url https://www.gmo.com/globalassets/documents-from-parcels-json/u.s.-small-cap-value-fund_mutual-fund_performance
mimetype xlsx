--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66670c963622478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/373ff7ce683043af9167ef86cdd22894.psmdcp" Id="R6eb0502099fe48b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba47ba04ed84922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aebab7c50fc24d0889e12125b9e111fd.psmdcp" Id="Rf60a37bcce224666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Performance - U.S. Small Cap Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>As of 02/28/2026 (USD,%)</x:t>