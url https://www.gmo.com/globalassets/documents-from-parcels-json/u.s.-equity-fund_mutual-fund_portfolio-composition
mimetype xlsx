--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7929ee4e3d4b420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fccacbd5559f425987ffd88ad32a21c7.psmdcp" Id="R73c69d87e09f4516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb166bdd3ba12456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7753d47524d448398942bd527afbf8f.psmdcp" Id="R8546b2f6cb374345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <x:si>
     <x:t>Risk Profile - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Composite 1500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P Composite 1500 combines three leading indices, the S&amp;P 500, the S&amp;P MidCap 400, and the S&amp;P SmallCap 600, to cover approximately 90% of U.S. market capitalization. It is designed</x:t>
   </x:si>
   <x:si>
     <x:t>for investors seeking to replicate the performance of the U.S. equity market or benchmark against a representative universe of tradable stocks.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -233,183 +233,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Altria Group Inc</x:t>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>eBay Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.0x</x:t>
-[...2 lines deleted...]
-    <x:t>25.2x</x:t>
+    <x:t>17.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.2x</x:t>
-[...2 lines deleted...]
-    <x:t>34.7x</x:t>
+    <x:t>24.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.3x</x:t>
-[...2 lines deleted...]
-    <x:t>4.8x</x:t>
+    <x:t>3.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.7x</x:t>
-[...2 lines deleted...]
-    <x:t>22.8x</x:t>
+    <x:t>19.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.5%</x:t>
+    <x:t>27.6%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>177.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>263.7 USD</x:t>
+    <x:t>180.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>59.2%</x:t>
+    <x:t>59.1%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -937,161 +940,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>31.7</x:v>
+        <x:v>35.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>31.9</x:v>
+        <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
@@ -1139,98 +1142,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>55.9</x:v>
+        <x:v>59.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>63.5</x:v>
+        <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1255,153 +1258,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1473,92 +1476,92 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1476</x:v>
+        <x:v>1477</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>