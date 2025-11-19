--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb166bdd3ba12456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7753d47524d448398942bd527afbf8f.psmdcp" Id="R8546b2f6cb374345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74fa198617594748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6be97f2fd5d64f4e9d0eaf8f9bbce3e8.psmdcp" Id="R23d11aba1074464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>Risk Profile - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Composite 1500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P Composite 1500 combines three leading indices, the S&amp;P 500, the S&amp;P MidCap 400, and the S&amp;P SmallCap 600, to cover approximately 90% of U.S. market capitalization. It is designed</x:t>
   </x:si>
   <x:si>
     <x:t>for investors seeking to replicate the performance of the U.S. equity market or benchmark against a representative universe of tradable stocks.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -233,186 +233,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Microsoft Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
+    <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Cummins Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.4x</x:t>
-[...2 lines deleted...]
-    <x:t>26.0x</x:t>
+    <x:t>18.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.5x</x:t>
-[...2 lines deleted...]
-    <x:t>33.5x</x:t>
+    <x:t>27.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4x</x:t>
+    <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>5.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.5x</x:t>
-[...2 lines deleted...]
-    <x:t>23.3x</x:t>
+    <x:t>20.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.6%</x:t>
-[...2 lines deleted...]
-    <x:t>27.1%</x:t>
+    <x:t>30.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>0.5x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>180.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>271.2 USD</x:t>
+    <x:t>195.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>59.1%</x:t>
+    <x:t>58.1%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -794,98 +797,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.95</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>16.15</x:v>
+        <x:v>16.02</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.82</x:v>
+        <x:v>15.73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -940,153 +943,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.2</x:v>
+        <x:v>37.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>33.2</x:v>
+        <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1145,266 +1148,266 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>59.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>64.2</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="18.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1487,81 +1490,81 @@
         <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1475</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>