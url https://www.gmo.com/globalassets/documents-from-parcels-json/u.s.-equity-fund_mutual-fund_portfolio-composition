--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74fa198617594748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6be97f2fd5d64f4e9d0eaf8f9bbce3e8.psmdcp" Id="R23d11aba1074464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cee5dc9f92c4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2d04a1bec7a45b68eb846548c6e3a0a.psmdcp" Id="Ra16dc99a4d964c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <x:si>
     <x:t>Risk Profile - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Composite 1500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P Composite 1500 combines three leading indices, the S&amp;P 500, the S&amp;P MidCap 400, and the S&amp;P SmallCap 600, to cover approximately 90% of U.S. market capitalization. It is designed</x:t>
   </x:si>
   <x:si>
     <x:t>for investors seeking to replicate the performance of the U.S. equity market or benchmark against a representative universe of tradable stocks.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -233,189 +233,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cummins Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.1x</x:t>
-[...2 lines deleted...]
-    <x:t>26.4x</x:t>
+    <x:t>18.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.7x</x:t>
-[...2 lines deleted...]
-    <x:t>34.5x</x:t>
+    <x:t>28.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>5.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.2x</x:t>
-[...2 lines deleted...]
-    <x:t>22.9x</x:t>
+    <x:t>19.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>30.2%</x:t>
-[...2 lines deleted...]
-    <x:t>28.5%</x:t>
+    <x:t>29.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>195.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>309.8 USD</x:t>
+    <x:t>196.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>58.1%</x:t>
+    <x:t>58.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -797,98 +794,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>16.02</x:v>
+        <x:v>15.41</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.73</x:v>
+        <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -943,161 +940,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37.8</x:v>
+        <x:v>36.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
@@ -1145,98 +1142,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>59.6</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>65</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1261,150 +1258,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1490,81 +1487,81 @@
         <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1475</x:v>
+        <x:v>1474</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>