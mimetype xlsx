--- v3 (2025-12-10)
+++ v4 (2026-01-22)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cee5dc9f92c4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2d04a1bec7a45b68eb846548c6e3a0a.psmdcp" Id="Ra16dc99a4d964c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46bc6a5fa3d14bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59ee0cd8907b40669615451c455164e0.psmdcp" Id="Rf85c9bae2ede4212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <x:si>
     <x:t>Risk Profile - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Composite 1500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P Composite 1500 combines three leading indices, the S&amp;P 500, the S&amp;P MidCap 400, and the S&amp;P SmallCap 600, to cover approximately 90% of U.S. market capitalization. It is designed</x:t>
   </x:si>
   <x:si>
     <x:t>for investors seeking to replicate the performance of the U.S. equity market or benchmark against a representative universe of tradable stocks.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -233,186 +233,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVIDIA Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>NVIDIA Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Cummins Inc</x:t>
+    <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.7x</x:t>
+    <x:t>18.0x</x:t>
   </x:si>
   <x:si>
     <x:t>25.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>28.7x</x:t>
-[...2 lines deleted...]
-    <x:t>32.9x</x:t>
+    <x:t>27.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5x</x:t>
+    <x:t>3.4x</x:t>
   </x:si>
   <x:si>
     <x:t>5.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.3x</x:t>
-[...2 lines deleted...]
-    <x:t>25.0x</x:t>
+    <x:t>18.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>29.5%</x:t>
-[...2 lines deleted...]
-    <x:t>27.3%</x:t>
+    <x:t>30.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>196.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>298.9 USD</x:t>
+    <x:t>214.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>58.6%</x:t>
+    <x:t>57.8%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -794,98 +794,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.09</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.41</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -940,164 +940,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>36.6</x:v>
+        <x:v>36.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>33</x:v>
+        <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1142,269 +1142,269 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>60.3</x:v>
+        <x:v>58.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>64.8</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="18.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1506,54 +1506,54 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1474</x:v>
+        <x:v>1472</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">