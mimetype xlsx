--- v4 (2026-01-22)
+++ v5 (2026-02-15)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46bc6a5fa3d14bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59ee0cd8907b40669615451c455164e0.psmdcp" Id="Rf85c9bae2ede4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b940d74ffc54745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb10335bca034d8c86498d6ce21bea6c.psmdcp" Id="R68e9c5764ec7407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <x:si>
     <x:t>Risk Profile - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Composite 1500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P Composite 1500 combines three leading indices, the S&amp;P 500, the S&amp;P MidCap 400, and the S&amp;P SmallCap 600, to cover approximately 90% of U.S. market capitalization. It is designed</x:t>
   </x:si>
   <x:si>
     <x:t>for investors seeking to replicate the performance of the U.S. equity market or benchmark against a representative universe of tradable stocks.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -233,186 +233,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>NVIDIA Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>NVIDIA Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
+    <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Cisco Systems Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.0x</x:t>
-[...2 lines deleted...]
-    <x:t>25.2x</x:t>
+    <x:t>19.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.1x</x:t>
-[...2 lines deleted...]
-    <x:t>32.6x</x:t>
+    <x:t>26.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.4x</x:t>
   </x:si>
   <x:si>
     <x:t>5.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.1x</x:t>
-[...2 lines deleted...]
-    <x:t>24.5x</x:t>
+    <x:t>19.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>30.2%</x:t>
   </x:si>
   <x:si>
-    <x:t>30.3%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
+    <x:t>0.5x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>214.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>299.0 USD</x:t>
+    <x:t>213.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>57.8%</x:t>
+    <x:t>58.3%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -794,98 +794,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.13</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.05</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -940,161 +940,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>32.9</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
@@ -1142,98 +1142,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>58.4</x:v>
+        <x:v>59.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>63.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1258,150 +1258,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1476,84 +1476,84 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1472</x:v>
+        <x:v>1470</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">