--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b940d74ffc54745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb10335bca034d8c86498d6ce21bea6c.psmdcp" Id="R68e9c5764ec7407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2697ba78f142f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4de9014adf584597a038ad6dff1ffc3d.psmdcp" Id="R957d3c4ecb574997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>Risk Profile - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Composite 1500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P Composite 1500 combines three leading indices, the S&amp;P 500, the S&amp;P MidCap 400, and the S&amp;P SmallCap 600, to cover approximately 90% of U.S. market capitalization. It is designed</x:t>
   </x:si>
   <x:si>
     <x:t>for investors seeking to replicate the performance of the U.S. equity market or benchmark against a representative universe of tradable stocks.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -233,186 +233,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Cisco Systems Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.4x</x:t>
-[...2 lines deleted...]
-    <x:t>24.7x</x:t>
+    <x:t>19.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.9x</x:t>
-[...2 lines deleted...]
-    <x:t>32.8x</x:t>
+    <x:t>24.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>5.0x</x:t>
+    <x:t>4.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.0x</x:t>
-[...2 lines deleted...]
-    <x:t>22.8x</x:t>
+    <x:t>17.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>30.2%</x:t>
   </x:si>
   <x:si>
+    <x:t>29.7%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>0.7x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>213.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>305.9 USD</x:t>
+    <x:t>202.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>58.3%</x:t>
+    <x:t>59.4%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -794,98 +797,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.86</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.33</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.03</x:v>
+        <x:v>15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -940,164 +943,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>34</x:v>
+        <x:v>32.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>31.9</x:v>
+        <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1142,269 +1145,269 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>59.5</x:v>
+        <x:v>58.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>63.8</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="18.080625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="18.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1476,92 +1479,92 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1470</x:v>
+        <x:v>1469</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>