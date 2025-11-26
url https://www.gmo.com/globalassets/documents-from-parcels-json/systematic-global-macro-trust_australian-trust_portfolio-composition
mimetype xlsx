--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra530bd0c9c5f46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0678029d5d054011b26b8b18d1cbd048.psmdcp" Id="R94df396109f04d52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38465e5677354cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c99cfb9a0be4074898ce1fc82f9cdd6.psmdcp" Id="R5ce7ec0ce1aa45ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <x:si>
     <x:t>Risk Profile - Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -514,59 +514,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>