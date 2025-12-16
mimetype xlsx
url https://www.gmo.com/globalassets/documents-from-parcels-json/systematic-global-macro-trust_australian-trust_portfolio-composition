--- v1 (2025-11-26)
+++ v2 (2025-12-16)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38465e5677354cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c99cfb9a0be4074898ce1fc82f9cdd6.psmdcp" Id="R5ce7ec0ce1aa45ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1a7b1458d284601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/340304896b9b46f390f28a0690ee34c4.psmdcp" Id="Rd2e0da0017734520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <x:si>
     <x:t>Risk Profile - Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -514,59 +514,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>7.92</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>