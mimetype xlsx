--- v2 (2025-12-16)
+++ v3 (2026-01-07)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1a7b1458d284601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/340304896b9b46f390f28a0690ee34c4.psmdcp" Id="Rd2e0da0017734520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc7f9cb18054f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8ca65b4be42442d8f7e9ce16cd4fb17.psmdcp" Id="R07f563f842c742f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <x:si>
     <x:t>Risk Profile - Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -514,59 +514,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>7.85</x:v>
+        <x:v>7.83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>