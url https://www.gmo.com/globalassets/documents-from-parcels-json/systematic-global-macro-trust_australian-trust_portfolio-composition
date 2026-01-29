--- v3 (2026-01-07)
+++ v4 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc7f9cb18054f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8ca65b4be42442d8f7e9ce16cd4fb17.psmdcp" Id="R07f563f842c742f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03dcc1324c644588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8ca8217afd04b1fa81d679112f73d5b.psmdcp" Id="Rab28a9d3165b45d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <x:si>
     <x:t>Risk Profile - Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
     <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>