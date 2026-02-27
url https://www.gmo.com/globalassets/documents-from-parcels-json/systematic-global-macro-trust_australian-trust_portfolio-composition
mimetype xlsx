--- v4 (2026-01-29)
+++ v5 (2026-02-27)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03dcc1324c644588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8ca8217afd04b1fa81d679112f73d5b.psmdcp" Id="Rab28a9d3165b45d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf7d378870a4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91b70574765b4bbeb51ed8d7d2f3966f.psmdcp" Id="R2adff86eb8124186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <x:si>
     <x:t>Risk Profile - Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -514,59 +514,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>7.83</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>