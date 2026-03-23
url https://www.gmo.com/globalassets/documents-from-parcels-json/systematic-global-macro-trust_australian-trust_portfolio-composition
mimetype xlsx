--- v5 (2026-02-27)
+++ v6 (2026-03-23)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf7d378870a4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91b70574765b4bbeb51ed8d7d2f3966f.psmdcp" Id="R2adff86eb8124186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545672f6f20144e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56ee88b476fc475cb5eb1c8f47e2e4eb.psmdcp" Id="Re9d412200f7a4839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <x:si>
     <x:t>Risk Profile - Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Systematic Global Macro Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -514,59 +514,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>