--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4589def7f98d4c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d28eb4bffcb4053a916fd3858e3e49b.psmdcp" Id="R8f8f9114b4534004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817b7b3d1c4b4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe9f84fb9bed4c91a6f9dbdc16a4837c.psmdcp" Id="R87fb013623a44de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Risk Profile - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -470,162 +470,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>BP PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Glencore PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Resources Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Glencore PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kosmos Energy Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>California Resources Corp</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
   </x:si>
   <x:si>
-    <x:t>Galp Energia SGPS SA</x:t>
+    <x:t>Bradespar SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shell PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ConocoPhillips</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>13.8x</x:t>
+  </x:si>
+  <x:si>
     <x:t>14.2x</x:t>
   </x:si>
   <x:si>
-    <x:t>14.4x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6x</x:t>
+    <x:t>1.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>6.6x</x:t>
-[...2 lines deleted...]
-    <x:t>7.7x</x:t>
+    <x:t>6.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>7.5%</x:t>
   </x:si>
   <x:si>
     <x:t>11.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>63.8 USD</x:t>
+    <x:t>6.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1010,98 +1010,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-10.66</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1161,120 +1161,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>39.7</x:v>
+        <x:v>38.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>39.7</x:v>
+        <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1304,153 +1304,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
@@ -1469,197 +1469,197 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
@@ -1689,73 +1689,73 @@
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>39.7</x:v>
+        <x:v>38.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>39.7</x:v>
+        <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1793,142 +1793,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
@@ -1961,128 +1961,128 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -2112,65 +2112,65 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>40.9</x:v>
+        <x:v>39.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>39.7</x:v>
+        <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>20</x:v>
@@ -2208,95 +2208,95 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>48.9</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>58.6</x:v>
+        <x:v>55.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>39.9</x:v>
+        <x:v>42.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
@@ -2368,305 +2368,305 @@
       <x:c r="A1" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>31</x:v>
+        <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>43.9</x:v>
+        <x:v>46.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2749,51 +2749,51 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>