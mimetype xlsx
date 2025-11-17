--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817b7b3d1c4b4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe9f84fb9bed4c91a6f9dbdc16a4837c.psmdcp" Id="R87fb013623a44de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc936bffce194adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08f6fb6a866d48f3967388029ad5182a.psmdcp" Id="Rfb7fa9f244424d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Risk Profile - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -470,162 +470,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Rio Tinto PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>BP PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Rio Tinto PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kosmos Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YPF SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy SAB de CV</x:t>
+  </x:si>
+  <x:si>
     <x:t>California Resources Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>14.4x</x:t>
+  </x:si>
+  <x:si>
     <x:t>13.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>14.2x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
+    <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>1.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>6.8x</x:t>
-[...2 lines deleted...]
-    <x:t>8.5x</x:t>
+    <x:t>7.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.5%</x:t>
-[...2 lines deleted...]
-    <x:t>11.7%</x:t>
+    <x:t>8.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>56.0 USD</x:t>
+    <x:t>6.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1010,98 +1010,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-10.66</x:v>
+        <x:v>-10.58</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>24.5</x:v>
+        <x:v>24.52</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1161,120 +1161,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>38.3</x:v>
+        <x:v>36.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>37.6</x:v>
+        <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1304,362 +1304,362 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
@@ -1689,73 +1689,73 @@
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>38.3</x:v>
+        <x:v>36.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>37.6</x:v>
+        <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1793,296 +1793,296 @@
       <x:c r="A1" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -2112,65 +2112,65 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>39.4</x:v>
+        <x:v>38.7</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>37.6</x:v>
+        <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>20</x:v>
@@ -2205,117 +2205,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>46.8</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>55.8</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>42.8</x:v>
+        <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
@@ -2368,302 +2368,302 @@
       <x:c r="A1" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>25.7</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>46.5</x:v>
+        <x:v>45.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="30.170625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2749,51 +2749,51 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>