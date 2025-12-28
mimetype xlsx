--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc936bffce194adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08f6fb6a866d48f3967388029ad5182a.psmdcp" Id="Rfb7fa9f244424d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170ae89d33fb4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bc1884cf7f94f0a9930296b384f3360.psmdcp" Id="Rdf0af36085f549a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Risk Profile - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -470,162 +470,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>BP PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>BP PLC</x:t>
+    <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Kosmos Energy Ltd</x:t>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradespar SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy SAB de CV</x:t>
   </x:si>
   <x:si>
     <x:t>YPF SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.4x</x:t>
-[...2 lines deleted...]
-    <x:t>13.8x</x:t>
+    <x:t>14.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>1.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.4x</x:t>
-[...2 lines deleted...]
-    <x:t>9.0x</x:t>
+    <x:t>7.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.3%</x:t>
+    <x:t>6.3%</x:t>
   </x:si>
   <x:si>
     <x:t>11.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>56.1 USD</x:t>
+    <x:t>7.6 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1010,98 +1010,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-10.58</x:v>
+        <x:v>-10.49</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>24.52</x:v>
+        <x:v>22.14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.01</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1161,120 +1161,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>36.3</x:v>
+        <x:v>38.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>37.3</x:v>
+        <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1304,274 +1304,274 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
@@ -1582,73 +1582,73 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
@@ -1659,103 +1659,103 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>36.3</x:v>
+        <x:v>38.6</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>37.3</x:v>
+        <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1793,384 +1793,384 @@
       <x:c r="A1" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>38.7</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>37.3</x:v>
+        <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>20</x:v>
@@ -2205,98 +2205,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>44.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>56</x:v>
+        <x:v>54.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>42.5</x:v>
+        <x:v>44.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
@@ -2368,305 +2368,305 @@
       <x:c r="A1" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>22.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>45.7</x:v>
+        <x:v>43.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2749,54 +2749,54 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>