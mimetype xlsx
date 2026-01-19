--- v3 (2025-12-28)
+++ v4 (2026-01-19)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170ae89d33fb4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bc1884cf7f94f0a9930296b384f3360.psmdcp" Id="Rdf0af36085f549a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2318dacefcd7499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3d30fe800c34a26a05efef73e9a9334.psmdcp" Id="R655cf18503b44227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Risk Profile - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -470,162 +470,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Rio Tinto PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>BP PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Rio Tinto PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ConocoPhillips</x:t>
+  </x:si>
+  <x:si>
     <x:t>California Resources Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bradespar SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Vista Energy SAB de CV</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>14.5x</x:t>
   </x:si>
   <x:si>
-    <x:t>14.0x</x:t>
+    <x:t>13.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7x</x:t>
+    <x:t>1.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.6x</x:t>
-[...2 lines deleted...]
-    <x:t>8.5x</x:t>
+    <x:t>8.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>6.3%</x:t>
+    <x:t>6.7%</x:t>
   </x:si>
   <x:si>
     <x:t>11.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>7.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>54.5 USD</x:t>
+    <x:t>8.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1010,98 +1010,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-10.49</x:v>
+        <x:v>-11.41</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.76</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>22.14</x:v>
+        <x:v>21.43</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>18.12</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1172,109 +1172,109 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>37.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1304,153 +1304,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
@@ -1505,150 +1505,150 @@
         <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
@@ -1659,95 +1659,95 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>37.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
@@ -1793,142 +1793,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
@@ -1972,205 +1972,205 @@
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>39.3</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>20</x:v>
@@ -2208,95 +2208,95 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>44.4</x:v>
+        <x:v>44.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>54.5</x:v>
+        <x:v>52.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>32.9</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>44.1</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
@@ -2368,308 +2368,308 @@
       <x:c r="A1" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>43.6</x:v>
+        <x:v>44.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="30.170625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2749,51 +2749,51 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>