--- v4 (2026-01-19)
+++ v5 (2026-02-10)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2318dacefcd7499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3d30fe800c34a26a05efef73e9a9334.psmdcp" Id="R655cf18503b44227" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5876d366db0948b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/970da468ccf74c519c33b8e5c8c6f489.psmdcp" Id="R0751c5b3cc71450e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <x:si>
     <x:t>Risk Profile - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -470,162 +470,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>BP PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
   </x:si>
   <x:si>
-    <x:t>ConocoPhillips</x:t>
+    <x:t>Bradespar SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kosmos Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy SAB de CV</x:t>
   </x:si>
   <x:si>
     <x:t>California Resources Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Bradespar SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.5x</x:t>
-[...2 lines deleted...]
-    <x:t>13.9x</x:t>
+    <x:t>17.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.8x</x:t>
   </x:si>
   <x:si>
+    <x:t>2.0x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.0x</x:t>
-[...2 lines deleted...]
-    <x:t>8.6x</x:t>
+    <x:t>9.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>6.7%</x:t>
-[...2 lines deleted...]
-    <x:t>11.3%</x:t>
+    <x:t>6.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>55.0 USD</x:t>
+    <x:t>9.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1010,98 +1010,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-11.41</x:v>
+        <x:v>-11.88</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.65</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.47</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>17.92</x:v>
+        <x:v>18.71</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1161,120 +1161,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>36.2</x:v>
+        <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1304,197 +1304,197 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
@@ -1549,51 +1549,51 @@
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -1604,158 +1604,158 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>36.2</x:v>
+        <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1793,263 +1793,263 @@
       <x:c r="A1" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
@@ -2071,106 +2071,106 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>39.3</x:v>
+        <x:v>38.9</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>36.2</x:v>
+        <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>20</x:v>
@@ -2216,106 +2216,106 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>44.3</x:v>
+        <x:v>45.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>52.7</x:v>
+        <x:v>52.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
@@ -2368,308 +2368,308 @@
       <x:c r="A1" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>22.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>29.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>44.9</x:v>
+        <x:v>36.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2752,51 +2752,51 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>