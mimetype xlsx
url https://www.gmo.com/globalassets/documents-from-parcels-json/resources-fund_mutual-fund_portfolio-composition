--- v5 (2026-02-10)
+++ v6 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5876d366db0948b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/970da468ccf74c519c33b8e5c8c6f489.psmdcp" Id="R0751c5b3cc71450e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f746315ff24896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8da0ea2b14374c6d9c53da590a72ac35.psmdcp" Id="R9ac9f82c9c2e44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">