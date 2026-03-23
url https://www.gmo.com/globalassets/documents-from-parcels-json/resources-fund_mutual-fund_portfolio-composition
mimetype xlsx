--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f746315ff24896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8da0ea2b14374c6d9c53da590a72ac35.psmdcp" Id="R9ac9f82c9c2e44ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d79656f2ad47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6aef167746724c67873d5ac79d3593bc.psmdcp" Id="Rf7d293f7962f474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Risk Profile - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -470,162 +470,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resources Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
+    <x:t>Kosmos Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
     <x:t>BP PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Petroleo Brasileiro SA - Petrobras</x:t>
   </x:si>
   <x:si>
     <x:t>Bradespar SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Kosmos Energy Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>California Resources Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>ConocoPhillips</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resources Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.5x</x:t>
-[...2 lines deleted...]
-    <x:t>15.3x</x:t>
+    <x:t>16.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8x</x:t>
-[...2 lines deleted...]
-    <x:t>2.0x</x:t>
+    <x:t>1.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.4x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9.7x</x:t>
   </x:si>
   <x:si>
+    <x:t>10.7x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>6.3%</x:t>
+    <x:t>8.4%</x:t>
   </x:si>
   <x:si>
     <x:t>11.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>64.3 USD</x:t>
+    <x:t>8.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1010,98 +1007,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-11.88</x:v>
+        <x:v>-12.22</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>18.71</x:v>
+        <x:v>18.59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1161,120 +1158,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1304,351 +1301,351 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
@@ -1678,84 +1675,84 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1793,296 +1790,296 @@
       <x:c r="A1" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -2101,76 +2098,76 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>38.9</x:v>
+        <x:v>39.6</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>20</x:v>
@@ -2205,117 +2202,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>45.3</x:v>
+        <x:v>46.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>52.6</x:v>
+        <x:v>51.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>34</x:v>
+        <x:v>33.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>47.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
@@ -2368,98 +2365,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>28.3</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>25.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>29.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>36.6</x:v>
+        <x:v>36.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2493,177 +2490,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2697,100 +2694,100 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">