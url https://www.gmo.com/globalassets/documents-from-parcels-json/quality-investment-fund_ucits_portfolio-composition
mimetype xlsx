--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db3fd1202f04fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99287c039ed3418f9f4acd996a0341e8.psmdcp" Id="R65a9b0a388d64f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf13b38ebfb4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0334a190b13c488b83f634ac63c9e5e9.psmdcp" Id="Raad05d07ae2e4c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/28/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
@@ -414,189 +414,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Salesforce Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.0x</x:t>
-[...5 lines deleted...]
-    <x:t>26.5x</x:t>
+    <x:t>24.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.9%</x:t>
-[...5 lines deleted...]
-    <x:t>25.4%</x:t>
+    <x:t>26.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2%</x:t>
+    <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5%</x:t>
-[...5 lines deleted...]
-    <x:t>2.7%</x:t>
+    <x:t>3.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>245.0 USD</x:t>
-[...5 lines deleted...]
-    <x:t>354.8 USD</x:t>
+    <x:t>269.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>403.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
+    <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -978,98 +978,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.75</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.11</x:v>
+        <x:v>14.98</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.47</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1128,96 +1128,96 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>76.1</x:v>
+        <x:v>75.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -1390,110 +1390,110 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
@@ -1575,51 +1575,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
@@ -1628,54 +1628,54 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
@@ -1796,93 +1796,93 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
@@ -1894,79 +1894,79 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>76.1</x:v>
+        <x:v>75.6</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
@@ -2016,197 +2016,197 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37.3</x:v>
+        <x:v>38.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>27.4</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>33.5</x:v>
+        <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2270,113 +2270,113 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>75.4</x:v>
+        <x:v>79.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>53.2</x:v>
+        <x:v>54.1</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>68.7</x:v>
+        <x:v>69.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.9</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
@@ -2416,153 +2416,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>