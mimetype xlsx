--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf13b38ebfb4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0334a190b13c488b83f634ac63c9e5e9.psmdcp" Id="Raad05d07ae2e4c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db98147fabd40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63c042bf0f3c40ea9fcfb5d51e48030c.psmdcp" Id="R1e21823dcbc345d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
@@ -414,189 +414,192 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...5 lines deleted...]
-    <x:t>Lam Research Corp</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Oracle Corp</x:t>
+    <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
-    <x:t>Thermo Fisher Scientific Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
-[...5 lines deleted...]
-    <x:t>26.9x</x:t>
+    <x:t>25.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.8%</x:t>
-[...5 lines deleted...]
-    <x:t>25.1%</x:t>
+    <x:t>27.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6%</x:t>
+    <x:t>1.5%</x:t>
   </x:si>
   <x:si>
     <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.4%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>2.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>269.9 USD</x:t>
-[...5 lines deleted...]
-    <x:t>403.1 USD</x:t>
+    <x:t>249.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>0.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.4x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.3x</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -978,98 +981,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.85</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.98</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.36</x:v>
+        <x:v>15.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1128,96 +1131,96 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>75.6</x:v>
+        <x:v>73.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -1267,51 +1270,51 @@
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
@@ -1323,51 +1326,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
@@ -1390,110 +1393,110 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
@@ -1575,51 +1578,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
@@ -1628,51 +1631,51 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
@@ -1796,93 +1799,93 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
@@ -1894,79 +1897,79 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>75.6</x:v>
+        <x:v>73.5</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.7</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
@@ -2016,183 +2019,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>38.9</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>28.6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>34.8</x:v>
+        <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -2270,113 +2273,113 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>79.1</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.1</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>69.3</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
@@ -2416,150 +2419,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2661,71 +2664,71 @@
         <x:v>136</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>30</x:v>