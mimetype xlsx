--- v2 (2025-11-16)
+++ v3 (2025-12-27)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db98147fabd40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63c042bf0f3c40ea9fcfb5d51e48030c.psmdcp" Id="R1e21823dcbc345d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7abd1bd071b146b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93bb1edf284b4c2ab874e99347635e26.psmdcp" Id="Rd1137e6e23734e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
@@ -414,177 +414,174 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
+    <x:t>Amazon.com Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Abbott Laboratories</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.5x</x:t>
-[...5 lines deleted...]
-    <x:t>27.0x</x:t>
+    <x:t>24.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.1%</x:t>
-[...5 lines deleted...]
-    <x:t>25.6%</x:t>
+    <x:t>27.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4%</x:t>
-[...2 lines deleted...]
-    <x:t>1.5%</x:t>
+    <x:t>1.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.4%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
-    <x:t>2.6%</x:t>
+    <x:t>2.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>249.0 USD</x:t>
-[...5 lines deleted...]
-    <x:t>415.3 USD</x:t>
+    <x:t>256.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
@@ -981,98 +978,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.84</x:v>
+        <x:v>14.06</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.24</x:v>
+        <x:v>14.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1131,96 +1128,96 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>73.5</x:v>
+        <x:v>75.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>72.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -1270,51 +1267,51 @@
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
@@ -1326,51 +1323,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
@@ -1393,107 +1390,107 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
@@ -1631,51 +1628,51 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
@@ -1718,51 +1715,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
@@ -1830,62 +1827,62 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
@@ -1911,65 +1908,65 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>73.5</x:v>
+        <x:v>75.6</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>72.5</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
@@ -2019,197 +2016,197 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>10.6</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="n">
+      <x:c r="D7" s="4" t="n">
         <x:v>10.3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>27.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2273,110 +2270,110 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>55</x:v>
+        <x:v>54.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>70.1</x:v>
+        <x:v>69.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -2419,153 +2416,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2597,138 +2594,138 @@
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C7" s="3" t="s">
+      <x:c r="D7" s="3" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="D8" s="3" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="s">
+      <x:c r="D9" s="3" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C10" s="3" t="s">
+      <x:c r="D10" s="3" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1296</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C12" s="3" t="s">
+      <x:c r="D12" s="3" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>30</x:v>