--- v3 (2025-12-27)
+++ v4 (2026-01-17)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7abd1bd071b146b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93bb1edf284b4c2ab874e99347635e26.psmdcp" Id="Rd1137e6e23734e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae7e42fab7d47a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83e84abafc7c471baeb6adc1f5c77c4b.psmdcp" Id="Ref847c70685847dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
@@ -414,174 +414,177 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+    <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Broadcom Inc</x:t>
+    <x:t>Salesforce Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
-[...2 lines deleted...]
-    <x:t>25.4x</x:t>
+    <x:t>23.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.0%</x:t>
-[...5 lines deleted...]
-    <x:t>25.8%</x:t>
+    <x:t>26.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.4%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>2.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>256.2 USD</x:t>
-[...5 lines deleted...]
-    <x:t>377.5 USD</x:t>
+    <x:t>256.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
@@ -978,98 +981,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.92</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.06</x:v>
+        <x:v>13.95</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.34</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1128,96 +1131,96 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>75.6</x:v>
+        <x:v>75.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -1267,51 +1270,51 @@
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
@@ -1323,51 +1326,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
@@ -1390,110 +1393,110 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
@@ -1628,51 +1631,51 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
@@ -1799,90 +1802,90 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
@@ -1894,79 +1897,79 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>75.6</x:v>
+        <x:v>75.5</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.9</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
@@ -2016,197 +2019,197 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>35.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2270,110 +2273,110 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>81</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.6</x:v>
+        <x:v>54.5</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>69.9</x:v>
+        <x:v>69.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -2416,150 +2419,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2594,138 +2597,138 @@
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>30</x:v>