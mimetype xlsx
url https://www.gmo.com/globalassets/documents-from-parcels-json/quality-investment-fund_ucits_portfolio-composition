--- v4 (2026-01-17)
+++ v5 (2026-02-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae7e42fab7d47a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83e84abafc7c471baeb6adc1f5c77c4b.psmdcp" Id="Ref847c70685847dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a236c0899341d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec2b7621f5ee456aa3e0e0a9a5bbfcc3.psmdcp" Id="Rd9dd2529313643ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -981,98 +981,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.49</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.95</x:v>
+        <x:v>13.89</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>