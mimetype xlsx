--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a236c0899341d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec2b7621f5ee456aa3e0e0a9a5bbfcc3.psmdcp" Id="Rd9dd2529313643ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79ece1518684563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49e25413d0104023aa82a5369304dcc0.psmdcp" Id="R1dba77ba599c40ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
@@ -414,192 +414,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Salesforce Inc</x:t>
+    <x:t>Accenture PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.5x</x:t>
-[...5 lines deleted...]
-    <x:t>25.2x</x:t>
+    <x:t>23.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.2%</x:t>
-[...5 lines deleted...]
-    <x:t>25.6%</x:t>
+    <x:t>25.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3%</x:t>
-[...2 lines deleted...]
-    <x:t>1.6%</x:t>
+    <x:t>1.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5%</x:t>
   </x:si>
   <x:si>
     <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4%</x:t>
+    <x:t>3.5%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>2.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>256.1 USD</x:t>
-[...5 lines deleted...]
-    <x:t>347.5 USD</x:t>
+    <x:t>259.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>355.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
-[...2 lines deleted...]
-    <x:t>0.3x</x:t>
+    <x:t>0.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1131,96 +1128,96 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>71.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -1323,51 +1320,51 @@
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
@@ -1393,107 +1390,107 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
@@ -1578,51 +1575,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
@@ -1634,79 +1631,79 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
@@ -1718,51 +1715,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
@@ -1816,76 +1813,76 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
@@ -1897,79 +1894,79 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>71.2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
@@ -2019,183 +2016,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>35.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>34.4</x:v>
+        <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -2273,99 +2270,99 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>78.8</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.5</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>69.8</x:v>
+        <x:v>69.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -2419,150 +2416,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2614,121 +2611,121 @@
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="D8" s="3" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="s">
+      <x:c r="D9" s="3" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C10" s="3" t="s">
+      <x:c r="D10" s="3" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C12" s="3" t="s">
+      <x:c r="D12" s="3" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>30</x:v>