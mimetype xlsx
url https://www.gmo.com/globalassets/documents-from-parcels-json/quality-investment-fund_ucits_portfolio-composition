--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79ece1518684563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49e25413d0104023aa82a5369304dcc0.psmdcp" Id="R1dba77ba599c40ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3193d272b7d147ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62271247ef8645539e175de1631f900a.psmdcp" Id="Red343c801e0d43b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
   <x:si>
     <x:t>Risk Profile - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
@@ -414,189 +414,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Accenture PLC</x:t>
+    <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
-[...5 lines deleted...]
-    <x:t>24.7x</x:t>
+    <x:t>21.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.5%</x:t>
-[...2 lines deleted...]
-    <x:t>21.8%</x:t>
+    <x:t>25.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4%</x:t>
+    <x:t>1.3%</x:t>
   </x:si>
   <x:si>
     <x:t>1.5%</x:t>
   </x:si>
   <x:si>
     <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5%</x:t>
+    <x:t>3.6%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7%</x:t>
+    <x:t>2.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>259.9 USD</x:t>
-[...5 lines deleted...]
-    <x:t>355.2 USD</x:t>
+    <x:t>281.4 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>348.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1x</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>0.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -978,98 +978,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.58</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.89</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.25</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1128,96 +1128,96 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>76</x:v>
+        <x:v>74.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -1267,51 +1267,51 @@
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
@@ -1323,51 +1323,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
@@ -1390,96 +1390,96 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
@@ -1575,51 +1575,51 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
@@ -1628,51 +1628,51 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
@@ -1824,65 +1824,65 @@
         <x:v>1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
@@ -1894,79 +1894,79 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>76</x:v>
+        <x:v>74.8</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
@@ -2016,197 +2016,197 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
         <x:v>5.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>25.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>34.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>25.1</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>33.4</x:v>
+        <x:v>32.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2270,110 +2270,110 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>78</x:v>
+        <x:v>75.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54</x:v>
+        <x:v>52.7</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>69.1</x:v>
+        <x:v>67.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
@@ -2416,139 +2416,139 @@
       <x:c r="A1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -2611,121 +2611,121 @@
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1290</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>30</x:v>