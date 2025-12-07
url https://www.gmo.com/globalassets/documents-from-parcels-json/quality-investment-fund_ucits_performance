--- v2 (2025-11-16)
+++ v3 (2025-12-07)
@@ -51,170 +51,161 @@
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet43.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet44.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet45.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet50.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet51.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet52.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet53.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet54.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet55.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet56.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet57.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet58.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet59.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet60.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet61.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet62.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet63.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet64.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet65.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet66.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet67.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet72.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b3817363c8c428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f2a2841c2a7444687988fc5e07a709e.psmdcp" Id="R6534cc67ee5c4f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c23359228bb4e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fbb696f8d374077af16d264cf73ab33.psmdcp" Id="R2641ed8e90cb469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="USD Class_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="AUD Class J_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class C Dist_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="GBP Class C Dist_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class C Dist_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class D_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="EUR Class E_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="EUR Class J_Historical" sheetId="11" r:id="rId11"/>
     <x:sheet name="GBP Class_Historical" sheetId="12" r:id="rId12"/>
-    <x:sheet name="GBP Class E_Historical" sheetId="13" r:id="rId13"/>
-[...59 lines deleted...]
-    <x:sheet name="USD Class R_Quarter-End" sheetId="73" r:id="rId73"/>
+    <x:sheet name="GBP Class J_Historical" sheetId="13" r:id="rId13"/>
+    <x:sheet name="GBP Class H_Historical" sheetId="14" r:id="rId14"/>
+    <x:sheet name="NOK Class H_Historical" sheetId="15" r:id="rId15"/>
+    <x:sheet name="SGD Class_Historical" sheetId="16" r:id="rId16"/>
+    <x:sheet name="SGD Class J_Historical" sheetId="17" r:id="rId17"/>
+    <x:sheet name="SGD Class R_Historical" sheetId="18" r:id="rId18"/>
+    <x:sheet name="SGD Class Z_Historical" sheetId="19" r:id="rId19"/>
+    <x:sheet name="SGD Class ZH_Historical" sheetId="20" r:id="rId20"/>
+    <x:sheet name="USD Class E_Historical" sheetId="21" r:id="rId21"/>
+    <x:sheet name="USD Class J_Historical" sheetId="22" r:id="rId22"/>
+    <x:sheet name="USD Class R_Historical" sheetId="23" r:id="rId23"/>
+    <x:sheet name="USD Class_Month-End" sheetId="24" r:id="rId24"/>
+    <x:sheet name="AUD Class J_Month-End" sheetId="25" r:id="rId25"/>
+    <x:sheet name="EUR Class C Dist_Month-End" sheetId="26" r:id="rId26"/>
+    <x:sheet name="GBP Class C Dist_Month-End" sheetId="27" r:id="rId27"/>
+    <x:sheet name="USD Class C Dist_Month-End" sheetId="28" r:id="rId28"/>
+    <x:sheet name="USD Class D_Month-End" sheetId="29" r:id="rId29"/>
+    <x:sheet name="NOK Class DH_Month-End" sheetId="30" r:id="rId30"/>
+    <x:sheet name="EUR Class_Month-End" sheetId="31" r:id="rId31"/>
+    <x:sheet name="EUR Class E_Month-End" sheetId="32" r:id="rId32"/>
+    <x:sheet name="EUR Class J_Month-End" sheetId="33" r:id="rId33"/>
+    <x:sheet name="GBP Class_Month-End" sheetId="34" r:id="rId34"/>
+    <x:sheet name="GBP Class J_Month-End" sheetId="35" r:id="rId35"/>
+    <x:sheet name="GBP Class H_Month-End" sheetId="36" r:id="rId36"/>
+    <x:sheet name="NOK Class H_Month-End" sheetId="37" r:id="rId37"/>
+    <x:sheet name="SGD Class_Month-End" sheetId="38" r:id="rId38"/>
+    <x:sheet name="SGD Class J_Month-End" sheetId="39" r:id="rId39"/>
+    <x:sheet name="SGD Class R_Month-End" sheetId="40" r:id="rId40"/>
+    <x:sheet name="SGD Class Z_Month-End" sheetId="41" r:id="rId41"/>
+    <x:sheet name="SGD Class ZH_Month-End" sheetId="42" r:id="rId42"/>
+    <x:sheet name="USD Class E_Month-End" sheetId="43" r:id="rId43"/>
+    <x:sheet name="USD Class J_Month-End" sheetId="44" r:id="rId44"/>
+    <x:sheet name="USD Class R_Month-End" sheetId="45" r:id="rId45"/>
+    <x:sheet name="USD Class_Quarter-End" sheetId="46" r:id="rId46"/>
+    <x:sheet name="AUD Class J_Quarter-End" sheetId="47" r:id="rId47"/>
+    <x:sheet name="EUR Class C Dist_Quarter-End" sheetId="48" r:id="rId48"/>
+    <x:sheet name="GBP Class C Dist_Quarter-End" sheetId="49" r:id="rId49"/>
+    <x:sheet name="USD Class C Dist_Quarter-End" sheetId="50" r:id="rId50"/>
+    <x:sheet name="USD Class D_Quarter-End" sheetId="51" r:id="rId51"/>
+    <x:sheet name="NOK Class DH_Quarter-End" sheetId="52" r:id="rId52"/>
+    <x:sheet name="EUR Class_Quarter-End" sheetId="53" r:id="rId53"/>
+    <x:sheet name="EUR Class E_Quarter-End" sheetId="54" r:id="rId54"/>
+    <x:sheet name="EUR Class J_Quarter-End" sheetId="55" r:id="rId55"/>
+    <x:sheet name="GBP Class_Quarter-End" sheetId="56" r:id="rId56"/>
+    <x:sheet name="GBP Class J_Quarter-End" sheetId="57" r:id="rId57"/>
+    <x:sheet name="GBP Class H_Quarter-End" sheetId="58" r:id="rId58"/>
+    <x:sheet name="NOK Class H_Quarter-End" sheetId="59" r:id="rId59"/>
+    <x:sheet name="SGD Class_Quarter-End" sheetId="60" r:id="rId60"/>
+    <x:sheet name="SGD Class J_Quarter-End" sheetId="61" r:id="rId61"/>
+    <x:sheet name="SGD Class R_Quarter-End" sheetId="62" r:id="rId62"/>
+    <x:sheet name="SGD Class Z_Quarter-End" sheetId="63" r:id="rId63"/>
+    <x:sheet name="SGD Class ZH_Quarter-End" sheetId="64" r:id="rId64"/>
+    <x:sheet name="USD Class E_Quarter-End" sheetId="65" r:id="rId65"/>
+    <x:sheet name="USD Class J_Quarter-End" sheetId="66" r:id="rId66"/>
+    <x:sheet name="USD Class R_Quarter-End" sheetId="67" r:id="rId67"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="418">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="404" uniqueCount="404">
   <x:si>
     <x:t>Performance - Quality Investment Fund | USD Class</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/10/2010</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500 (Net)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
@@ -944,414 +935,378 @@
   <x:si>
     <x:t>deduction of withholding tax. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions from</x:t>
   </x:si>
   <x:si>
     <x:t>the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | AUD Class J</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (AUD,%)</x:t>
+    <x:t>As of 11/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/16/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | EUR Class C Dist</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (EUR,%)</x:t>
+    <x:t>As of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/29/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | GBP Class C Dist</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (GBP,%)</x:t>
+    <x:t>As of 11/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/26/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | USD Class C Dist</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/29/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | NOK Class DH</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (NOK,%)</x:t>
+    <x:t>As of 11/30/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in Local) +</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500 (in USD)</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilized</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging prior to switching the look-through hedging on 6/11/2025. Therefore, the MSCI World (in Local) + index return consists of MSCI World (in USD) from inception through</x:t>
   </x:si>
   <x:si>
     <x:t>6/11/2025 and the MSCI World (in Local) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors. The GMO</x:t>
   </x:si>
   <x:si>
     <x:t>share class represented utilizes NAV based hedging. Therefore, the index return is shown in USD for comparison purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | EUR Class</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/10/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | EUR Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | EUR Class J</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | GBP Class</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/08/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>Performance - Quality Investment Fund | GBP Class E</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Performance - Quality Investment Fund | GBP Class J</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/11/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | GBP Class H</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in USD)</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilizes</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging. Therefore, the index return is shown in USD for comparison purposes.</x:t>
   </x:si>
   <x:si>
-    <x:t>Performance - Quality Investment Fund | HKD Class J</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Performance - Quality Investment Fund | NOK Class H</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | SGD Class</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (SGD,%)</x:t>
+    <x:t>As of 11/30/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | SGD Class J</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/08/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | SGD Class R</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/25/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | SGD Class Z</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/23/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | SGD Class ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | USD Class J</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/07/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Investment Fund | USD Class R</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2010</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund AUD J Class</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund C EUR Distributing Class</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (GBP,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in GBP as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund C GBP Distributing Class</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund C USD Distributing Class</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund D USD Class</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (NOK,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in NOK as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in NOK as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund DH NOK Class</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in NOK as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in NOK as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund EUR Class</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund EUR E Class</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund EUR J Class</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund GBP Class</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Investment Fund GBP E Class</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Quality Investment Fund GBP J Class</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund H GBP Class</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (HKD,%)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Quality Investment Fund NOK H Class</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (SGD,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in SGD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in SGD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund SGD Class</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund SGD J Class</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund SGD R Class</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund SGD Z Class</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund SGD ZH Class</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Investment Fund USD E Class</x:t>
   </x:si>
@@ -1386,59 +1341,50 @@
     <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in NOK as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in NOK as of 09/30/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in HKD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in SGD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in SGD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1497,51 +1443,51 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet19.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet20.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet21.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet22.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet23.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet24.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet25.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet26.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet27.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet28.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet29.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet30.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet31.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet32.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet33.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet34.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet35.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet36.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet37.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet38.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet39.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet40.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet41.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet42.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet43.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet44.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet45.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet46.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet47.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet48.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet49.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet50.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet51.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet52.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet53.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet54.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet55.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet56.xml" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet57.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet58.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet59.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet60.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet61.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet62.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet63.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet64.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet65.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet66.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet67.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet68.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet69.xml" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet70.xml" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet71.xml" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet72.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet19.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet20.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet21.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet22.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet23.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet24.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet25.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet26.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet27.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet28.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet29.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet30.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet31.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet32.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet33.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet34.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet35.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet36.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet37.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet38.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet39.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet40.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet41.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet42.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet43.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet44.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet45.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet46.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet47.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet48.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet49.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet50.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet51.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet52.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet53.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet54.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet55.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet56.xml" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet57.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet58.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet59.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet60.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet61.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet62.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet63.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet64.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet65.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet66.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId71" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1788,31211 +1734,30130 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E282"/>
+  <x:dimension ref="A1:E283"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.07</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.65</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-3.65</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>8.77</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>9.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.96</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.31</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-4.96</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-4.31</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-1.68</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.12</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.04</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>8.87</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>8.04</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-9.25</x:v>
+        <x:v>8.87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.88</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-9.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>-4.88</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.74</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-8.66</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-8.66</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-5.96</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-8.74</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-5.96</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>-8.74</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.65</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-4.05</x:v>
+        <x:v>-3.65</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.29</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>6.13</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-4.05</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-5.29</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>4.34</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>4.34</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7.36</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>11.06</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>10.92</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>12.78</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-13.23</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>12.78</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-7.61</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-7.56</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>-13.23</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>-8.29</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>-7.61</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-7.56</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-8.29</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="n">
         <x:v>2.13</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>-9.07</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>-9.07</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-5.34</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-5.28</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-5.34</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-5.28</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-2.18</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>6.73</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-2.25</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.25</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>7.79</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>8.39</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>5.67</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.62</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>4.56</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.26</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
+        <x:v>1.72</x:v>
+      </x:c>
+      <x:c r="C165" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
-      <x:c r="C165" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D165" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="E165" s="4" t="n">
         <x:v>2.54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="E174" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="E175" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>-8.64</x:v>
+        <x:v>13.69</x:v>
       </x:c>
       <x:c r="E176" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>13.69</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>-7.05</x:v>
+        <x:v>-8.64</x:v>
       </x:c>
       <x:c r="E177" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-7.05</x:v>
       </x:c>
       <x:c r="E178" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="E179" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="E180" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="E181" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="E182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
       <x:c r="E183" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E184" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="E185" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="C186" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D186" s="4" t="n">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="E186" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="2" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B187" s="4" t="n">
         <x:v>-4.25</x:v>
       </x:c>
-      <x:c r="C186" s="4" t="n">
+      <x:c r="C187" s="4" t="n">
         <x:v>-4.21</x:v>
       </x:c>
-      <x:c r="D186" s="4" t="n">
+      <x:c r="D187" s="4" t="n">
         <x:v>-4.45</x:v>
       </x:c>
-      <x:c r="E186" s="4" t="n">
+      <x:c r="E187" s="4" t="n">
         <x:v>-3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="188" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="189" spans="1:5">
-      <x:c r="A189" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A189" s="2" t="s"/>
+      <x:c r="B189" s="3" t="s"/>
+      <x:c r="C189" s="3" t="s"/>
+      <x:c r="D189" s="3" t="s"/>
+      <x:c r="E189" s="3" t="s"/>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E190" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E191" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="E192" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="E193" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="E194" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>2.31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E195" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E196" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>11.56</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="E197" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>11.71</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>-3.46</x:v>
+        <x:v>11.42</x:v>
       </x:c>
       <x:c r="E198" s="4" t="n">
-        <x:v>-3.39</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>11.25</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-3.46</x:v>
       </x:c>
       <x:c r="E199" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>-3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E200" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>9.58</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="E201" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>7.36</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B202" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="E202" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>7.42</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B203" s="4" t="n">
-        <x:v>-12.09</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>-11.96</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>-16.19</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="E203" s="4" t="n">
-        <x:v>-16.2</x:v>
+        <x:v>-5</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B204" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>-12.09</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>-11.96</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-16.19</x:v>
       </x:c>
       <x:c r="E204" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B205" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C205" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D205" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="E205" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B206" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C206" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D206" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="E206" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B207" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="C207" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D207" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="E207" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B208" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="C208" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D208" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="E208" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B209" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C209" s="4" t="n">
-        <x:v>13.66</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D209" s="4" t="n">
-        <x:v>13.96</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="E209" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>6.05</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B210" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C210" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D210" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="E210" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B211" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="C211" s="4" t="n">
-        <x:v>15.73</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="D211" s="4" t="n">
-        <x:v>19.36</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="E211" s="4" t="n">
-        <x:v>20.37</x:v>
+        <x:v>8.79</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B212" s="4" t="n">
-        <x:v>-16.56</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="C212" s="4" t="n">
-        <x:v>-16.42</x:v>
+        <x:v>15.73</x:v>
       </x:c>
       <x:c r="D212" s="4" t="n">
-        <x:v>-21.05</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="E212" s="4" t="n">
-        <x:v>-19.72</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B213" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>-16.56</x:v>
       </x:c>
       <x:c r="C213" s="4" t="n">
-        <x:v>10.14</x:v>
+        <x:v>-16.42</x:v>
       </x:c>
       <x:c r="D213" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>-21.05</x:v>
       </x:c>
       <x:c r="E213" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B214" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C214" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>10.14</x:v>
       </x:c>
       <x:c r="D214" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="E214" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B215" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C215" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D215" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="E215" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B216" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C216" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D216" s="4" t="n">
-        <x:v>12.48</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E216" s="4" t="n">
-        <x:v>13.47</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B217" s="4" t="n">
-        <x:v>-11.95</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="C217" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D217" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="E217" s="4" t="n">
-        <x:v>-13.66</x:v>
+        <x:v>13.47</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B218" s="4" t="n">
-        <x:v>10.36</x:v>
+        <x:v>-11.95</x:v>
       </x:c>
       <x:c r="C218" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
       <x:c r="D218" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
       <x:c r="E218" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>-13.66</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B219" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="C219" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D219" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="E219" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B220" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="C220" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D220" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E220" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.28</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B221" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="C221" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D221" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="E221" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B222" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="C222" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="D222" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E222" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B223" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C223" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D223" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="E223" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B224" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="C224" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D224" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="E224" s="4" t="n">
-        <x:v>5.91</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B225" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C225" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D225" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="E225" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B226" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C226" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D226" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E226" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B227" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C227" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D227" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="E227" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B228" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C228" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D228" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="E228" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B229" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C229" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D229" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="E229" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>1.18</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B230" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C230" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D230" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="E230" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B231" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C231" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
       <x:c r="D231" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="E231" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B232" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C232" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D232" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E232" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B233" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C233" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D233" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="E233" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B234" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="C234" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D234" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="E234" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B235" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="C235" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D235" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="E235" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B236" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="C236" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D236" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="E236" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>5.07</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B237" s="4" t="n">
-        <x:v>9.05</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C237" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D237" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="E237" s="4" t="n">
-        <x:v>10.33</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B238" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>9.05</x:v>
       </x:c>
       <x:c r="C238" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D238" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E238" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>10.33</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B239" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C239" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D239" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="E239" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B240" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C240" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D240" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="E240" s="4" t="n">
-        <x:v>10.43</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B241" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C241" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D241" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="E241" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>10.43</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B242" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="C242" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="D242" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="E242" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B243" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C243" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D243" s="4" t="n">
-        <x:v>-5.07</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="E243" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B244" s="4" t="n">
-        <x:v>9.29</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C244" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D244" s="4" t="n">
-        <x:v>11.56</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="E244" s="4" t="n">
-        <x:v>12.41</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B245" s="4" t="n">
-        <x:v>10.11</x:v>
+        <x:v>9.29</x:v>
       </x:c>
       <x:c r="C245" s="4" t="n">
-        <x:v>10.26</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D245" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="E245" s="4" t="n">
-        <x:v>11.62</x:v>
+        <x:v>12.41</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B246" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="C246" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="D246" s="4" t="n">
-        <x:v>-16.61</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="E246" s="4" t="n">
-        <x:v>-14.01</x:v>
+        <x:v>11.62</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B247" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C247" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
       <x:c r="D247" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-16.61</x:v>
       </x:c>
       <x:c r="E247" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-14.01</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B248" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C248" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D248" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="E248" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B249" s="4" t="n">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="C249" s="4" t="n">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D249" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="E249" s="4" t="n">
+        <x:v>5.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:5">
+      <x:c r="A250" s="2" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="B250" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="C249" s="4" t="n">
+      <x:c r="C250" s="4" t="n">
         <x:v>0.81</x:v>
       </x:c>
-      <x:c r="D249" s="4" t="n">
+      <x:c r="D250" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
-      <x:c r="E249" s="4" t="n">
+      <x:c r="E250" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="251" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="252" spans="1:5">
-      <x:c r="A252" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A252" s="2" t="s"/>
+      <x:c r="B252" s="3" t="s"/>
+      <x:c r="C252" s="3" t="s"/>
+      <x:c r="D252" s="3" t="s"/>
+      <x:c r="E252" s="3" t="s"/>
     </x:row>
     <x:row r="253" spans="1:5">
-      <x:c r="A253" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A253" s="2" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B253" s="4" t="n">
-        <x:v>18.58</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="C253" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>18.41</x:v>
       </x:c>
       <x:c r="D253" s="4" t="n">
-        <x:v>18.67</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="E253" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B254" s="4" t="n">
-        <x:v>29.04</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="C254" s="4" t="n">
-        <x:v>29.74</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="D254" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>18.67</x:v>
       </x:c>
       <x:c r="E254" s="4" t="n">
-        <x:v>25.67</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B255" s="4" t="n">
-        <x:v>-15.56</x:v>
+        <x:v>29.04</x:v>
       </x:c>
       <x:c r="C255" s="4" t="n">
-        <x:v>-15.08</x:v>
+        <x:v>29.74</x:v>
       </x:c>
       <x:c r="D255" s="4" t="n">
-        <x:v>-18.14</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E255" s="4" t="n">
-        <x:v>-18.51</x:v>
+        <x:v>25.67</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B256" s="4" t="n">
-        <x:v>25.53</x:v>
+        <x:v>-15.56</x:v>
       </x:c>
       <x:c r="C256" s="4" t="n">
-        <x:v>26.22</x:v>
+        <x:v>-15.08</x:v>
       </x:c>
       <x:c r="D256" s="4" t="n">
-        <x:v>21.82</x:v>
+        <x:v>-18.14</x:v>
       </x:c>
       <x:c r="E256" s="4" t="n">
-        <x:v>28.16</x:v>
+        <x:v>-18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B257" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>25.53</x:v>
       </x:c>
       <x:c r="C257" s="4" t="n">
-        <x:v>18.19</x:v>
+        <x:v>26.22</x:v>
       </x:c>
       <x:c r="D257" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="E257" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>28.16</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B258" s="4" t="n">
-        <x:v>30.4</x:v>
+        <x:v>17.49</x:v>
       </x:c>
       <x:c r="C258" s="4" t="n">
-        <x:v>31.16</x:v>
+        <x:v>18.19</x:v>
       </x:c>
       <x:c r="D258" s="4" t="n">
-        <x:v>27.67</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="E258" s="4" t="n">
-        <x:v>30.7</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B259" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.4</x:v>
       </x:c>
       <x:c r="C259" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>31.16</x:v>
       </x:c>
       <x:c r="D259" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>27.67</x:v>
       </x:c>
       <x:c r="E259" s="4" t="n">
-        <x:v>-4.94</x:v>
+        <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B260" s="4" t="n">
-        <x:v>28.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C260" s="4" t="n">
-        <x:v>28.75</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D260" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="E260" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>-4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B261" s="4" t="n">
-        <x:v>9.05</x:v>
+        <x:v>28.02</x:v>
       </x:c>
       <x:c r="C261" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>28.75</x:v>
       </x:c>
       <x:c r="D261" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>22.4</x:v>
       </x:c>
       <x:c r="E261" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B262" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>9.05</x:v>
       </x:c>
       <x:c r="C262" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D262" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="E262" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="2" t="n">
-        <x:v>2014</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="B263" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C263" s="4" t="n">
-        <x:v>12.64</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D263" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="E263" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="2" t="n">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B264" s="4" t="n">
-        <x:v>24.4</x:v>
+        <x:v>11.98</x:v>
       </x:c>
       <x:c r="C264" s="4" t="n">
-        <x:v>25.11</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D264" s="4" t="n">
-        <x:v>26.68</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="E264" s="4" t="n">
-        <x:v>31.55</x:v>
+        <x:v>12.99</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="2" t="n">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="B265" s="4" t="n">
-        <x:v>11.13</x:v>
+        <x:v>24.4</x:v>
       </x:c>
       <x:c r="C265" s="4" t="n">
-        <x:v>11.78</x:v>
+        <x:v>25.11</x:v>
       </x:c>
       <x:c r="D265" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>26.68</x:v>
       </x:c>
       <x:c r="E265" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>31.55</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="2" t="n">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="B266" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>11.13</x:v>
       </x:c>
       <x:c r="C266" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D266" s="4" t="n">
-        <x:v>-5.54</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="E266" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="2" t="n">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="B267" s="4" t="n">
+        <x:v>11.07</x:v>
+      </x:c>
+      <x:c r="C267" s="4" t="n">
+        <x:v>11.71</x:v>
+      </x:c>
+      <x:c r="D267" s="4" t="n">
+        <x:v>-5.54</x:v>
+      </x:c>
+      <x:c r="E267" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268" spans="1:5">
+      <x:c r="A268" s="2" t="n">
         <x:v>2010</x:v>
       </x:c>
-      <x:c r="B267" s="4" t="n">
+      <x:c r="B268" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="C267" s="4" t="n">
+      <x:c r="C268" s="4" t="n">
         <x:v>0.81</x:v>
       </x:c>
-      <x:c r="D267" s="4" t="n">
+      <x:c r="D268" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
-      <x:c r="E267" s="4" t="n">
+      <x:c r="E268" s="4" t="n">
         <x:v>3.4</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
-      <x:c r="A273" s="2" t="s">
+      <x:c r="A273" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
-      <x:c r="A278" s="1" t="s">
+      <x:c r="A278" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
-      <x:c r="A281" s="2" t="s">
+      <x:c r="A281" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
-      <x:c r="A282" s="1" t="s">
+      <x:c r="A282" s="2" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283" spans="1:5">
+      <x:c r="A283" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...8738 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:E69"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>4.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>6.39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.35</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>-5.43</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.87</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-8.61</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>8.78</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s"/>
       <x:c r="B38" s="3" t="s"/>
       <x:c r="C38" s="3" t="s"/>
       <x:c r="D38" s="3" t="s"/>
       <x:c r="E38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-5.54</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-5.29</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>9.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>14.63</x:v>
+        <x:v>10.26</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>15.72</x:v>
+        <x:v>13.15</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>16.01</x:v>
+        <x:v>13.43</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>15.51</x:v>
+        <x:v>12.96</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>6.92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s"/>
       <x:c r="B51" s="3" t="s"/>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="3" t="s"/>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>13.29</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>30.01</x:v>
+        <x:v>25.83</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>31.35</x:v>
+        <x:v>27.13</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>30.78</x:v>
+        <x:v>26.6</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>37.21</x:v>
+        <x:v>32.82</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>12.69</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>14.13</x:v>
+        <x:v>8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E107"/>
+  <x:dimension ref="A1:E122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-3.32</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>5.24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-4.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>-7.46</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-6.79</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-7.98</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>3.78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-7.8</x:v>
+        <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-5.78</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.29</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.29</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-6.9</x:v>
+        <x:v>8.97</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.44</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>5.65</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-4.39</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>4.05</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>5.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>1.36</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
-      <x:c r="A65" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E65" s="3" t="s"/>
+      <x:c r="A65" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>-2.19</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>-2.14</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>-1.44</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="n">
+        <x:v>-1.49</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>9.34</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>-5.78</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>8.87</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>7.81</x:v>
-[...16 lines deleted...]
-        <x:v>-2.56</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
-      <x:c r="A76" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
+      <x:c r="E76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>9.96</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-9.48</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-13.81</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>-13.83</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>8.26</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>10.14</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>7.79</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>6.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="n">
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
-      <x:c r="A87" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E87" s="3" t="s"/>
+      <x:c r="A87" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B87" s="4" t="n">
+        <x:v>8.21</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="n">
+        <x:v>8.35</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="E87" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
-      <x:c r="A89" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>23.23</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>23.28</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>28.76</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
-      <x:c r="A90" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A90" s="2" t="s">
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>27.53</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>27.61</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>21.75</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
-      <x:c r="A91" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A91" s="2" t="s">
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-15.58</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-15.51</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-18.56</x:v>
+        <x:v>-9.13</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
-        <x:v>-18.93</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
-      <x:c r="A92" s="2" t="n">
-        <x:v>2021</x:v>
+      <x:c r="A92" s="2" t="s">
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>24.55</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>24.62</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>19.84</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
-        <x:v>26.49</x:v>
+        <x:v>-1.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>8.43</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>8.58</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="n">
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
-      <x:c r="A94" s="1" t="s">
-        <x:v>249</x:v>
+      <x:c r="A94" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B94" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="E94" s="4" t="n">
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
-      <x:c r="A95" s="1" t="s">
-        <x:v>250</x:v>
+      <x:c r="A95" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B95" s="4" t="n">
+        <x:v>8.17</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>8.31</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>7.61</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="n">
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
-      <x:c r="A96" s="1" t="s">
-        <x:v>251</x:v>
+      <x:c r="A96" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
+        <x:v>5.47</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="n">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="E96" s="4" t="n">
+        <x:v>5.07</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
-      <x:c r="A97" s="1" t="s">
-        <x:v>252</x:v>
+      <x:c r="A97" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
+        <x:v>7.33</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="n">
+        <x:v>7.49</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="n">
+        <x:v>7.78</x:v>
+      </x:c>
+      <x:c r="E97" s="4" t="n">
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B98" s="4" t="n">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="n">
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="2" t="s">
-        <x:v>254</x:v>
-[...4 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B99" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>9.75</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>14.2</x:v>
+      </x:c>
+      <x:c r="E99" s="4" t="n">
+        <x:v>13.32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
-      <x:c r="A101" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A101" s="2" t="s"/>
+      <x:c r="B101" s="3" t="s"/>
+      <x:c r="C101" s="3" t="s"/>
+      <x:c r="D101" s="3" t="s"/>
+      <x:c r="E101" s="3" t="s"/>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
+        <x:v>11.39</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="n">
+        <x:v>11.92</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="n">
+        <x:v>13.54</x:v>
+      </x:c>
+      <x:c r="E102" s="4" t="n">
+        <x:v>10.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
+        <x:v>20.69</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="n">
+        <x:v>21.32</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="n">
+        <x:v>20.79</x:v>
+      </x:c>
+      <x:c r="E103" s="4" t="n">
+        <x:v>26.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B104" s="4" t="n">
+        <x:v>21.79</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>22.45</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="E104" s="4" t="n">
+        <x:v>18.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B105" s="4" t="n">
+        <x:v>-4.93</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="n">
+        <x:v>-4.4</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>-7.83</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="n">
+        <x:v>-8.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B106" s="4" t="n">
+        <x:v>26.71</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="n">
+        <x:v>27.39</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>22.94</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="n">
+        <x:v>29.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B107" s="4" t="n">
+        <x:v>20.75</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="n">
+        <x:v>21.27</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="n">
+        <x:v>26.96</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="n">
+        <x:v>24.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:5">
-      <x:c r="A103" s="1" t="s">
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:5">
-      <x:c r="A104" s="1" t="s">
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="105" spans="1:5">
-      <x:c r="A105" s="1" t="s">
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:5">
-      <x:c r="A106" s="2" t="s">
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:5">
-      <x:c r="A107" s="1" t="s">
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="2" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E109"/>
+  <x:dimension ref="A1:E63"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.24</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.56</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>2.72</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-3.9</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-3.81</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-2.51</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-4.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-7.48</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-7.39</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-6.79</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-7.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-2.58</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-2.03</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>6.11</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>6.19</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>4.35</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.86</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.78</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>7.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.45</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.54</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.57</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.15</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.89</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>1.45</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>1.54</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.86</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.77</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.83</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>4.22</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>4.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-1.55</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-1.49</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-3.08</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-2.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
+      <x:c r="E34" s="3" t="s"/>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>6.76</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>3.93</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>9.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>4.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>-4.36</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>-4.71</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>-7.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>6.93</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>9.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>3.37</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>3.63</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>11.66</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>11.94</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>9.84</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>11.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>10.86</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>11.92</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>13.54</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>10.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>20.04</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>21.28</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>20.79</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>26.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.390625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.23</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.13</x:v>
-[...16 lines deleted...]
-        <x:v>-4.8</x:v>
+        <x:v>7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
-      <x:c r="A33" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>10.78</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.23</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>4.74</x:v>
-[...16 lines deleted...]
-        <x:v>8.87</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
-      <x:c r="A44" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+      <x:c r="E44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
-      <x:c r="A46" s="2" t="s">
-        <x:v>46</x:v>
+      <x:c r="A46" s="2" t="n">
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>17.99</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>18.67</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
-      <x:c r="A47" s="2" t="s">
-        <x:v>47</x:v>
+      <x:c r="A47" s="2" t="n">
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.75</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-8.66</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-8.3</x:v>
-[...16 lines deleted...]
-        <x:v>0.13</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
-      <x:c r="A49" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>-8.74</x:v>
+      <x:c r="A49" s="1" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
-      <x:c r="A50" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>3.67</x:v>
+      <x:c r="A50" s="1" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
-      <x:c r="A51" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>-3.04</x:v>
+      <x:c r="A51" s="1" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
-      <x:c r="A52" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>-5.2</x:v>
+      <x:c r="A52" s="1" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
-        <x:v>53</x:v>
-[...11 lines deleted...]
-        <x:v>4.45</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
-        <x:v>54</x:v>
-[...11 lines deleted...]
-        <x:v>-0.74</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
-        <x:v>55</x:v>
-[...11 lines deleted...]
-        <x:v>6.98</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
-        <x:v>56</x:v>
-[...11 lines deleted...]
-        <x:v>-4.68</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="s">
-        <x:v>57</x:v>
-[...11 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2" t="s">
-        <x:v>58</x:v>
-[...11 lines deleted...]
-        <x:v>2.35</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2" t="s">
-        <x:v>59</x:v>
-[...11 lines deleted...]
-        <x:v>2.3</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
-      <x:c r="A60" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>0.65</x:v>
+      <x:c r="A60" s="1" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
-      <x:c r="A61" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>5.31</x:v>
+      <x:c r="A61" s="1" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
-      <x:c r="A62" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>4.34</x:v>
+      <x:c r="A62" s="1" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
-        <x:v>63</x:v>
-[...529 lines deleted...]
-      <x:c r="A109" s="1" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E47"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="19.390625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="16.370625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>302</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.96</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>-0.94</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-0.89</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>4.34</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.31</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-1.12</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.13</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.09</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.45</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-5.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.19</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-2.26</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-2.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.22</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s"/>
+      <x:c r="B21" s="3" t="s"/>
+      <x:c r="C21" s="3" t="s"/>
+      <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="3" t="s"/>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>4.79</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>7.53</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>11.47</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>-1.26</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s"/>
+      <x:c r="B28" s="3" t="s"/>
+      <x:c r="C28" s="3" t="s"/>
+      <x:c r="D28" s="3" t="s"/>
+      <x:c r="E28" s="3" t="s"/>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>16.7</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>17.26</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>285</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E96"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>305</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>4.02</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>0.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.98</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>3.17</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>3.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-3.34</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-3.3</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-3.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.45</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.41</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.78</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.67</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.56</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.51</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.67</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>5.99</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>7.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.11</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>0.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.35</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.31</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.58</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.68</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>4.22</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>4.26</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>1.96</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>5.94</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>5.98</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-3.94</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-3.89</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-3.29</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-3.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>0.81</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>5.93</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.54</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>3.35</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>3.87</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>2.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-0.84</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-0.79</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-6.32</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-6.27</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-6.28</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>6.31</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-5.83</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-6.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>-4.03</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>-3.99</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>-3.34</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>-3.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>6.59</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>7.26</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>-5.32</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-5.27</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>-7.28</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>-6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>-0.49</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-0.44</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-0.65</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-4.04</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-4</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-6.44</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>-6.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-3.35</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-3.31</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-2.15</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>-2.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>-3.81</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-3.76</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-5.01</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>-4.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>4.43</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>2.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-1.95</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1.95</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-1.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="3" t="s"/>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>5.65</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>6.37</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>8.58</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>9.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>5.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>-2.77</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>-3.24</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>6.24</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>8.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>13.38</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>13.53</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="n">
+        <x:v>12.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>7.95</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-3.3</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-3.16</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>13.26</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>13.4</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="n">
+        <x:v>10.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="n">
+        <x:v>6.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>-3.67</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-3.53</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-3.28</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="n">
+        <x:v>-2.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>-9.59</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-9.46</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>-13.81</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="n">
+        <x:v>-13.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>-5.72</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>-4.79</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="n">
+        <x:v>-4.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="n">
+        <x:v>0.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
+      <x:c r="E76" s="3" t="s"/>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>11.88</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>12.42</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="n">
+        <x:v>11.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>22.64</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>23.28</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>22.73</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="n">
+        <x:v>28.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>26.93</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>27.62</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>21.75</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>-16.02</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>-15.55</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>-18.56</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="n">
+        <x:v>-18.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="n">
+        <x:v>0.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E82"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>307</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.53</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>1.54</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>1.63</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>0.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>0.86</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>3.17</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>3.02</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>3.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-3.42</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-3.34</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-3.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.47</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.38</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.78</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.74</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.66</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4.64</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.61</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.52</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>5.99</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>7.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-0.18</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>0.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.29</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.39</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.69</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.68</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-3.98</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-3.89</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-3.29</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-3.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>5.93</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>4.09</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.54</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>3.87</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>2.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-0.86</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-0.78</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-6.33</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-6.24</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-6.28</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-7.3</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-7.23</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-7.83</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-8.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="3" t="s"/>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>5.59</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>5.77</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>6.34</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>8.58</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>9.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>5.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-2.88</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-2.62</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-3.24</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>6.24</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>8.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>-0.28</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>3.88</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>13.21</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>12.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>-3.43</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-3.17</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>13.13</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>13.41</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>10.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>7.67</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>6.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>-7.3</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>-7.23</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>-7.83</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>-8.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="3" t="s"/>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>12.44</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>11.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>21.98</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>23.24</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>22.73</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="n">
+        <x:v>28.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>26.35</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>27.68</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>21.75</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-5.3</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-4.97</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>-5.43</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="n">
+        <x:v>-8.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E79"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.53</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.96</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>4.06</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>0.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>3.17</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>3.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-3.42</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-3.32</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-3.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.49</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.78</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.73</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4.65</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.61</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.52</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>5.99</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>7.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-0.18</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.08</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>0.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.39</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.29</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.69</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.68</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>4.22</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>5.89</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>5.99</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.22</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-4.01</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-3.91</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-3.29</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-3.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>5.93</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.54</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>2.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-0.76</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-0.67</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-6.23</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-6.14</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-6.28</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>0.23</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>0.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>5.75</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>8.58</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>9.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>5.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>-2.91</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-3.24</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>4.28</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>6.24</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>8.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-0.28</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>3.83</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>13.17</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>13.48</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>12.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-3.47</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-3.18</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>13.14</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>13.44</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>10.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>6.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>-5.25</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-5.14</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>-6.07</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>-6.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+      <x:c r="E60" s="3" t="s"/>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>11.26</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>12.42</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>11.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>21.84</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>23.22</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>22.73</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>28.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>21.75</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-5.25</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-5.14</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>-6.07</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>-6.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E108"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>311</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.63</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>0.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>3.17</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>3.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-3.33</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-3.32</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-3.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.41</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.41</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.78</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.68</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.67</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.51</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.51</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>5.99</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>7.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>0.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.28</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.28</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.59</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.68</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>6.01</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>6.01</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-3.91</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-3.9</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-3.29</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-3.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.26</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>5.93</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.54</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>3.85</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>3.86</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>2.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-0.77</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-0.77</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>4.43</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-6.24</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-6.24</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-6.28</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>6.34</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-5.77</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-6.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>-4.01</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>-4</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>-3.34</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>-3.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>6.62</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>7.26</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>-5.29</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-5.29</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>-7.28</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>-6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-0.39</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-0.65</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-4.04</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-4.03</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-6.44</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>-6.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-3.3</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-3.29</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-2.15</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>-2.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>-3.77</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-3.77</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-5.01</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>-4.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>2.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-1.53</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-0.55</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>-3.72</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-3.72</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-3.26</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>-3.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>3.73</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>2.62</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>3.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>1.01</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>0.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>3.63</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>4.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>6.17</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>5.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>-1.47</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>-1.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
+      <x:c r="E66" s="3" t="s"/>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>5.75</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>6.34</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>8.58</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="n">
+        <x:v>9.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="n">
+        <x:v>5.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
+        <x:v>-2.66</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>-3.24</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>6.24</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="n">
+        <x:v>8.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="n">
+        <x:v>4.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="n">
+        <x:v>12.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>7.93</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="n">
+        <x:v>7.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>-3.16</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-3.14</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>13.39</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>13.41</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="n">
+        <x:v>10.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>7.61</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>7.63</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="n">
+        <x:v>6.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>-3.57</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>-3.55</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>-3.28</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="n">
+        <x:v>-2.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>-9.48</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-9.46</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>-13.81</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="n">
+        <x:v>-13.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-5.56</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-4.79</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="n">
+        <x:v>-4.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>8.26</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>8.28</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="n">
+        <x:v>10.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>8.48</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>7.79</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="n">
+        <x:v>8.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
+      <x:c r="E88" s="3" t="s"/>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>12.42</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="n">
+        <x:v>11.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>23.23</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>23.28</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>22.73</x:v>
+      </x:c>
+      <x:c r="E90" s="4" t="n">
+        <x:v>28.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>27.53</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>27.61</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>21.75</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>-15.58</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>-15.51</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>-18.56</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="n">
+        <x:v>-18.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>24.55</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>24.62</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>19.84</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="n">
+        <x:v>26.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E110"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="19.390625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="16.370625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>311</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-0.83</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-0.82</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.24</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.23</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.45</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-5.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>5.14</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>5.14</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-2.38</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-2.38</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-2.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-3.17</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-3.17</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>-0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>0.87</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>0.87</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.03</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-3.76</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-3.75</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-3.69</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.62</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.62</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>4.78</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>4.78</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>3.02</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>8.56</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>8.57</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>9.38</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.63</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.63</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-5.02</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-5.02</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-4.31</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-1.85</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-1.85</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.39</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-3.24</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-3.24</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-2.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>7.08</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-4.24</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-4.23</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-4.25</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>5.66</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>5.67</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>4.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>7.97</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>7.74</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>8.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-8.47</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-8.46</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-9.3</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-9.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>-4.86</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>-4.86</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>-4.18</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>-4.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>7.25</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>7.26</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>-6.76</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-6.75</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>-8.66</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>-8.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>0.23</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-5.98</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-5.97</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-8.31</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>-8.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>1.73</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>3.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-3.72</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-3.71</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-2.53</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>-3.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>-4.02</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-4.01</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-5.29</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>-5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>6.14</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>6.14</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>4.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-3.12</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-3.12</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-2.19</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>6.04</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>6.04</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>5.66</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>6.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>-4.65</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-4.64</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-4.15</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>-4.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>1.79</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>5.82</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>4.65</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>5.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>4.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>-2.21</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
+      <x:c r="E66" s="3" t="s"/>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>4.31</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>4.33</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>7.55</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>7.56</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>11.47</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
+        <x:v>-1.72</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>-2.41</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>5.14</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>5.15</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="n">
+        <x:v>5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>3.24</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>10.51</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>10.52</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="n">
+        <x:v>10.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>11.13</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>11.14</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="n">
+        <x:v>11.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-4.35</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>-3.46</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="n">
+        <x:v>-3.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>11.06</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>11.07</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>6.83</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="n">
+        <x:v>8.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>8.27</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>8.29</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="n">
+        <x:v>7.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>9.25</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>9.27</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>9.77</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="n">
+        <x:v>7.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>-6.6</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>-6.58</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>-6.19</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>-12.13</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-12.11</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>-16.19</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="n">
+        <x:v>-16.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>-5.99</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-5.97</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-5.15</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="n">
+        <x:v>-4.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>9.03</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>9.05</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>7.77</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="n">
+        <x:v>10.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>0.11</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="n">
+        <x:v>0.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>8.39</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>8.41</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>7.74</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="n">
+        <x:v>8.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="n">
+        <x:v>2.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
+      <x:c r="E88" s="3" t="s"/>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
+        <x:v>15.45</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>15.5</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>17.06</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>17.11</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>18.67</x:v>
+      </x:c>
+      <x:c r="E90" s="4" t="n">
+        <x:v>24.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>27.79</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>27.87</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>23.79</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="n">
+        <x:v>25.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>-15.71</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>-15.64</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>-18.14</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="n">
+        <x:v>-18.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>21.9</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>21.97</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>17.32</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="n">
+        <x:v>23.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="2" t="s">
+        <x:v>299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="2" t="s">
+        <x:v>300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="2" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="2" t="s">
+        <x:v>285</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:E70"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>318</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>4.05</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.07</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-5.35</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-5.87</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>6.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.82</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.31</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s"/>
       <x:c r="B39" s="3" t="s"/>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>5.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>11.87</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>14.63</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.77</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>16.01</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>13.85</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>15.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>11.58</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.99</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.46</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-3.39</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>11.25</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>8.55</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s"/>
       <x:c r="B52" s="3" t="s"/>
       <x:c r="C52" s="3" t="s"/>
       <x:c r="D52" s="3" t="s"/>
       <x:c r="E52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>15.97</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>10.84</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>18.53</x:v>
+        <x:v>30.01</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>19.16</x:v>
+        <x:v>31.35</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>18.67</x:v>
+        <x:v>30.78</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>37.21</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>19.51</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>11.42</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>17.06</x:v>
+        <x:v>14.13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E83"/>
+  <x:dimension ref="A1:E71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.18</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>8.77</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>9.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.31</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-4.31</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.62</x:v>
-[...16 lines deleted...]
-        <x:v>-2.49</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
-      <x:c r="A40" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
+      <x:c r="E40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.31</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>8.87</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-9.25</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>2.31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
-      <x:c r="A48" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E48" s="3" t="s"/>
+      <x:c r="A48" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>10.76</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>10.44</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>11.42</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-3.99</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>-3.46</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>-3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>8.08</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>10.83</x:v>
-[...16 lines deleted...]
-        <x:v>-4.37</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
-      <x:c r="A53" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>17.87</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
-      <x:c r="A55" s="2" t="s">
-        <x:v>193</x:v>
+      <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>19.16</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>18.67</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
-      <x:c r="A56" s="2" t="s">
-        <x:v>194</x:v>
+      <x:c r="A56" s="2" t="n">
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>10.64</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>10.92</x:v>
+        <x:v>19.51</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>10.44</x:v>
-[...16 lines deleted...]
-        <x:v>11.55</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
-      <x:c r="A58" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>-3.39</x:v>
+      <x:c r="A58" s="1" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
-      <x:c r="A59" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>8.61</x:v>
+      <x:c r="A59" s="1" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
-      <x:c r="A60" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>7.36</x:v>
+      <x:c r="A60" s="1" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
-      <x:c r="A61" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>7.42</x:v>
+      <x:c r="A61" s="1" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
-        <x:v>200</x:v>
-[...11 lines deleted...]
-        <x:v>-7.88</x:v>
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
-      <x:c r="A64" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E64" s="3" t="s"/>
+      <x:c r="A64" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
-        <x:v>248</x:v>
-[...11 lines deleted...]
-        <x:v>17.15</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
-      <x:c r="A66" s="2" t="n">
-[...12 lines deleted...]
-        <x:v>24.5</x:v>
+      <x:c r="A66" s="2" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
-      <x:c r="A67" s="2" t="n">
-[...12 lines deleted...]
-        <x:v>25.67</x:v>
+      <x:c r="A67" s="1" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
-      <x:c r="A68" s="2" t="n">
-[...12 lines deleted...]
-        <x:v>-1.04</x:v>
+      <x:c r="A68" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
-      <x:c r="A70" s="1" t="s">
-        <x:v>249</x:v>
+      <x:c r="A70" s="2" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1" t="s">
-        <x:v>250</x:v>
-[...59 lines deleted...]
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E78"/>
+  <x:dimension ref="A1:E84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-5.18</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>9.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.31</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-4.31</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-4.31</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>5.72</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>5.81</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
-      <x:c r="A44" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E44" s="3" t="s"/>
+      <x:c r="A44" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>8.05</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>8.14</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>7.74</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>8.87</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-9.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>10.83</x:v>
-[...16 lines deleted...]
-        <x:v>-4.37</x:v>
+        <x:v>5.88</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
-      <x:c r="A49" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>11.72</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.46</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>-3.39</x:v>
+        <x:v>2.31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>10.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>11.71</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
-      <x:c r="A59" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E59" s="3" t="s"/>
+      <x:c r="A59" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-4.24</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-3.98</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>-3.46</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>-3.39</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>14.86</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>15.95</x:v>
+        <x:v>11.43</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
-      <x:c r="A61" s="2" t="n">
+      <x:c r="A61" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>8.31</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>8.59</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>7.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>9.59</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>9.77</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>7.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-8.65</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-8.41</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>-8.23</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>-7.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="3" t="s"/>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>17.29</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>18.4</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="D61" s="4" t="n">
+      <x:c r="B67" s="4" t="n">
+        <x:v>17.93</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>19.16</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
         <x:v>18.67</x:v>
       </x:c>
-      <x:c r="E61" s="4" t="n">
+      <x:c r="E67" s="4" t="n">
         <x:v>24.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:5">
-      <x:c r="A62" s="2" t="n">
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B62" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="D62" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
+        <x:v>28.44</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>29.79</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
         <x:v>23.79</x:v>
       </x:c>
-      <x:c r="E62" s="4" t="n">
+      <x:c r="E68" s="4" t="n">
         <x:v>25.67</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:5">
-      <x:c r="A63" s="2" t="n">
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
-[...18 lines deleted...]
-      <x:c r="A66" s="1" t="s">
+      <x:c r="B69" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:5">
-      <x:c r="A67" s="1" t="s">
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:5">
-      <x:c r="A68" s="1" t="s">
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...23 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
-      <x:c r="A75" s="1" t="s">
-        <x:v>259</x:v>
+      <x:c r="A75" s="2" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
-      <x:c r="A76" s="1" t="s">
-        <x:v>260</x:v>
+      <x:c r="A76" s="2" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:5">
-      <x:c r="A78" s="1" t="s">
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="2" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E79"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.14</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>-0.96</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-0.86</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.19</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-0.59</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-0.49</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.16</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.06</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.45</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-5.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.26</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-2.32</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-2.22</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-2.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>3.22</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-3.05</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-2.96</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>-0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.58</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.15</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.03</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-3.69</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-3.59</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-3.69</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>4.82</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>8.84</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>9.38</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.62</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.53</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-4.99</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-4.31</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-1.69</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.39</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.39</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>5.18</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-3.18</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>-2.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>7.08</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-4.19</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-4.09</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-4.25</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>1.52</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>4.75</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>8.32</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>11.47</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-1.18</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-2.26</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-1.97</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>5.38</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>10.6</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>10.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>11.72</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>11.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-4.26</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-3.98</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-3.46</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-3.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>11.08</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>6.83</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>8.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>8.53</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>8.83</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>7.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>-2.75</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>-3.62</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>-4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+      <x:c r="E60" s="3" t="s"/>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>17.17</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>18.39</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>17.83</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>19.17</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>18.67</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>24.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>28.59</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>30.05</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>23.79</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>25.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-2.75</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>-3.62</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>-4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.370625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.52</x:v>
+        <x:v>15.17</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>19.96</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>17.12</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.89</x:v>
+        <x:v>13.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>15.59</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>17.12</x:v>
+        <x:v>14.77</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>14.03</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.96</x:v>
+        <x:v>18.41</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>22.04</x:v>
+        <x:v>20.59</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.59</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.44</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>14.53</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>15.59</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>17.12</x:v>
+        <x:v>14.77</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>14.03</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.770625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.98</x:v>
+        <x:v>13.84</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.29</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.08</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.05</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>25.09</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.29</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.08</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.05</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>25.09</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="44.530625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>15.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>16.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>18.95</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.92</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>16.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>18.95</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="44.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.06</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>18.75</x:v>
+        <x:v>18.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>13.54</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.17</x:v>
+        <x:v>18.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.75</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.55</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>13.54</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.17</x:v>
+        <x:v>18.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.75</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="44.640625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.88</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.58</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>24.31</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.95</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.14</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.85</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>24.31</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...871 lines deleted...]
-<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.120625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.55</x:v>
+        <x:v>17.91</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.66</x:v>
+        <x:v>15.29</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.44</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.55</x:v>
+        <x:v>18.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.96</x:v>
+        <x:v>18.38</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.16</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.94</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.55</x:v>
+        <x:v>18.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.98</x:v>
+        <x:v>17.22</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.12</x:v>
+        <x:v>14.53</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.51</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.72</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>17.69</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.63</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.51</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.72</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E69"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>269</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.49</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.53</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>4.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.47</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>0.33</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>1.63</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>1.68</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>3.88</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-5.44</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-4.13</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-5.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-8.67</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-8.63</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-8.01</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-9.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.21</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.76</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>4.87</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>6.14</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>8.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-0.27</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>1.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>0.71</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>1.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.34</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>0.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>3.35</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>1.63</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.66</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.62</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.72</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.39</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.34</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>1.96</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>5.35</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>5.39</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>5.96</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>5.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.39</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.35</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-1.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-1.91</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-2.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.84</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>1.64</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>1.68</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>2.28</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>1.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
+      <x:c r="E38" s="3" t="s"/>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>4.82</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>7.17</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>7.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-0.28</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-5.43</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-5.31</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-5.86</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>-8.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>5.66</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>7.61</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>10.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>1.52</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>1.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>4.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>13.3</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>13.43</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>12.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>7.08</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>6.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>-1.14</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-1.01</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>-0.52</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>-0.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>1.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="3" t="s"/>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>5.62</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>4.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>26.54</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>27.15</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>32.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>6.57</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>6.84</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>7.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.62</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.33</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>19.47</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>19.47</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.16</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.38</x:v>
+        <x:v>18.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.52</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.38</x:v>
+        <x:v>18.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.52</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.56</x:v>
+        <x:v>14.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>18.82</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>18.82</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.06</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>16.76</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>13.54</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.51</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.31</x:v>
+        <x:v>15.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>16.85</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.39</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>17.39</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>13.54</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.51</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.31</x:v>
+        <x:v>15.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>16.85</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
-[...373 lines deleted...]
-<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.440625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.86</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.42</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>13.54</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.55</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>18.26</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>13.54</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.75</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.68</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>27.07</x:v>
+        <x:v>26.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>28.29</x:v>
+        <x:v>27.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.28</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>27.07</x:v>
+        <x:v>26.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>28.29</x:v>
+        <x:v>27.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
-[...1279 lines deleted...]
-<file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.46</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>16.7</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.81</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>17.4</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.48</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.95</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>17.26</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>17.4</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.48</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.62</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.72</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>18.57</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>10.01</x:v>
+        <x:v>9.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>11.84</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.78</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>18.57</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>10.01</x:v>
+        <x:v>9.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.07</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.14</x:v>
+        <x:v>16.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>15.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>18.57</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>15.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>18.57</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.940625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.58</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.9</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>10.57</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>20.04</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.48</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>19.02</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>10.67</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>18.75</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.2</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>11.84</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>18.75</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>20.04</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.48</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>19.02</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>10.67</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>18.75</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E71"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>272</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.22</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.26</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.56</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>-0.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>5.59</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-3.85</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-3.81</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-2.51</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-4.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-7.44</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-7.4</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-6.79</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-7.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-2.52</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-2.48</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-2.03</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>6.14</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>4.35</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.82</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.78</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-0.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.46</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>7.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-0.49</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.45</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.56</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.15</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>1.52</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-2.82</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-2.78</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-2.83</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-3.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>5.67</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>3.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>4.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.33</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-1.32</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-1.28</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-0.23</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.18</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.89</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>1.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>1.71</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>1.24</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
+      <x:c r="E40" s="3" t="s"/>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>6.88</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>6.97</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>3.93</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>6.93</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>9.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>4.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>-4.23</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>-4.71</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>-7.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>4.83</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>6.93</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>9.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>-0.49</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>-0.36</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>-0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>3.48</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>11.82</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>9.84</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>11.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>6.82</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>6.67</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>6.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>0.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>8.65</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>8.75</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>7.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="3" t="s"/>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>11.45</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>11.94</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>13.54</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>10.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>20.71</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>21.29</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>20.79</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>26.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>15.95</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>16.35</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>12.72</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>15.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.770625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.19</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.74</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.74</x:v>
+        <x:v>13.87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>18.57</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.24</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.36</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.81</x:v>
+        <x:v>13.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>18.57</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>13.69</x:v>
+        <x:v>13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.37</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.26</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.71</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.59</x:v>
+        <x:v>12.79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>14.03</x:v>
+        <x:v>13.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.42</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.32</x:v>
+        <x:v>12.76</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>18.32</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>12.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>14.03</x:v>
+        <x:v>13.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.820625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>17.87</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.49</x:v>
+        <x:v>15.17</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.97</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.11</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.98</x:v>
+        <x:v>17.29</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.93</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>18.15</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.83</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.97</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.14</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>22.04</x:v>
+        <x:v>20.59</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.39</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.83</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="G8" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F8" s="3" t="s">
+      <x:c r="J8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.86</x:v>
+        <x:v>17.17</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.81</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>14.45</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>19.37</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>16.99</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.98</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>14.56</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="G16" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="s">
+      <x:c r="J16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.95</x:v>
+        <x:v>18.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.12</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>15.76</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>16.99</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.98</x:v>
-[...2 lines deleted...]
-        <x:v>342</x:v>
+        <x:v>14.56</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>20.05</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.370625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.04</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.67</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.33</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>15.58</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>15.31</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>13.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -33028,91 +31893,91 @@
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>24.38</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>15.95</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>14.69</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.24</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>23.98</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>16.21</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>15.96</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>14.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -33148,12707 +32013,12076 @@
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>24.38</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>15.95</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>14.69</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...905 lines deleted...]
-<file path=xl/worksheets/sheet50.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.770625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>401</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>4.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.23</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>6.07</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>9.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.73</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>6.82</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>6.96</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>22.62</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>402</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>5.08</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.41</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>6.07</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>9.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.73</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>6.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>22.62</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet51.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="44.530625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>404</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.21</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>13.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>14.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet52.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="44.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>407</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>4.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.31</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>16.71</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>408</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>4.65</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.84</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.19</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.71</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet53.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="44.640625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.04</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.69</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>24.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.22</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>24.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E71"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>272</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>-0.91</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>4.34</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-0.49</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-0.45</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.12</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.08</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.45</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-5.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.19</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>5.33</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-2.25</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-2.21</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-2.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-3.01</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>-0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.98</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>1.04</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.03</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-3.65</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-3.69</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>8.78</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>9.38</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.55</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.51</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-4.96</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-4.92</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-4.31</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-1.67</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.39</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>2.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
+      <x:c r="E40" s="3" t="s"/>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>8.22</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>8.34</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>11.47</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>-1.33</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>-1.21</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>5.59</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>5.72</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>3.68</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>10.8</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>10.93</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>10.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>11.73</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>11.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-3.98</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-3.46</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>-3.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>10.8</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>7.15</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>9.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="3" t="s"/>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>17.88</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>18.4</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>18.61</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>19.18</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>18.67</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>24.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>18.57</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>18.98</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>15.24</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>18.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet50.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.120625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.75</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.22</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>14.62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet55.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet51.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>410</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.17</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.26</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>411</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.37</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.32</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.26</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet56.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet52.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>404</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet57.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet53.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>404</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.29</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet58.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>404</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.67</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.67</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>3.61</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>15.86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>4.69</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>13.97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>15.86</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet59.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet55.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>407</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>4.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.27</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>14.65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>15.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>16.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>16.85</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>15.01</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>408</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.84</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>15.27</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.19</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>15.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>16.85</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>15.01</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...999 lines deleted...]
-<file path=xl/worksheets/sheet61.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet56.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.440625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>407</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>3.85</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.72</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>16.71</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>408</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>4.66</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.85</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.19</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.82</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.71</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet62.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet57.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>407</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.93</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>27.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>28.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>408</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.92</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>27.11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>28.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet63.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-<file path=xl/worksheets/sheet64.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet58.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>410</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>411</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.55</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet65.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet59.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>10.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>19.01</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>20.02</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.37</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.32</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.89</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>20.02</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet66.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E56"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>275</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>-0.94</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>4.35</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.26</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-0.51</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-0.47</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.11</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.08</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.45</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-5.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.21</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.18</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-2.22</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-2.19</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-2.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>3.26</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-3.03</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-2.99</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>-0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.58</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>1.03</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.16</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.03</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>3.22</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-3.65</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-3.62</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-3.69</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s"/>
+      <x:c r="B29" s="3" t="s"/>
+      <x:c r="C29" s="3" t="s"/>
+      <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="3" t="s"/>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>4.94</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>8.25</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>11.47</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-1.32</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-1.21</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>5.64</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s"/>
+      <x:c r="B39" s="3" t="s"/>
+      <x:c r="C39" s="3" t="s"/>
+      <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="3" t="s"/>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>17.91</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>18.38</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>10.4</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>12.49</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>16.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet60.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>5.48</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.73</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>18.42</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>15.83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>20.02</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.34</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.31</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.87</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>15.83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>20.02</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet67.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet61.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.940625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>5.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.61</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.39</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.36</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.31</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.86</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet68.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet62.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.770625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>10.82</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>19.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>13.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>20.02</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>13.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.34</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.87</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>13.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>9.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>20.02</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>13.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet69.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet63.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>10.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>21.68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>23.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>24.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>13.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.29</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.64</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>21.74</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>23.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>24.38</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>13.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...954 lines deleted...]
-<file path=xl/worksheets/sheet70.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet64.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.820625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.95</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.68</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.27</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet71.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet65.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>22.71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>23.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>24.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.22</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>23.99</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>18.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>23.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>24.38</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet72.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet66.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="F8" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D8" s="3" t="s">
+      <x:c r="H8" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="s">
+      <x:c r="I8" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.99</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
+      <x:c r="F16" s="3" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D16" s="3" t="s">
+      <x:c r="H16" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="s">
+      <x:c r="I16" s="3" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.24</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.14</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:E76"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="16.370625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:5">
+      <x:c r="A1" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:5">
+      <x:c r="A2" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:5">
+      <x:c r="A3" s="2" t="s">
+        <x:v>278</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.25</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>2.06</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>-0.22</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-0.18</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>2.03</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3.93</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>3.94</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.31</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-1.12</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-5.12</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-5.08</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-4.45</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-5.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.22</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.19</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-2.26</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-2.61</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>-2.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>3.37</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-3.05</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-3.01</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>-0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.45</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.76</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.03</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>-3.76</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>-3.72</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-3.69</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>4.89</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>5.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>8.61</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>8.65</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>9.38</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-0.64</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-5.04</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-4.31</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-1.86</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-1.82</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.39</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.14</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>6.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>1.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="3" t="s"/>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>7.08</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>11.07</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-1.26</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>-1.98</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>5.38</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>5.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>4.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>10.6</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>10.72</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>10.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>11.08</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>11.2</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>11.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-4.26</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-3.46</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>-3.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>10.77</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>10.89</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>6.83</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>8.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>3.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>17.22</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>17.69</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>20.57</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>17.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>17.77</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>18.28</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>18.67</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>24.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>23.49</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>23.96</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>18.45</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>21.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2" t="s">
+        <x:v>281</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2" t="s">
+        <x:v>282</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2" t="s">
+        <x:v>285</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E66"/>
+  <x:dimension ref="A1:E67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>4.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>6.39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.67</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-8.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>8.78</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>-0.14</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-0.84</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>4.05</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>4.12</x:v>
       </x:c>
-      <x:c r="E34" s="4" t="n">
+      <x:c r="E35" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:5">
-      <x:c r="A37" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-5.32</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-8.32</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>-5.32</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>10.26</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>10.26</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>12.96</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>6.97</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>6.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>1.33</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>1.27</x:v>
       </x:c>
-      <x:c r="E46" s="4" t="n">
+      <x:c r="E47" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:5">
-      <x:c r="A49" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:5">
-      <x:c r="A50" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A50" s="2" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>26.51</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>27.17</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>32.82</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>26.51</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>27.17</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>32.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B52" s="4" t="n">
         <x:v>8.25</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>8.53</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
-      <x:c r="E51" s="4" t="n">
+      <x:c r="E52" s="4" t="n">
         <x:v>8.05</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
-      <x:c r="A57" s="2" t="s">
+      <x:c r="A57" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
-      <x:c r="A62" s="1" t="s">
+      <x:c r="A62" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
-      <x:c r="A65" s="2" t="s">
+      <x:c r="A65" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E72"/>
+  <x:dimension ref="A1:E73"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.810625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>4.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.47</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>6.39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.65</x:v>
+        <x:v>-5.47</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-8.65</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>8.78</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>0.14</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>-0.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E38" s="4" t="n">
+      <x:c r="E39" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:5">
-      <x:c r="A41" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-5.28</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-8.32</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>-5.28</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>10.26</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>10.26</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>12.96</x:v>
+        <x:v>4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>13.34</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>12.96</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>6.92</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>8.16</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>6.38</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>8.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E52" s="4" t="n">
+      <x:c r="E53" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:5">
-      <x:c r="A55" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="3" t="s"/>
     </x:row>
     <x:row r="56" spans="1:5">
-      <x:c r="A56" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A56" s="2" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>26.51</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>27.18</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>32.82</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>26.51</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>27.18</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>32.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B57" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>20.81</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>16.4</x:v>
       </x:c>
-      <x:c r="E57" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>18.8</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
-      <x:c r="A63" s="2" t="s">
+      <x:c r="A63" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
-      <x:c r="A68" s="1" t="s">
+      <x:c r="A68" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
-      <x:c r="A71" s="2" t="s">
+      <x:c r="A71" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
-      <x:c r="A72" s="1" t="s">
+      <x:c r="A72" s="2" t="s">
         <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>72</vt:i4>
+        <vt:i4>66</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>144</vt:i4>
+        <vt:i4>132</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="216">
+    <vt:vector baseType="lpstr" size="198">
       <vt:lpstr>USD Class_Historical</vt:lpstr>
       <vt:lpstr>AUD Class J_Historical</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Historical</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Historical</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Historical</vt:lpstr>
       <vt:lpstr>USD Class D_Historical</vt:lpstr>
       <vt:lpstr>NOK Class DH_Historical</vt:lpstr>
       <vt:lpstr>EUR Class_Historical</vt:lpstr>
       <vt:lpstr>EUR Class E_Historical</vt:lpstr>
       <vt:lpstr>EUR Class J_Historical</vt:lpstr>
       <vt:lpstr>GBP Class_Historical</vt:lpstr>
-      <vt:lpstr>GBP Class E_Historical</vt:lpstr>
       <vt:lpstr>GBP Class J_Historical</vt:lpstr>
       <vt:lpstr>GBP Class H_Historical</vt:lpstr>
-      <vt:lpstr>HKD Class J_Historical</vt:lpstr>
       <vt:lpstr>NOK Class H_Historical</vt:lpstr>
       <vt:lpstr>SGD Class_Historical</vt:lpstr>
       <vt:lpstr>SGD Class J_Historical</vt:lpstr>
       <vt:lpstr>SGD Class R_Historical</vt:lpstr>
       <vt:lpstr>SGD Class Z_Historical</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Historical</vt:lpstr>
       <vt:lpstr>USD Class E_Historical</vt:lpstr>
       <vt:lpstr>USD Class J_Historical</vt:lpstr>
       <vt:lpstr>USD Class R_Historical</vt:lpstr>
       <vt:lpstr>USD Class_Month-End</vt:lpstr>
       <vt:lpstr>AUD Class J_Month-End</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Month-End</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Month-End</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Month-End</vt:lpstr>
       <vt:lpstr>USD Class D_Month-End</vt:lpstr>
       <vt:lpstr>NOK Class DH_Month-End</vt:lpstr>
       <vt:lpstr>EUR Class_Month-End</vt:lpstr>
       <vt:lpstr>EUR Class E_Month-End</vt:lpstr>
       <vt:lpstr>EUR Class J_Month-End</vt:lpstr>
       <vt:lpstr>GBP Class_Month-End</vt:lpstr>
-      <vt:lpstr>GBP Class E_Month-End</vt:lpstr>
       <vt:lpstr>GBP Class J_Month-End</vt:lpstr>
       <vt:lpstr>GBP Class H_Month-End</vt:lpstr>
-      <vt:lpstr>HKD Class J_Month-End</vt:lpstr>
       <vt:lpstr>NOK Class H_Month-End</vt:lpstr>
       <vt:lpstr>SGD Class_Month-End</vt:lpstr>
       <vt:lpstr>SGD Class J_Month-End</vt:lpstr>
       <vt:lpstr>SGD Class R_Month-End</vt:lpstr>
       <vt:lpstr>SGD Class Z_Month-End</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Month-End</vt:lpstr>
       <vt:lpstr>USD Class E_Month-End</vt:lpstr>
       <vt:lpstr>USD Class J_Month-End</vt:lpstr>
       <vt:lpstr>USD Class R_Month-End</vt:lpstr>
       <vt:lpstr>USD Class_Quarter-End</vt:lpstr>
       <vt:lpstr>AUD Class J_Quarter-End</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Quarter-End</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class D_Quarter-End</vt:lpstr>
       <vt:lpstr>NOK Class DH_Quarter-End</vt:lpstr>
       <vt:lpstr>EUR Class_Quarter-End</vt:lpstr>
       <vt:lpstr>EUR Class E_Quarter-End</vt:lpstr>
       <vt:lpstr>EUR Class J_Quarter-End</vt:lpstr>
       <vt:lpstr>GBP Class_Quarter-End</vt:lpstr>
-      <vt:lpstr>GBP Class E_Quarter-End</vt:lpstr>
       <vt:lpstr>GBP Class J_Quarter-End</vt:lpstr>
       <vt:lpstr>GBP Class H_Quarter-End</vt:lpstr>
-      <vt:lpstr>HKD Class J_Quarter-End</vt:lpstr>
       <vt:lpstr>NOK Class H_Quarter-End</vt:lpstr>
       <vt:lpstr>SGD Class_Quarter-End</vt:lpstr>
       <vt:lpstr>SGD Class J_Quarter-End</vt:lpstr>
       <vt:lpstr>SGD Class R_Quarter-End</vt:lpstr>
       <vt:lpstr>SGD Class Z_Quarter-End</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class E_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class J_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class R_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>AUD Class J_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>AUD Class J_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class D_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class D_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>NOK Class DH_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>NOK Class DH_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class E_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class E_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class J_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class J_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class_Historical!Print_Titles</vt:lpstr>
-      <vt:lpstr>GBP Class E_Historical!Print_Area</vt:lpstr>
-      <vt:lpstr>GBP Class E_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class J_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class J_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class H_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class H_Historical!Print_Titles</vt:lpstr>
-      <vt:lpstr>HKD Class J_Historical!Print_Area</vt:lpstr>
-      <vt:lpstr>HKD Class J_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>NOK Class H_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>NOK Class H_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class J_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class J_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class R_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class R_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class Z_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class Z_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class E_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class E_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class J_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class J_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class R_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class R_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>AUD Class J_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>AUD Class J_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class D_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class D_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>NOK Class DH_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>NOK Class DH_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class E_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class E_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class J_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class J_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class_Month-End!Print_Titles</vt:lpstr>
-      <vt:lpstr>GBP Class E_Month-End!Print_Area</vt:lpstr>
-      <vt:lpstr>GBP Class E_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class J_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class J_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class H_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class H_Month-End!Print_Titles</vt:lpstr>
-      <vt:lpstr>HKD Class J_Month-End!Print_Area</vt:lpstr>
-      <vt:lpstr>HKD Class J_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>NOK Class H_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>NOK Class H_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class J_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class J_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class R_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class R_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class Z_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class Z_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class E_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class E_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class J_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class J_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class R_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class R_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>AUD Class J_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>AUD Class J_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class C Dist_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class C Dist_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class C Dist_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class D_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class D_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>NOK Class DH_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>NOK Class DH_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class E_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class E_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>EUR Class J_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>EUR Class J_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class_Quarter-End!Print_Titles</vt:lpstr>
-      <vt:lpstr>GBP Class E_Quarter-End!Print_Area</vt:lpstr>
-      <vt:lpstr>GBP Class E_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class J_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class J_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>GBP Class H_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>GBP Class H_Quarter-End!Print_Titles</vt:lpstr>
-      <vt:lpstr>HKD Class J_Quarter-End!Print_Area</vt:lpstr>
-      <vt:lpstr>HKD Class J_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>NOK Class H_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>NOK Class H_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class J_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class J_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class R_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class R_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class Z_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class Z_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>SGD Class ZH_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class E_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class E_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class J_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class J_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class R_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class R_Quarter-End!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>