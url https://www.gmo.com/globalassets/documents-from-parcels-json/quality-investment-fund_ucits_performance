--- v3 (2025-12-07)
+++ v4 (2025-12-27)
@@ -55,51 +55,51 @@
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet50.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet51.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet52.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet53.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet54.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet55.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet56.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet57.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet58.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet59.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet60.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet61.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet62.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet63.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet64.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet65.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet66.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c23359228bb4e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fbb696f8d374077af16d264cf73ab33.psmdcp" Id="R2641ed8e90cb469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb645e534544258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2cd546150cff4b4bbd2884e7c8f157ce.psmdcp" Id="Rb90796f6003847f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="USD Class_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="AUD Class J_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class C Dist_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="GBP Class C Dist_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class C Dist_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class D_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="EUR Class E_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="EUR Class J_Historical" sheetId="11" r:id="rId11"/>
     <x:sheet name="GBP Class_Historical" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class J_Historical" sheetId="13" r:id="rId13"/>
     <x:sheet name="GBP Class H_Historical" sheetId="14" r:id="rId14"/>
     <x:sheet name="NOK Class H_Historical" sheetId="15" r:id="rId15"/>
     <x:sheet name="SGD Class_Historical" sheetId="16" r:id="rId16"/>
     <x:sheet name="SGD Class J_Historical" sheetId="17" r:id="rId17"/>