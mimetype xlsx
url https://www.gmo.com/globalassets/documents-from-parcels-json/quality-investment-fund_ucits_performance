--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -55,51 +55,51 @@
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet50.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet51.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet52.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet53.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet54.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet55.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet56.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet57.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet58.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet59.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet60.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet61.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet62.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet63.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet64.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet65.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet66.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4af32a8d65b948a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec875176330b44dcb348ce98c9507fd5.psmdcp" Id="R830c81e6bd104b92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc34c7fbbda24ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35fd8449592546efbde4dda57afec3e7.psmdcp" Id="R33ba2869087340a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="USD Class_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="AUD Class J_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class C Dist_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="GBP Class C Dist_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class C Dist_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class D_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="EUR Class E_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="EUR Class J_Historical" sheetId="11" r:id="rId11"/>
     <x:sheet name="GBP Class_Historical" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class J_Historical" sheetId="13" r:id="rId13"/>
     <x:sheet name="GBP Class H_Historical" sheetId="14" r:id="rId14"/>
     <x:sheet name="NOK Class H_Historical" sheetId="15" r:id="rId15"/>
     <x:sheet name="SGD Class_Historical" sheetId="16" r:id="rId16"/>
     <x:sheet name="SGD Class J_Historical" sheetId="17" r:id="rId17"/>