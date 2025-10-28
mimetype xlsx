--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb023d97edcb1418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/599edb9d67e94edf8216c4557379e79f.psmdcp" Id="R1cb6d470c4e84534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26658d3527f74050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9135dbf9cb664c77a1add41021b9c39b.psmdcp" Id="Rd7015ab9a518443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Securitized+</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Securitized + Index is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan U.S. 3 Month Cash through 12/30/2016 and (ii) the Bloomberg</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Securitized thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
@@ -306,72 +306,72 @@
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>CLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Other ABS</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Small Balance Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Student Loans</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>98.1bps</x:t>
+    <x:t>91.8bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>5.4%</x:t>
+    <x:t>5.3%</x:t>
   </x:si>
   <x:si>
     <x:t>SEC Yield</x:t>
   </x:si>
   <x:si>
     <x:t>5.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -762,98 +762,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.76</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.62</x:v>
+        <x:v>6.64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -904,131 +904,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>38</x:v>
+        <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>36.4</x:v>
+        <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>38</x:v>
@@ -1143,128 +1143,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>92.7</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1288,91 +1288,91 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>