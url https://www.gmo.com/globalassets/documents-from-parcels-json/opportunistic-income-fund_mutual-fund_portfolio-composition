--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26658d3527f74050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9135dbf9cb664c77a1add41021b9c39b.psmdcp" Id="Rd7015ab9a518443f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4635b060fb04169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd951d4dbf4a4e63a6987a859c374518.psmdcp" Id="R6cc93a5266b74a8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Securitized+</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Securitized + Index is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan U.S. 3 Month Cash through 12/30/2016 and (ii) the Bloomberg</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Securitized thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
@@ -306,78 +306,78 @@
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>CLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Other ABS</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Small Balance Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Student Loans</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>91.8bps</x:t>
+    <x:t>84.8bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>5.3%</x:t>
+    <x:t>5.2%</x:t>
   </x:si>
   <x:si>
     <x:t>SEC Yield</x:t>
   </x:si>
   <x:si>
-    <x:t>5.0%</x:t>
+    <x:t>4.9%</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -762,98 +762,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.73</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -904,131 +904,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>36.8</x:v>
+        <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>38.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>38</x:v>
@@ -1143,128 +1143,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1328,51 +1328,51 @@
       <x:c r="B8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>