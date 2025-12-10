--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4635b060fb04169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd951d4dbf4a4e63a6987a859c374518.psmdcp" Id="R6cc93a5266b74a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb39e8d9ff564c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/648a4b64c4984202b3b72d91241f66e9.psmdcp" Id="Rf370221fbe414121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Securitized+</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Securitized + Index is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan U.S. 3 Month Cash through 12/30/2016 and (ii) the Bloomberg</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Securitized thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
@@ -306,78 +306,78 @@
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>CLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Other ABS</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Small Balance Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Student Loans</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>84.8bps</x:t>
+    <x:t>83.5bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>5.2%</x:t>
+    <x:t>5.1%</x:t>
   </x:si>
   <x:si>
     <x:t>SEC Yield</x:t>
   </x:si>
   <x:si>
-    <x:t>4.9%</x:t>
+    <x:t>4.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -762,98 +762,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.65</x:v>
+        <x:v>6.66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -904,99 +904,99 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>36.7</x:v>
+        <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
@@ -1143,128 +1143,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>92.8</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1288,51 +1288,51 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>