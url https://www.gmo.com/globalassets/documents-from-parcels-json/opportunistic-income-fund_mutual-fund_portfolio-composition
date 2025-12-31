--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb39e8d9ff564c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/648a4b64c4984202b3b72d91241f66e9.psmdcp" Id="Rf370221fbe414121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a14e3db28834ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/597fdb4be1514e36a980ed9ebd8a4ed3.psmdcp" Id="Rbf5fd5b3473c4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>