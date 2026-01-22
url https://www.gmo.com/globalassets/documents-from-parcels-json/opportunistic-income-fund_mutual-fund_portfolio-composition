--- v4 (2025-12-31)
+++ v5 (2026-01-22)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a14e3db28834ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/597fdb4be1514e36a980ed9ebd8a4ed3.psmdcp" Id="Rbf5fd5b3473c4296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3935d2f0cfed41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5aed457037a4606948eb132200dbebc.psmdcp" Id="R55d4dc551fe5415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Securitized+</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Securitized + Index is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan U.S. 3 Month Cash through 12/30/2016 and (ii) the Bloomberg</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Securitized thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
@@ -234,51 +234,51 @@
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -306,63 +306,63 @@
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>CLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Other ABS</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Small Balance Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Student Loans</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>83.5bps</x:t>
+    <x:t>93.2bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
     <x:t>5.1%</x:t>
   </x:si>
   <x:si>
     <x:t>SEC Yield</x:t>
   </x:si>
   <x:si>
     <x:t>4.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
@@ -762,87 +762,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>6.66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
@@ -904,131 +904,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>40.5</x:v>
+        <x:v>45.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>34.4</x:v>
+        <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>38</x:v>
@@ -1154,117 +1154,117 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>92.7</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1288,51 +1288,51 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>