--- v5 (2026-01-22)
+++ v6 (2026-02-13)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3935d2f0cfed41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5aed457037a4606948eb132200dbebc.psmdcp" Id="R55d4dc551fe5415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64be8ba2b0a04dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/218835ecf4374bfbb277f76bfad40044.psmdcp" Id="Rebdb1c20d50f4aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Securitized+</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Securitized + Index is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan U.S. 3 Month Cash through 12/30/2016 and (ii) the Bloomberg</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Securitized thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
@@ -282,96 +282,96 @@
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
   <x:si>
     <x:t>ii. You may use the credit ratings for informational purposes only and not as an alternative to obtaining credit ratings from and/or pursuant to an agreement with S&amp;P;</x:t>
   </x:si>
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Autos</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash/Equiv.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Other ABS</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Small Balance Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Student Loans</x:t>
   </x:si>
   <x:si>
+    <x:t>U.S. Treasuries</x:t>
+  </x:si>
+  <x:si>
     <x:t>Characteristics - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>93.2bps</x:t>
+    <x:t>82.5bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>5.1%</x:t>
+    <x:t>5.0%</x:t>
   </x:si>
   <x:si>
     <x:t>SEC Yield</x:t>
   </x:si>
   <x:si>
     <x:t>4.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -762,95 +762,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>6.66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
@@ -904,131 +904,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>45.7</x:v>
+        <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>38</x:v>
@@ -1143,128 +1143,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>92.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>92.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1288,67 +1288,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>