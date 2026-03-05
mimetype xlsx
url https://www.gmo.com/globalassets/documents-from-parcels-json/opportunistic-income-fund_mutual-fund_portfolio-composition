--- v6 (2026-02-13)
+++ v7 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64be8ba2b0a04dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/218835ecf4374bfbb277f76bfad40044.psmdcp" Id="Rebdb1c20d50f4aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23dcc66527cc4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c02b425897241bc9aca1e8b03053113.psmdcp" Id="Rb736314d06e54f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
@@ -198,63 +198,63 @@
   <x:si>
     <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
@@ -952,83 +952,83 @@
       <x:c r="B9" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>38</x:v>