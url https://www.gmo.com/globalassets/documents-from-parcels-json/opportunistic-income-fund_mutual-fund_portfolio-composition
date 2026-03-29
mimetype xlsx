--- v7 (2026-03-05)
+++ v8 (2026-03-29)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23dcc66527cc4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c02b425897241bc9aca1e8b03053113.psmdcp" Id="Rb736314d06e54f29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc594e0d40c4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dde75e64d78f48b4800496368941e311.psmdcp" Id="Rfcb90026a76c4fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Risk Profile - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Securitized+</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,89 +174,89 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Securitized + Index is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan U.S. 3 Month Cash through 12/30/2016 and (ii) the Bloomberg</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Securitized thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>CCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
-    <x:t>D</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
@@ -306,81 +306,87 @@
   <x:si>
     <x:t>CLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Other ABS</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS</x:t>
   </x:si>
   <x:si>
     <x:t>Small Balance Commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Student Loans</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Opportunistic Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>82.5bps</x:t>
+    <x:t>93.2bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>5.0%</x:t>
+    <x:t>4.9%</x:t>
   </x:si>
   <x:si>
     <x:t>SEC Yield</x:t>
   </x:si>
   <x:si>
     <x:t>4.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 30-Day Yield represents net investment income earned by the Fund over the most recent 30-Day period, expressed as an annual percentage rate based on the Fund’s share price at the end</x:t>
+  </x:si>
+  <x:si>
+    <x:t>of the 30-Day period. The 30-Day unsubsidized SEC Yield does not reflect any fee waivers/reimbursements/limits in effect.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -762,98 +768,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>1.98</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.66</x:v>
+        <x:v>6.69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -904,131 +910,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>40.9</x:v>
+        <x:v>46.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>32.7</x:v>
+        <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>38</x:v>
@@ -1143,240 +1149,250 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>92.9</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B13"/>
+  <x:dimension ref="A1:B15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="21.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
-      <x:c r="A13" s="1" t="s">
+      <x:c r="A13" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:2">
+      <x:c r="A14" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:2">
+      <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>