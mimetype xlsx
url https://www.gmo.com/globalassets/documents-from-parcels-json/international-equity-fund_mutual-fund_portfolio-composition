--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98201048552c441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f1d1b54ccd946d8bbb5277873892461.psmdcp" Id="R84b110b0b6694463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cc344e7d3c416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/932744ca73544f95a40fd3701ee2bc27.psmdcp" Id="R2516cbd706324fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>Risk Profile - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI EAFE</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI EAFE (Europe, Australasia, and Far East) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>international large and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and</x:t>
   </x:si>
   <x:si>
     <x:t>has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -287,53 +287,50 @@
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
     <x:t>CHF</x:t>
   </x:si>
   <x:si>
-    <x:t>CNY</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>DKK</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>HKD</x:t>
   </x:si>
   <x:si>
     <x:t>ILS</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
     <x:t>NOK</x:t>
   </x:si>
   <x:si>
     <x:t>NZD</x:t>
   </x:si>
   <x:si>
     <x:t>SEK</x:t>
@@ -380,186 +377,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...8 lines deleted...]
-    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEC Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nokia Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prosus NV</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Siemens AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Bank AG</x:t>
-[...17 lines deleted...]
-    <x:t>Imperial Brands PLC</x:t>
+    <x:t>Vodafone Group PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panasonic Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.0x</x:t>
-[...2 lines deleted...]
-    <x:t>16.0x</x:t>
+    <x:t>11.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.8x</x:t>
-[...2 lines deleted...]
-    <x:t>21.0x</x:t>
+    <x:t>13.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
+    <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>2.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.7x</x:t>
-[...2 lines deleted...]
-    <x:t>14.1x</x:t>
+    <x:t>9.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>13.3%</x:t>
   </x:si>
   <x:si>
-    <x:t>14.5%</x:t>
+    <x:t>14.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>0.6x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>31.3 USD</x:t>
-[...2 lines deleted...]
-    <x:t>60.2 USD</x:t>
+    <x:t>29.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>80.7%</x:t>
+    <x:t>78.3%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -941,98 +941,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.89</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.91</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.65</x:v>
+        <x:v>14.63</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.82</x:v>
+        <x:v>14.25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1092,87 +1092,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>36.2</x:v>
+        <x:v>36.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>33.2</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>65.7</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1202,1192 +1202,1181 @@
       <x:c r="A1" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C24"/>
+  <x:dimension ref="A1:C23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>38.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>41.8</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.8</x:v>
-[...9 lines deleted...]
-      <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
-      <x:c r="A23" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A24" s="1" t="s">
+      <x:c r="A23" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>25.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>27.8</x:v>
+        <x:v>25.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>34.7</x:v>
+        <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>29.8</x:v>
+        <x:v>33.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>24.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>22.6</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.320625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">