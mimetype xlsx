--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cc344e7d3c416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/932744ca73544f95a40fd3701ee2bc27.psmdcp" Id="R2516cbd706324fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afb414a76c648a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6aa2464117874430bb183ea2b7e2152f.psmdcp" Id="R8cbdc2ed1efb46da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">