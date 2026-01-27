--- v2 (2026-01-07)
+++ v3 (2026-01-27)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afb414a76c648a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6aa2464117874430bb183ea2b7e2152f.psmdcp" Id="R8cbdc2ed1efb46da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b21a44b9284fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33c16ff9d9af4e88ba327780a345e4b4.psmdcp" Id="Ra68307d209554d6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Risk Profile - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI EAFE</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,83 +185,89 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI EAFE (Europe, Australasia, and Far East) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>international large and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and</x:t>
   </x:si>
   <x:si>
     <x:t>has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
+    <x:t>North America</x:t>
+  </x:si>
+  <x:si>
     <x:t>Countries - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Hong Kong</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
@@ -284,50 +290,53 @@
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
+    <x:t>CAD</x:t>
+  </x:si>
+  <x:si>
     <x:t>CHF</x:t>
   </x:si>
   <x:si>
     <x:t>DKK</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>HKD</x:t>
   </x:si>
   <x:si>
     <x:t>ILS</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
     <x:t>NOK</x:t>
   </x:si>
   <x:si>
     <x:t>NZD</x:t>
@@ -377,189 +386,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML Holding NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panasonic Holdings Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEC Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Bank AG</x:t>
-[...20 lines deleted...]
-    <x:t>Panasonic Holdings Corp</x:t>
+    <x:t>Sumitomo Electric Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>11.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>16.2x</x:t>
+    <x:t>16.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.7x</x:t>
-[...2 lines deleted...]
-    <x:t>21.6x</x:t>
+    <x:t>13.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>2.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8x</x:t>
-[...2 lines deleted...]
-    <x:t>14.5x</x:t>
+    <x:t>9.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>13.3%</x:t>
   </x:si>
   <x:si>
     <x:t>14.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>29.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>60.9 USD</x:t>
+    <x:t>30.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>78.3%</x:t>
+    <x:t>77.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -941,98 +950,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>6.19</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.63</x:v>
+        <x:v>14.48</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.25</x:v>
+        <x:v>14.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1055,1336 +1064,1369 @@
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C14"/>
+  <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>36.3</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>33</x:v>
+        <x:v>32.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>58</x:v>
+        <x:v>60.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>66</x:v>
-[...4 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>66.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:3">
-      <x:c r="A14" s="1" t="s">
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C32"/>
+  <x:dimension ref="A1:C33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
+        <x:v>14.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:3">
+      <x:c r="A28" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:3">
+      <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:3">
-      <x:c r="A32" s="1" t="s">
+    <x:row r="33" spans="1:3">
+      <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C23"/>
+  <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>38.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>38.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:3">
-      <x:c r="A23" s="1" t="s">
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>25.7</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>24.4</x:v>
+        <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.5</x:v>
+        <x:v>25.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>35.1</x:v>
+        <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>33.3</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>678</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>