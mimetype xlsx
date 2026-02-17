--- v3 (2026-01-27)
+++ v4 (2026-02-17)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b21a44b9284fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33c16ff9d9af4e88ba327780a345e4b4.psmdcp" Id="Ra68307d209554d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502abee7f280410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db0d40fcc3924508b62b0f4bffbe94da.psmdcp" Id="R5d3714cbb2674fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Risk Profile - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI EAFE</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI EAFE (Europe, Australasia, and Far East) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>international large and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and</x:t>
   </x:si>
   <x:si>
     <x:t>has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -386,189 +386,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML Holding NV</x:t>
+  </x:si>
+  <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML Holding NV</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ABB Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Deutsche Bank AG</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC</x:t>
+    <x:t>Vodafone Group PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Vodafone Group PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Panasonic Holdings Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>NEC Corp</x:t>
+    <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Electric Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.8x</x:t>
-[...2 lines deleted...]
-    <x:t>16.0x</x:t>
+    <x:t>12.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.9x</x:t>
-[...2 lines deleted...]
-    <x:t>21.0x</x:t>
+    <x:t>14.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
-[...2 lines deleted...]
-    <x:t>2.1x</x:t>
+    <x:t>1.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.9x</x:t>
-[...2 lines deleted...]
-    <x:t>15.0x</x:t>
+    <x:t>10.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>13.3%</x:t>
   </x:si>
   <x:si>
     <x:t>14.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>30.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>63.7 USD</x:t>
+    <x:t>32.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>77.7%</x:t>
+    <x:t>76.8%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -950,98 +950,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>5.81</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.48</x:v>
+        <x:v>14.63</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.18</x:v>
+        <x:v>14.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1101,95 +1101,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>37.3</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>60.2</x:v>
+        <x:v>58.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>66.6</x:v>
+        <x:v>66.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1222,293 +1222,293 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1541,194 +1541,194 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>37.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>35.9</x:v>
+        <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1761,164 +1761,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1968,98 +1968,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>22.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36.4</x:v>
+        <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2093,169 +2093,169 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -2371,54 +2371,54 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>676</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">