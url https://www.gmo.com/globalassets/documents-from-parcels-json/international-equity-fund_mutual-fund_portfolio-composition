--- v4 (2026-02-17)
+++ v5 (2026-03-10)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502abee7f280410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db0d40fcc3924508b62b0f4bffbe94da.psmdcp" Id="R5d3714cbb2674fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f6c5f8920149a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75eff1cc30954df28014335dd334439d.psmdcp" Id="R851be26cdcf946c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Risk Profile - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI EAFE</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI EAFE (Europe, Australasia, and Far East) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>international large and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and</x:t>
   </x:si>
   <x:si>
     <x:t>has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -386,189 +386,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Equity Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
+    <x:t>Sumitomo Electric Industries Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>ABB Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC</x:t>
-[...2 lines deleted...]
-    <x:t>Deutsche Bank AG</x:t>
+    <x:t>Sanofi SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panasonic Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Group PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Sanofi SA</x:t>
-[...8 lines deleted...]
-    <x:t>Sumitomo Electric Industries Ltd</x:t>
+    <x:t>Nokia Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Equity Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.4x</x:t>
-[...2 lines deleted...]
-    <x:t>16.8x</x:t>
+    <x:t>13.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.6x</x:t>
-[...2 lines deleted...]
-    <x:t>21.4x</x:t>
+    <x:t>17.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
+    <x:t>1.6x</x:t>
   </x:si>
   <x:si>
     <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.5x</x:t>
-[...2 lines deleted...]
-    <x:t>15.2x</x:t>
+    <x:t>11.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.3%</x:t>
-[...2 lines deleted...]
-    <x:t>14.6%</x:t>
+    <x:t>13.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.9%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>32.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>68.9 USD</x:t>
+    <x:t>37.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>76.8%</x:t>
+    <x:t>77.5%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -950,98 +950,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.48</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.63</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.29</x:v>
+        <x:v>14.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1101,95 +1101,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>37.1</x:v>
+        <x:v>39.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>32.8</x:v>
+        <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>58.4</x:v>
+        <x:v>56.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>66.1</x:v>
+        <x:v>65.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1222,293 +1222,293 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1541,194 +1541,194 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>36.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>35.5</x:v>
+        <x:v>34.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1761,164 +1761,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1968,98 +1968,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>33.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2107,169 +2107,169 @@
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2371,54 +2371,54 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">