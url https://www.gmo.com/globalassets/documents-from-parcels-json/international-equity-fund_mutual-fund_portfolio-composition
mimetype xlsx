--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f6c5f8920149a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75eff1cc30954df28014335dd334439d.psmdcp" Id="R851be26cdcf946c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f8ccdc9dd94404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10cf42f8eda748e3a02cdc36885c769a.psmdcp" Id="R98320940b8db4bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">