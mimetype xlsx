--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc16461967e4db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48b6cddbb057449bba8a5a38521a7268.psmdcp" Id="R3b021e0038924262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55e9bf85d634897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db2c699570884f0ba40cde25974a54b1.psmdcp" Id="Re327e68381b342f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Markit iBoxx USD Liquid High Yield Index is an independently maintained index consisting of liquid USD high yield bonds, selected to provide a balanced representation of the broad USD</x:t>
   </x:si>
   <x:si>
     <x:t>high yield corporate bond universe.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
     <x:t>NR</x:t>
   </x:si>
@@ -282,66 +282,66 @@
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agencies</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Utility</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>268.6bps</x:t>
-[...2 lines deleted...]
-    <x:t>304.3bps</x:t>
+    <x:t>263.1bps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -729,98 +729,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>7.32</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.42</x:v>
+        <x:v>7.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -871,99 +871,99 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>52.8</x:v>
+        <x:v>52.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>33.3</x:v>
+        <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
@@ -1074,75 +1074,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>83.4</x:v>
+        <x:v>84.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1157,84 +1157,84 @@
       <x:c r="A1" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>