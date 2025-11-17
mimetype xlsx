--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55e9bf85d634897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db2c699570884f0ba40cde25974a54b1.psmdcp" Id="Re327e68381b342f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a711d3423244c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9346e706d474722a1f282f65b3e6e1e.psmdcp" Id="R3307829e89f74172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,51 +174,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Markit iBoxx USD Liquid High Yield Index is an independently maintained index consisting of liquid USD high yield bonds, selected to provide a balanced representation of the broad USD</x:t>
   </x:si>
   <x:si>
     <x:t>high yield corporate bond universe.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
     <x:t>NR</x:t>
   </x:si>
@@ -282,66 +282,66 @@
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agencies</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Utility</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>263.1bps</x:t>
-[...2 lines deleted...]
-    <x:t>292.0bps</x:t>
+    <x:t>276.1bps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308.5bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -729,95 +729,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>7.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
@@ -871,99 +871,99 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>52.6</x:v>
+        <x:v>52.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>33.8</x:v>
+        <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
@@ -1082,67 +1082,67 @@
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>84.3</x:v>
+        <x:v>83.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1182,51 +1182,51 @@
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">