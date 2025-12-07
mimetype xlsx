--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a711d3423244c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9346e706d474722a1f282f65b3e6e1e.psmdcp" Id="R3307829e89f74172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e608e021773426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4d748917c264f0aa91ec35d89c10750.psmdcp" Id="Rf037911337274f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -729,98 +729,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>7.29</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.38</x:v>
+        <x:v>7.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>