--- v3 (2025-12-07)
+++ v4 (2025-12-27)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e608e021773426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4d748917c264f0aa91ec35d89c10750.psmdcp" Id="Rf037911337274f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bcff29c1684d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f77b2b0afd6348318befa3bbb29c2c8a.psmdcp" Id="R94c42e42149449ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -174,74 +174,77 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Markit iBoxx USD Liquid High Yield Index is an independently maintained index consisting of liquid USD high yield bonds, selected to provide a balanced representation of the broad USD</x:t>
   </x:si>
   <x:si>
     <x:t>high yield corporate bond universe.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
@@ -282,66 +285,66 @@
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agencies</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Utility</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>276.1bps</x:t>
-[...2 lines deleted...]
-    <x:t>308.5bps</x:t>
+    <x:t>281.0bps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -838,137 +841,140 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B34"/>
+  <x:dimension ref="A1:B35"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>52.7</x:v>
+        <x:v>53.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:2">
+      <x:c r="A13" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>1.1</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
@@ -1023,221 +1029,226 @@
       <x:c r="A29" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
-      <x:c r="A34" s="1" t="s">
+      <x:c r="A34" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:2">
+      <x:c r="A35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="19.450625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>83.8</x:v>
+        <x:v>83.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="21.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.370625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="32.020625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>