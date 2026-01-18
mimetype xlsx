--- v4 (2025-12-27)
+++ v5 (2026-01-18)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bcff29c1684d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f77b2b0afd6348318befa3bbb29c2c8a.psmdcp" Id="R94c42e42149449ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dcc326789854fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26bd6bdba88548d794a8a78990abf96f.psmdcp" Id="R88a3146d1a704328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,102 +174,102 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Markit iBoxx USD Liquid High Yield Index is an independently maintained index consisting of liquid USD high yield bonds, selected to provide a balanced representation of the broad USD</x:t>
   </x:si>
   <x:si>
     <x:t>high yield corporate bond universe.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
     <x:t>D</x:t>
   </x:si>
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -285,66 +285,66 @@
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agencies</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Utility</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>281.0bps</x:t>
-[...2 lines deleted...]
-    <x:t>314.0bps</x:t>
+    <x:t>265.1bps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301.7bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -732,98 +732,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>7.07</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.23</x:v>
+        <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -882,99 +882,99 @@
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>53.4</x:v>
+        <x:v>56.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>33.6</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
@@ -1101,51 +1101,51 @@
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>83.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1168,87 +1168,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>