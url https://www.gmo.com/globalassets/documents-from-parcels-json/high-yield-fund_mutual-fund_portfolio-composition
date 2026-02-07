--- v5 (2026-01-18)
+++ v6 (2026-02-07)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dcc326789854fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26bd6bdba88548d794a8a78990abf96f.psmdcp" Id="R88a3146d1a704328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd2d1354f2e428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/319ec22f43f4463a92d6129f6471143e.psmdcp" Id="R8d36066f530842df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -732,84 +732,84 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>7.04</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>