--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd2d1354f2e428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/319ec22f43f4463a92d6129f6471143e.psmdcp" Id="R8d36066f530842df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143b013016984ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bde977be9e244dee8dba68ca1c067565.psmdcp" Id="R3a918d740ead4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -174,80 +174,77 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Markit iBoxx USD Liquid High Yield Index is an independently maintained index consisting of liquid USD high yield bonds, selected to provide a balanced representation of the broad USD</x:t>
   </x:si>
   <x:si>
     <x:t>high yield corporate bond universe.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
-    <x:t>D</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
@@ -285,66 +282,66 @@
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agencies</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Utility</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>265.1bps</x:t>
-[...2 lines deleted...]
-    <x:t>301.7bps</x:t>
+    <x:t>254.1bps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -841,140 +838,137 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B35"/>
+  <x:dimension ref="A1:B34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>56.6</x:v>
+        <x:v>56.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:2">
-      <x:c r="A13" s="3" t="s">
+    <x:row r="14" spans="1:2">
+      <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>35</x:v>
@@ -1029,223 +1023,218 @@
       <x:c r="A29" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
-      <x:c r="A34" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A35" s="1" t="s">
+      <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="19.450625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>83.6</x:v>
+        <x:v>84.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="21.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.370625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="32.020625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>