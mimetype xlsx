--- v7 (2026-02-27)
+++ v8 (2026-02-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143b013016984ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bde977be9e244dee8dba68ca1c067565.psmdcp" Id="R3a918d740ead4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb470f9bc5b4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19c45e9b2f1e4da68006a9f3a7af33fd.psmdcp" Id="Rf763e92b84c148bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>