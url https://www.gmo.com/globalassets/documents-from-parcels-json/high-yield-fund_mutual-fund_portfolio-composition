--- v8 (2026-02-27)
+++ v9 (2026-03-20)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb470f9bc5b4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19c45e9b2f1e4da68006a9f3a7af33fd.psmdcp" Id="Rf763e92b84c148bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ce231c6cdd4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ae8eb016901413d9d329d9856bfd00b.psmdcp" Id="R08e7a305abd94a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <x:si>
     <x:t>Risk Profile - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Markit iBoxx USD Liquid High Yield</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -174,77 +174,77 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Markit iBoxx USD Liquid High Yield Index is an independently maintained index consisting of liquid USD high yield bonds, selected to provide a balanced representation of the broad USD</x:t>
   </x:si>
   <x:si>
     <x:t>high yield corporate bond universe.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>CCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
-    <x:t>CCC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
@@ -282,66 +282,66 @@
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - High Yield Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agencies</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Institutions</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Utility</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - High Yield Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>254.1bps</x:t>
-[...2 lines deleted...]
-    <x:t>290.0bps</x:t>
+    <x:t>284.7bps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>328.3bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Weighted Average Life</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -729,84 +729,84 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>7.04</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
@@ -871,99 +871,99 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>56.4</x:v>
+        <x:v>55.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>29.8</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>34</x:v>
@@ -1082,67 +1082,67 @@
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>84.3</x:v>
+        <x:v>84.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1190,54 +1190,54 @@
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>