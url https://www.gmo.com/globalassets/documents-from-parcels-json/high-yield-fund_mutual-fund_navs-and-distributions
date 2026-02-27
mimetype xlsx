--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -1,101 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f044cba95994557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1491bfba5e041c3bb8e822e8a3b098a.psmdcp" Id="R06632c5a5d8945d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9430ee4dc5d4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bbb34c9be15455aa4edb08f03b441c7.psmdcp" Id="R9a60f978aa9a402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1917" uniqueCount="1917">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1930" uniqueCount="1930">
   <x:si>
     <x:t>High Yield Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
+    <x:t>02/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/06/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>12/17/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/05/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>12/18/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>07/02/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/03/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/18/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026</x:t>
   </x:si>
@@ -6154,21222 +6193,21430 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F714"/>
+  <x:dimension ref="A1:F727"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.9763</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.33</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>1.3147</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.31</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>1.0928</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="A8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.7672</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="A9" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="A10" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="A11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="A12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="A13" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="A14" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="A15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6">
       <x:c r="A20" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6">
       <x:c r="A22" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6">
       <x:c r="A23" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6">
       <x:c r="A24" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6">
       <x:c r="A25" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6">
       <x:c r="A26" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6">
       <x:c r="A27" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6">
       <x:c r="A34" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6">
       <x:c r="A35" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6">
       <x:c r="A36" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6">
       <x:c r="A37" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6">
       <x:c r="A38" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6">
       <x:c r="A39" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6">
       <x:c r="A40" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6">
       <x:c r="A41" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6">
       <x:c r="A42" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6">
       <x:c r="A43" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6">
       <x:c r="A44" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6">
       <x:c r="A45" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6">
       <x:c r="A46" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6">
       <x:c r="A47" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6">
       <x:c r="A48" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6">
       <x:c r="A49" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6">
       <x:c r="A50" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6">
       <x:c r="A51" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6">
       <x:c r="A52" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6">
       <x:c r="A53" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6">
       <x:c r="A54" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6">
       <x:c r="A55" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6">
       <x:c r="A56" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6">
       <x:c r="A57" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6">
       <x:c r="A58" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6">
       <x:c r="A59" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6">
       <x:c r="A60" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6">
       <x:c r="A61" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6">
       <x:c r="A62" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6">
       <x:c r="A63" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6">
       <x:c r="A64" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6">
       <x:c r="A65" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6">
       <x:c r="A66" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6">
       <x:c r="A67" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6">
       <x:c r="A68" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6">
       <x:c r="A69" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6">
       <x:c r="A70" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6">
       <x:c r="A71" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6">
       <x:c r="A72" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6">
       <x:c r="A73" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6">
       <x:c r="A74" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6">
       <x:c r="A75" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6">
       <x:c r="A76" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6">
       <x:c r="A77" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6">
       <x:c r="A78" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6">
       <x:c r="A79" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6">
       <x:c r="A80" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6">
       <x:c r="A81" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6">
       <x:c r="A82" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6">
       <x:c r="A83" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6">
       <x:c r="A84" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6">
       <x:c r="A85" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6">
       <x:c r="A86" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6">
       <x:c r="A87" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6">
       <x:c r="A88" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6">
       <x:c r="A89" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
         <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6">
       <x:c r="A90" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6">
       <x:c r="A91" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6">
       <x:c r="A92" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6">
       <x:c r="A93" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6">
       <x:c r="A94" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
         <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6">
       <x:c r="A95" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6">
       <x:c r="A96" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6">
       <x:c r="A97" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6">
       <x:c r="A98" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6">
       <x:c r="A99" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
         <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6">
       <x:c r="A100" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6">
       <x:c r="A101" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6">
       <x:c r="A102" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6">
       <x:c r="A103" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6">
       <x:c r="A104" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6">
       <x:c r="A105" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6">
       <x:c r="A106" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6">
       <x:c r="A107" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6">
       <x:c r="A108" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6">
       <x:c r="A109" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6">
       <x:c r="A110" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6">
       <x:c r="A111" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6">
       <x:c r="A112" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6">
       <x:c r="A113" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6">
       <x:c r="A114" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6">
       <x:c r="A115" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6">
       <x:c r="A116" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6">
       <x:c r="A117" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6">
       <x:c r="A118" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6">
       <x:c r="A119" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6">
       <x:c r="A120" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6">
       <x:c r="A121" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6">
       <x:c r="A122" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6">
       <x:c r="A123" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6">
       <x:c r="A124" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6">
       <x:c r="A125" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6">
       <x:c r="A126" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6">
       <x:c r="A127" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6">
       <x:c r="A128" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6">
       <x:c r="A129" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6">
       <x:c r="A130" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6">
       <x:c r="A131" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6">
       <x:c r="A132" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6">
       <x:c r="A133" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6">
       <x:c r="A134" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6">
       <x:c r="A135" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6">
       <x:c r="A136" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6">
       <x:c r="A137" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6">
       <x:c r="A138" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6">
       <x:c r="A139" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6">
       <x:c r="A140" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6">
       <x:c r="A141" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6">
       <x:c r="A142" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6">
       <x:c r="A143" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6">
       <x:c r="A144" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6">
       <x:c r="A145" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6">
       <x:c r="A146" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6">
       <x:c r="A147" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6">
       <x:c r="A148" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6">
       <x:c r="A149" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6">
       <x:c r="A150" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6">
       <x:c r="A151" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6">
       <x:c r="A152" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6">
       <x:c r="A153" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6">
       <x:c r="A154" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6">
       <x:c r="A155" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6">
       <x:c r="A156" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6">
       <x:c r="A157" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6">
       <x:c r="A158" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6">
       <x:c r="A159" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6">
       <x:c r="A160" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6">
       <x:c r="A161" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6">
       <x:c r="A162" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6">
       <x:c r="A163" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6">
       <x:c r="A164" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6">
       <x:c r="A165" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6">
       <x:c r="A166" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6">
       <x:c r="A167" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6">
       <x:c r="A168" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6">
       <x:c r="A169" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6">
       <x:c r="A170" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6">
       <x:c r="A171" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6">
       <x:c r="A172" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6">
       <x:c r="A173" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6">
       <x:c r="A174" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6">
       <x:c r="A175" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6">
       <x:c r="A176" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6">
       <x:c r="A177" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6">
       <x:c r="A178" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6">
       <x:c r="A179" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6">
       <x:c r="A180" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6">
       <x:c r="A181" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6">
       <x:c r="A182" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6">
       <x:c r="A183" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6">
       <x:c r="A184" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6">
       <x:c r="A185" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6">
       <x:c r="A186" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6">
       <x:c r="A187" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6">
       <x:c r="A188" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6">
       <x:c r="A189" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6">
       <x:c r="A190" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6">
       <x:c r="A191" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6">
       <x:c r="A192" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6">
       <x:c r="A193" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6">
       <x:c r="A194" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6">
       <x:c r="A195" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6">
       <x:c r="A196" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6">
       <x:c r="A197" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6">
       <x:c r="A198" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6">
       <x:c r="A199" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6">
       <x:c r="A200" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6">
       <x:c r="A201" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6">
       <x:c r="A202" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6">
       <x:c r="A203" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6">
       <x:c r="A204" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6">
       <x:c r="A205" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6">
       <x:c r="A206" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6">
       <x:c r="A207" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6">
       <x:c r="A208" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>16.57</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6">
       <x:c r="A209" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>16.47</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6">
       <x:c r="A210" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>16.46</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6">
       <x:c r="A211" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6">
       <x:c r="A212" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6">
       <x:c r="A213" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>16.38</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6">
       <x:c r="A214" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>16.52</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6">
       <x:c r="A215" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6">
       <x:c r="A216" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6">
       <x:c r="A217" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6">
       <x:c r="A218" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6">
       <x:c r="A219" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6">
       <x:c r="A220" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6">
       <x:c r="A221" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6">
       <x:c r="A222" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6">
       <x:c r="A223" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6">
       <x:c r="A224" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6">
       <x:c r="A225" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6">
       <x:c r="A226" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.38</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6">
       <x:c r="A227" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6">
       <x:c r="A228" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6">
       <x:c r="A229" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6">
       <x:c r="A230" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6">
       <x:c r="A231" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6">
       <x:c r="A232" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6">
       <x:c r="A233" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6">
       <x:c r="A234" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6">
       <x:c r="A235" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6">
       <x:c r="A236" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6">
       <x:c r="A237" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6">
       <x:c r="A238" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6">
       <x:c r="A239" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6">
       <x:c r="A240" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6">
       <x:c r="A241" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6">
       <x:c r="A242" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6">
       <x:c r="A243" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6">
       <x:c r="A244" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6">
       <x:c r="A245" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6">
       <x:c r="A246" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6">
       <x:c r="A247" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6">
       <x:c r="A248" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6">
       <x:c r="A249" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6">
       <x:c r="A250" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6">
       <x:c r="A251" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6">
       <x:c r="A252" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6">
       <x:c r="A253" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6">
       <x:c r="A254" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6">
       <x:c r="A255" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6">
       <x:c r="A256" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6">
       <x:c r="A257" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6">
       <x:c r="A258" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6">
       <x:c r="A259" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6">
       <x:c r="A260" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6">
       <x:c r="A261" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6">
       <x:c r="A262" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6">
       <x:c r="A263" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6">
       <x:c r="A264" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6">
       <x:c r="A265" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>16.82</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6">
       <x:c r="A266" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>16.82</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6">
       <x:c r="A267" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6">
       <x:c r="A268" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6">
       <x:c r="A269" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>16.73</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6">
       <x:c r="A270" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6">
       <x:c r="A271" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6">
       <x:c r="A272" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6">
       <x:c r="A273" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6">
       <x:c r="A274" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6">
       <x:c r="A275" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6">
       <x:c r="A276" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6">
       <x:c r="A277" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6">
       <x:c r="A278" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6">
       <x:c r="A279" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6">
       <x:c r="A280" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6">
       <x:c r="A281" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6">
       <x:c r="A282" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.73</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6">
       <x:c r="A283" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6">
       <x:c r="A284" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6">
       <x:c r="A285" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>16.57</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6">
       <x:c r="A286" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6">
       <x:c r="A287" s="2" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6">
       <x:c r="A288" s="2" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6">
       <x:c r="A289" s="2" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6">
       <x:c r="A290" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6">
       <x:c r="A291" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6">
       <x:c r="A292" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6">
       <x:c r="A293" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6">
       <x:c r="A294" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6">
       <x:c r="A295" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6">
       <x:c r="A296" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6">
       <x:c r="A297" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6">
       <x:c r="A298" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6">
       <x:c r="A299" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6">
       <x:c r="A300" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6">
       <x:c r="A301" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6">
       <x:c r="A302" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6">
       <x:c r="A303" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6">
       <x:c r="A304" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6">
       <x:c r="A305" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6">
       <x:c r="A306" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6">
       <x:c r="A307" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:6">
       <x:c r="A308" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:6">
       <x:c r="A309" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:6">
       <x:c r="A310" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:6">
       <x:c r="A311" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:6">
       <x:c r="A312" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:6">
       <x:c r="A313" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:6">
       <x:c r="A314" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:6">
       <x:c r="A315" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:6">
       <x:c r="A316" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:6">
       <x:c r="A317" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:6">
       <x:c r="A318" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:6">
       <x:c r="A319" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:6">
       <x:c r="A320" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:6">
       <x:c r="A321" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:6">
       <x:c r="A322" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:6">
       <x:c r="A323" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:6">
       <x:c r="A324" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:6">
       <x:c r="A325" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:6">
       <x:c r="A326" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:6">
       <x:c r="A327" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:6">
       <x:c r="A328" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:6">
       <x:c r="A329" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:6">
       <x:c r="A330" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:6">
       <x:c r="A331" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:6">
       <x:c r="A332" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:6">
       <x:c r="A333" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
         <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:6">
       <x:c r="A334" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
         <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:6">
       <x:c r="A335" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:6">
       <x:c r="A336" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:6">
       <x:c r="A337" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:6">
       <x:c r="A338" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:6">
       <x:c r="A339" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:6">
       <x:c r="A340" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:6">
       <x:c r="A341" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:6">
       <x:c r="A342" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:6">
       <x:c r="A343" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:6">
       <x:c r="A344" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:6">
       <x:c r="A345" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:6">
       <x:c r="A346" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:6">
       <x:c r="A347" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:6">
       <x:c r="A348" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:6">
       <x:c r="A349" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:6">
       <x:c r="A350" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:6">
       <x:c r="A351" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:6">
       <x:c r="A352" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:6">
       <x:c r="A353" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:6">
       <x:c r="A354" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:6">
       <x:c r="A355" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:6">
       <x:c r="A356" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:6">
       <x:c r="A357" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:6">
       <x:c r="A358" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:6">
       <x:c r="A359" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:6">
       <x:c r="A360" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:6">
       <x:c r="A361" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:6">
       <x:c r="A362" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:6">
       <x:c r="A363" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:6">
       <x:c r="A364" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:6">
       <x:c r="A365" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:6">
       <x:c r="A366" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:6">
       <x:c r="A367" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:6">
       <x:c r="A368" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:6">
       <x:c r="A369" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:6">
       <x:c r="A370" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:6">
       <x:c r="A371" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:6">
       <x:c r="A372" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:6">
       <x:c r="A373" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:6">
       <x:c r="A374" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:6">
       <x:c r="A375" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:6">
       <x:c r="A376" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:6">
       <x:c r="A377" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:6">
       <x:c r="A378" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:6">
       <x:c r="A379" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:6">
       <x:c r="A380" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:6">
       <x:c r="A381" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:6">
       <x:c r="A382" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:6">
       <x:c r="A383" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:6">
       <x:c r="A384" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:6">
       <x:c r="A385" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:6">
       <x:c r="A386" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:6">
       <x:c r="A387" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:6">
       <x:c r="A388" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:6">
       <x:c r="A389" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:6">
       <x:c r="A390" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:6">
       <x:c r="A391" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:6">
       <x:c r="A392" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:6">
       <x:c r="A393" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:6">
       <x:c r="A394" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:6">
       <x:c r="A395" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:6">
       <x:c r="A396" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:6">
       <x:c r="A397" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:6">
       <x:c r="A398" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:6">
       <x:c r="A399" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:6">
       <x:c r="A400" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:6">
       <x:c r="A401" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:6">
       <x:c r="A402" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:6">
       <x:c r="A403" s="2" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:6">
       <x:c r="A404" s="2" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:6">
       <x:c r="A405" s="2" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:6">
       <x:c r="A406" s="2" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>18.17</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:6">
       <x:c r="A407" s="2" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:6">
       <x:c r="A408" s="2" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:6">
       <x:c r="A409" s="2" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:6">
       <x:c r="A410" s="2" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:6">
       <x:c r="A411" s="2" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:6">
       <x:c r="A412" s="2" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:6">
       <x:c r="A413" s="2" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:6">
       <x:c r="A414" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:6">
       <x:c r="A415" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:6">
       <x:c r="A416" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:6">
       <x:c r="A417" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:6">
       <x:c r="A418" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:6">
       <x:c r="A419" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>18.17</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:6">
       <x:c r="A420" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:6">
       <x:c r="A421" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:6">
       <x:c r="A422" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:6">
       <x:c r="A423" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:6">
       <x:c r="A424" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:6">
       <x:c r="A425" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:6">
       <x:c r="A426" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:6">
       <x:c r="A427" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:6">
       <x:c r="A428" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:6">
       <x:c r="A429" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:6">
       <x:c r="A430" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:6">
       <x:c r="A431" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:6">
       <x:c r="A432" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:6">
       <x:c r="A433" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:6">
       <x:c r="A434" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:6">
       <x:c r="A435" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:6">
       <x:c r="A436" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:6">
       <x:c r="A437" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
         <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:6">
       <x:c r="A438" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:6">
       <x:c r="A439" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:6">
       <x:c r="A440" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
         <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:6">
       <x:c r="A441" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:6">
       <x:c r="A442" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:6">
       <x:c r="A443" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:6">
       <x:c r="A444" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:6">
       <x:c r="A445" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:6">
       <x:c r="A446" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:6">
       <x:c r="A447" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:6">
       <x:c r="A448" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:6">
       <x:c r="A449" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:6">
       <x:c r="A450" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:6">
       <x:c r="A451" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:6">
       <x:c r="A452" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:6">
       <x:c r="A453" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:6">
       <x:c r="A454" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:6">
       <x:c r="A455" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:6">
       <x:c r="A456" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:6">
       <x:c r="A457" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:6">
       <x:c r="A458" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
         <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:6">
       <x:c r="A459" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:6">
       <x:c r="A460" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:6">
       <x:c r="A461" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:6">
       <x:c r="A462" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:6">
       <x:c r="A463" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:6">
       <x:c r="A464" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:6">
       <x:c r="A465" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:6">
       <x:c r="A466" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:6">
       <x:c r="A467" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:6">
       <x:c r="A468" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:6">
       <x:c r="A469" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:6">
       <x:c r="A470" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:6">
       <x:c r="A471" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:6">
       <x:c r="A472" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:6">
       <x:c r="A473" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
         <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:6">
       <x:c r="A474" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:6">
       <x:c r="A475" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:6">
       <x:c r="A476" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:6">
       <x:c r="A477" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:6">
       <x:c r="A478" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:6">
       <x:c r="A479" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:6">
       <x:c r="A480" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:6">
       <x:c r="A481" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:6">
       <x:c r="A482" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:6">
       <x:c r="A483" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:6">
       <x:c r="A484" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:6">
       <x:c r="A485" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:6">
       <x:c r="A486" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:6">
       <x:c r="A487" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:6">
       <x:c r="A488" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:6">
       <x:c r="A489" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:6">
       <x:c r="A490" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:6">
       <x:c r="A491" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:6">
       <x:c r="A492" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:6">
       <x:c r="A493" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:6">
       <x:c r="A494" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:6">
       <x:c r="A495" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:6">
       <x:c r="A496" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:6">
       <x:c r="A497" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:6">
       <x:c r="A498" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:6">
       <x:c r="A499" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:6">
       <x:c r="A500" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:6">
       <x:c r="A501" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:6">
       <x:c r="A502" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
         <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:6">
       <x:c r="A503" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:6">
       <x:c r="A504" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:6">
       <x:c r="A505" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:6">
       <x:c r="A506" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:6">
       <x:c r="A507" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:6">
       <x:c r="A508" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:6">
       <x:c r="A509" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:6">
       <x:c r="A510" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:6">
       <x:c r="A511" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:6">
       <x:c r="A512" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:6">
       <x:c r="A513" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:6">
       <x:c r="A514" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:6">
       <x:c r="A515" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:6">
       <x:c r="A516" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:6">
       <x:c r="A517" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:6">
       <x:c r="A518" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:6">
       <x:c r="A519" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:6">
       <x:c r="A520" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:6">
       <x:c r="A521" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:6">
       <x:c r="A522" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:6">
       <x:c r="A523" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:6">
       <x:c r="A524" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:6">
       <x:c r="A525" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:6">
       <x:c r="A526" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:6">
       <x:c r="A527" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:6">
       <x:c r="A528" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:6">
       <x:c r="A529" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:6">
       <x:c r="A530" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:6">
       <x:c r="A531" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:6">
       <x:c r="A532" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:6">
       <x:c r="A533" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:6">
       <x:c r="A534" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:6">
       <x:c r="A535" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:6">
       <x:c r="A536" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:6">
       <x:c r="A537" s="2" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>18.34</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:6">
       <x:c r="A538" s="2" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>18.36</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:6">
       <x:c r="A539" s="2" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:6">
       <x:c r="A540" s="2" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:6">
       <x:c r="A541" s="2" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:6">
       <x:c r="A542" s="2" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:6">
       <x:c r="A543" s="2" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:6">
       <x:c r="A544" s="2" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:6">
       <x:c r="A545" s="2" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:6">
       <x:c r="A546" s="2" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:6">
       <x:c r="A547" s="2" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:6">
       <x:c r="A548" s="2" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:6">
       <x:c r="A549" s="2" t="s">
-        <x:v>550</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:6">
       <x:c r="A550" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18.34</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:6">
       <x:c r="A551" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:6">
       <x:c r="A552" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:6">
       <x:c r="A553" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:6">
       <x:c r="A554" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:6">
       <x:c r="A555" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:6">
       <x:c r="A556" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:6">
       <x:c r="A557" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:6">
       <x:c r="A558" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:6">
       <x:c r="A559" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:6">
       <x:c r="A560" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:6">
       <x:c r="A561" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:6">
       <x:c r="A562" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:6">
       <x:c r="A563" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:6">
       <x:c r="A564" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:6">
       <x:c r="A565" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:6">
       <x:c r="A566" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:6">
       <x:c r="A567" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:6">
       <x:c r="A568" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:6">
       <x:c r="A569" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:6">
       <x:c r="A570" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:6">
       <x:c r="A571" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:6">
       <x:c r="A572" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:6">
       <x:c r="A573" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:6">
       <x:c r="A574" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:6">
       <x:c r="A575" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:6">
       <x:c r="A576" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:6">
       <x:c r="A577" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:6">
       <x:c r="A578" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:6">
       <x:c r="A579" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:6">
       <x:c r="A580" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:6">
       <x:c r="A581" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:6">
       <x:c r="A582" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:6">
       <x:c r="A583" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:6">
       <x:c r="A584" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:6">
       <x:c r="A585" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:6">
       <x:c r="A586" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:6">
       <x:c r="A587" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:6">
       <x:c r="A588" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:6">
       <x:c r="A589" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:6">
       <x:c r="A590" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:6">
       <x:c r="A591" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:6">
       <x:c r="A592" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:6">
       <x:c r="A593" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:6">
       <x:c r="A594" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:6">
       <x:c r="A595" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:6">
       <x:c r="A596" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:6">
       <x:c r="A597" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:6">
       <x:c r="A598" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:6">
       <x:c r="A599" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:6">
       <x:c r="A600" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:6">
       <x:c r="A601" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:6">
       <x:c r="A602" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:6">
       <x:c r="A603" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:6">
       <x:c r="A604" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:6">
       <x:c r="A605" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:6">
       <x:c r="A606" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:6">
       <x:c r="A607" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:6">
       <x:c r="A608" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:6">
       <x:c r="A609" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:6">
       <x:c r="A610" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:6">
       <x:c r="A611" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:6">
       <x:c r="A612" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:6">
       <x:c r="A613" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:6">
       <x:c r="A614" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:6">
       <x:c r="A615" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:6">
       <x:c r="A616" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:6">
       <x:c r="A617" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:6">
       <x:c r="A618" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:6">
       <x:c r="A619" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:6">
       <x:c r="A620" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:6">
       <x:c r="A621" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:6">
       <x:c r="A622" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:6">
       <x:c r="A623" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:6">
       <x:c r="A624" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:6">
       <x:c r="A625" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:6">
       <x:c r="A626" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:6">
       <x:c r="A627" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:6">
       <x:c r="A628" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:6">
       <x:c r="A629" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:6">
       <x:c r="A630" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:6">
       <x:c r="A631" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:6">
       <x:c r="A632" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:6">
       <x:c r="A633" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:6">
       <x:c r="A634" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:6">
       <x:c r="A635" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:6">
       <x:c r="A636" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:6">
       <x:c r="A637" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:6">
       <x:c r="A638" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:6">
       <x:c r="A639" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:6">
       <x:c r="A640" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:6">
       <x:c r="A641" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:6">
       <x:c r="A642" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:6">
       <x:c r="A643" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:6">
       <x:c r="A644" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:6">
       <x:c r="A645" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:6">
       <x:c r="A646" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:6">
       <x:c r="A647" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:6">
       <x:c r="A648" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:6">
       <x:c r="A649" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:6">
       <x:c r="A650" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:6">
       <x:c r="A651" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:6">
       <x:c r="A652" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:6">
       <x:c r="A653" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:6">
       <x:c r="A654" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:6">
       <x:c r="A655" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:6">
       <x:c r="A656" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:6">
       <x:c r="A657" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:6">
       <x:c r="A658" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:6">
       <x:c r="A659" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:6">
       <x:c r="A660" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:6">
       <x:c r="A661" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:6">
       <x:c r="A662" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:6">
       <x:c r="A663" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:6">
       <x:c r="A664" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:6">
       <x:c r="A665" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:6">
       <x:c r="A666" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:6">
       <x:c r="A667" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:6">
       <x:c r="A668" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:6">
       <x:c r="A669" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:6">
       <x:c r="A670" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:6">
       <x:c r="A671" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:6">
       <x:c r="A672" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:6">
       <x:c r="A673" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:6">
       <x:c r="A674" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:6">
       <x:c r="A675" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:6">
       <x:c r="A676" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:6">
       <x:c r="A677" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:6">
       <x:c r="A678" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:6">
       <x:c r="A679" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:6">
       <x:c r="A680" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:6">
       <x:c r="A681" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:6">
       <x:c r="A682" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:6">
       <x:c r="A683" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:6">
       <x:c r="A684" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:6">
       <x:c r="A685" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:6">
       <x:c r="A686" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:6">
       <x:c r="A687" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:6">
       <x:c r="A688" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:6">
       <x:c r="A689" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:6">
       <x:c r="A690" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:6">
       <x:c r="A691" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:6">
       <x:c r="A692" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:6">
       <x:c r="A693" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:6">
       <x:c r="A694" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:6">
       <x:c r="A695" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:6">
       <x:c r="A696" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:6">
       <x:c r="A697" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:6">
       <x:c r="A698" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:6">
       <x:c r="A699" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:6">
       <x:c r="A700" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:6">
       <x:c r="A701" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:6">
       <x:c r="A702" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:6">
       <x:c r="A703" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:6">
       <x:c r="A704" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:6">
       <x:c r="A705" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:6">
       <x:c r="A706" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:6">
       <x:c r="A707" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="708" spans="1:6">
+      <x:c r="A708" s="2" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B708" s="3" t="n">
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:6">
       <x:c r="A709" s="2" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B709" s="3" t="n">
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:6">
       <x:c r="A710" s="2" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="B710" s="3" t="n">
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:6">
       <x:c r="A711" s="2" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B711" s="3" t="n">
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:6">
       <x:c r="A712" s="2" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="B712" s="3" t="n">
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:6">
       <x:c r="A713" s="2" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="B713" s="3" t="n">
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:6">
-      <x:c r="A714" s="1" t="s">
-        <x:v>714</x:v>
+      <x:c r="A714" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B714" s="3" t="n">
+        <x:v>17.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="715" spans="1:6">
+      <x:c r="A715" s="2" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="B715" s="3" t="n">
+        <x:v>17.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="716" spans="1:6">
+      <x:c r="A716" s="2" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B716" s="3" t="n">
+        <x:v>17.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="717" spans="1:6">
+      <x:c r="A717" s="2" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B717" s="3" t="n">
+        <x:v>17.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="718" spans="1:6">
+      <x:c r="A718" s="2" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B718" s="3" t="n">
+        <x:v>17.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="719" spans="1:6">
+      <x:c r="A719" s="2" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="B719" s="3" t="n">
+        <x:v>17.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="720" spans="1:6">
+      <x:c r="A720" s="2" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B720" s="3" t="n">
+        <x:v>17.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="722" spans="1:6">
+      <x:c r="A722" s="2" t="s">
+        <x:v>722</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="723" spans="1:6">
+      <x:c r="A723" s="2" t="s">
+        <x:v>723</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="724" spans="1:6">
+      <x:c r="A724" s="2" t="s">
+        <x:v>724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="725" spans="1:6">
+      <x:c r="A725" s="2" t="s">
+        <x:v>725</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="726" spans="1:6">
+      <x:c r="A726" s="2" t="s">
+        <x:v>726</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="727" spans="1:6">
+      <x:c r="A727" s="1" t="s">
+        <x:v>727</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1912"/>
+  <x:dimension ref="A1:H1925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.9802</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H5" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>1.3274</x:v>
       </x:c>
       <x:c r="G6" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H6" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.36</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>1.0946</x:v>
       </x:c>
       <x:c r="G7" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H7" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.7756</x:v>
       </x:c>
       <x:c r="G8" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H8" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>719</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>1.2981</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>720</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F10" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.0235</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0088</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
-        <x:v>721</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.5439</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0.3843</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.0977</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.36</x:v>
       </x:c>
       <x:c r="E12" s="2" t="s">
-        <x:v>722</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>0.1387</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>1.4695</x:v>
       </x:c>
       <x:c r="H12" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="E13" s="2" t="s">
-        <x:v>723</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>0.2422</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>0.0353</x:v>
       </x:c>
       <x:c r="H13" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.36</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
-        <x:v>724</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>0.1614</x:v>
       </x:c>
       <x:c r="G14" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>0.0164</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.36</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>1.1545</x:v>
       </x:c>
       <x:c r="G15" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H15" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
-        <x:v>726</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0.416</x:v>
       </x:c>
       <x:c r="G16" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H16" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
-        <x:v>727</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.6114</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>0.1477</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>0.008</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
         <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
         <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
         <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>16.51</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>16.5</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>16.41</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>16.41</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>16.56</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.51</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>16.79</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>16.75</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>16.75</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>18.17</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
-        <x:v>302</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.17</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>18.24</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>18.17</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.17</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
         <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
         <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
         <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
         <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
         <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
         <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>18.36</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>18.38</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>18.24</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
-        <x:v>550</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
         <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
-        <x:v>733</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
-        <x:v>734</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
         <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
-        <x:v>736</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
-        <x:v>737</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
-        <x:v>738</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
-        <x:v>739</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
-        <x:v>740</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>16.54</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>16.59</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>16.53</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>16.53</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>16.73</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="2" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B739" s="3" t="n">
-        <x:v>16.74</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B740" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="B741" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B742" s="3" t="n">
-        <x:v>16.59</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B743" s="3" t="n">
-        <x:v>16.52</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B744" s="3" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="2" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B745" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="2" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B746" s="3" t="n">
-        <x:v>16.79</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="2" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B747" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="2" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B748" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="2" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B749" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="2" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B750" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="2" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B751" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>16.73</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="2" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="B752" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="2" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="B753" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="2" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B754" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="2" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B755" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="2" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B756" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="2" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="B757" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="2" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B758" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="2" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B759" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="2" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B760" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="2" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B761" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="2" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B762" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="2" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B763" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="2" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="B764" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="2" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B765" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="2" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B766" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="2" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="B767" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="2" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B768" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="2" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B769" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="2" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="B770" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="2" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B771" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="2" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B772" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="2" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="B773" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="2" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="B774" s="3" t="n">
-        <x:v>16.59</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="2" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B775" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="2" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="B776" s="3" t="n">
-        <x:v>16.48</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="2" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B777" s="3" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="2" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="B778" s="3" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="2" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B779" s="3" t="n">
-        <x:v>16.42</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="2" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B780" s="3" t="n">
-        <x:v>16.53</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="2" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B781" s="3" t="n">
-        <x:v>16.51</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="2" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B782" s="3" t="n">
-        <x:v>16.54</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="2" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="B783" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="2" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B784" s="3" t="n">
-        <x:v>16.48</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="2" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="B785" s="3" t="n">
-        <x:v>16.54</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="2" t="s">
-        <x:v>719</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B786" s="3" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="2" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="B787" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="2" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B788" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="2" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B789" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="2" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B790" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="2" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B791" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="2" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B792" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>16.42</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="2" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B793" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="2" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B794" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>16.51</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="2" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B795" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="2" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B796" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="2" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="B797" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="2" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B798" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="2" t="s">
-        <x:v>818</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B799" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="2" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="B800" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="2" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="B801" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="2" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B802" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="2" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="B803" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="2" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="B804" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="2" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B805" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="2" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="B806" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="2" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="B807" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="2" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="B808" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="2" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="B809" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="2" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="B810" s="3" t="n">
-        <x:v>17.54</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="2" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="B811" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="2" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="B812" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="2" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="B813" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="2" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B814" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="2" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B815" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="2" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B816" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="2" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="B817" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="2" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="B818" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="2" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B819" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="2" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B820" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="2" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B821" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="2" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B822" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="2" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="B823" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.54</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="2" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="B824" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="2" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B825" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="2" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B826" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="2" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B827" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="2" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B828" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="2" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B829" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="2" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="B830" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="2" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B831" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="2" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="B832" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="2" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="B833" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="2" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B834" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="2" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B835" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="2" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="B836" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="2" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B837" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="2" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B838" s="3" t="n">
-        <x:v>16.74</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="2" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="B839" s="3" t="n">
-        <x:v>16.74</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="2" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B840" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="2" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="B841" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="2" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="B842" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="2" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="B843" s="3" t="n">
-        <x:v>16.82</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="2" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="B844" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="2" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="B845" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="2" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="B846" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="2" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="B847" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="2" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="B848" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="2" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B849" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="2" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="B850" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="2" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="B851" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="2" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B852" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="2" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="B853" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="2" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="B854" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="2" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="B855" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="2" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B856" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="2" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B857" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="2" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B858" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="2" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B859" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="2" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B860" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="2" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B861" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="2" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B862" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="2" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="B863" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="2" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="B864" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="2" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B865" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="2" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="B866" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="2" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="B867" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="2" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B868" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="2" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="B869" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="2" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="B870" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="2" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B871" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="2" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="B872" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="2" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B873" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="2" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B874" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="2" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="B875" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="2" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B876" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="2" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B877" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="2" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B878" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="2" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="B879" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="2" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B880" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="2" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="B881" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="2" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B882" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="2" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B883" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="2" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B884" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="2" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B885" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="2" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B886" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="2" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="B887" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="2" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B888" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="2" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B889" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="2" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B890" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="2" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="B891" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="2" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B892" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="2" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="B893" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="2" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="B894" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="2" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B895" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="2" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="B896" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="2" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="B897" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="2" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B898" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="2" t="s">
-        <x:v>720</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="B899" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="2" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B900" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="2" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="B901" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="2" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B902" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="2" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B903" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="2" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B904" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="2" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B905" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="2" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B906" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="2" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B907" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="2" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B908" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="2" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B909" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="2" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B910" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="2" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="B911" s="3" t="n">
-        <x:v>16.77</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="2" t="s">
-        <x:v>930</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="B912" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="2" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="B913" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="2" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="B914" s="3" t="n">
-        <x:v>16.79</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="2" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="B915" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="2" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="B916" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="2" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="B917" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="2" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="B918" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="2" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="B919" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="2" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B920" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="2" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="B921" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="2" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="B922" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="2" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B923" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="2" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="B924" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="2" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="B925" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="2" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B926" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="2" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B927" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="2" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="B928" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="2" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B929" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="2" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B930" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="2" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="B931" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="2" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B932" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="2" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B933" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="2" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="B934" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="2" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B935" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="2" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B936" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="2" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="B937" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="2" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B938" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="2" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B939" s="3" t="n">
-        <x:v>17.54</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="2" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="B940" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="2" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B941" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="2" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B942" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="2" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="B943" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="2" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B944" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="2" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B945" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="2" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B946" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="2" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B947" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="2" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="B948" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="2" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B949" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="2" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B950" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="2" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B951" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="2" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B952" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.54</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="2" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="B953" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="2" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B954" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="2" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B955" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="2" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="B956" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="2" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="B957" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="2" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B958" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="2" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="B959" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="2" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="B960" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="2" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="B961" s="3" t="n">
-        <x:v>18.36</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="2" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B962" s="3" t="n">
-        <x:v>18.48</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="2" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="B963" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="2" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="B964" s="3" t="n">
-        <x:v>18.46</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="2" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B965" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="2" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="B966" s="3" t="n">
-        <x:v>18.46</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="2" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="B967" s="3" t="n">
-        <x:v>18.27</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="2" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="B968" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="2" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="B969" s="3" t="n">
-        <x:v>18.33</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="2" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="B970" s="3" t="n">
-        <x:v>18.32</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="2" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="B971" s="3" t="n">
-        <x:v>18.32</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="2" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B972" s="3" t="n">
-        <x:v>18.32</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="2" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="B973" s="3" t="n">
-        <x:v>18.43</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="2" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B974" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="2" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B975" s="3" t="n">
-        <x:v>18.29</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="2" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B976" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="2" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="B977" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="2" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B978" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="2" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B979" s="3" t="n">
-        <x:v>18.29</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="2" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="B980" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.27</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="2" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="B981" s="3" t="n">
-        <x:v>18.33</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="2" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="B982" s="3" t="n">
-        <x:v>18.37</x:v>
+        <x:v>18.33</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="2" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="B983" s="3" t="n">
-        <x:v>18.51</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="2" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B984" s="3" t="n">
-        <x:v>18.59</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="2" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B985" s="3" t="n">
-        <x:v>18.6</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="2" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="B986" s="3" t="n">
-        <x:v>18.62</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="2" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B987" s="3" t="n">
-        <x:v>18.61</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="2" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B988" s="3" t="n">
-        <x:v>18.56</x:v>
+        <x:v>18.29</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="2" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="B989" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="2" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="B990" s="3" t="n">
-        <x:v>18.43</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="2" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="B991" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="2" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="B992" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>18.29</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="2" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B993" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="2" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B994" s="3" t="n">
-        <x:v>18.48</x:v>
+        <x:v>18.33</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="2" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="B995" s="3" t="n">
-        <x:v>18.44</x:v>
+        <x:v>18.37</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="2" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B996" s="3" t="n">
-        <x:v>18.39</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="2" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B997" s="3" t="n">
-        <x:v>18.44</x:v>
+        <x:v>18.59</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="2" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="B998" s="3" t="n">
-        <x:v>18.53</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="2" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B999" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="2" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B1000" s="3" t="n">
-        <x:v>18.64</x:v>
+        <x:v>18.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="2" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="B1001" s="3" t="n">
-        <x:v>18.63</x:v>
+        <x:v>18.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="2" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B1002" s="3" t="n">
-        <x:v>18.62</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="2" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="B1003" s="3" t="n">
-        <x:v>18.74</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="2" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B1004" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="2" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B1005" s="3" t="n">
-        <x:v>18.82</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="2" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B1006" s="3" t="n">
-        <x:v>18.74</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="2" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B1007" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="2" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B1008" s="3" t="n">
-        <x:v>18.73</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="2" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B1009" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="2" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="B1010" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="2" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B1011" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="2" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B1012" s="3" t="n">
-        <x:v>18.92</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="2" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B1013" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="2" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1014" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>18.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="2" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1015" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>18.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="2" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B1016" s="3" t="n">
-        <x:v>19.06</x:v>
+        <x:v>18.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="2" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="B1017" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="2" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="B1018" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="2" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B1019" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>18.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="2" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="2" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>18.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="2" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="B1022" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="2" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="B1023" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="2" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B1024" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="2" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="B1025" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>18.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="2" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="B1026" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="2" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B1027" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="2" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B1028" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="2" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="B1029" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="2" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B1030" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="2" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="B1031" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="2" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B1032" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="2" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B1033" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="2" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="B1034" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="2" t="s">
-        <x:v>721</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="B1035" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="2" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="2" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="2" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="2" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="B1039" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="2" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="B1040" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="2" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="B1041" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="2" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="B1042" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="2" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="2" t="s">
-        <x:v>1061</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="2" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="B1045" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="2" t="s">
-        <x:v>1063</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="B1046" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="2" t="s">
-        <x:v>1064</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="B1047" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="2" t="s">
-        <x:v>1065</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B1048" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="2" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B1049" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="2" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="B1050" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="2" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="B1051" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="2" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B1052" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="2" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="B1053" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="2" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="B1054" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="2" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B1055" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="2" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="B1056" s="3" t="n">
         <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="2" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B1057" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="2" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B1058" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="2" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="B1059" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="2" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="B1060" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="2" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B1061" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="2" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="B1062" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="2" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="B1063" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="2" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B1064" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="2" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B1065" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="2" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="B1066" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="2" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B1067" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="2" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B1068" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="2" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="B1069" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="2" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B1070" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="2" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B1071" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="2" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="B1072" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="2" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B1073" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="2" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="B1074" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="2" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="B1075" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="2" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B1076" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="2" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="B1077" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="2" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="B1078" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="2" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B1079" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="2" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="B1080" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="2" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B1081" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="2" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B1082" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="2" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="B1083" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="2" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="B1084" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="2" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B1085" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="2" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B1086" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="2" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B1087" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="2" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B1088" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="2" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="B1089" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="2" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="B1090" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="2" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B1091" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="2" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="B1092" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="2" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B1093" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="2" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B1094" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="2" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1095" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="2" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1096" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="2" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B1097" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="2" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="B1098" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="2" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B1099" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="2" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B1100" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="2" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="B1101" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="2" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="B1102" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="2" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B1103" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="2" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="B1104" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="2" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="B1105" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="2" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="B1106" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="2" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B1107" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="2" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="2" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="2" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B1110" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="2" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B1111" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="2" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="B1112" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="2" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B1113" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="2" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="B1114" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="2" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B1115" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="2" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="B1116" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="2" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="2" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="2" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="B1119" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="2" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="B1120" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="2" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B1121" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="2" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="B1122" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="2" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="B1123" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="2" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="B1124" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="2" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="B1125" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="2" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="B1126" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="2" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="B1127" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="2" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="B1128" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="2" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B1129" s="3" t="n">
         <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="2" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="B1130" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="2" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="B1131" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="2" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B1132" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="2" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B1133" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="2" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="B1134" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="2" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B1135" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="2" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B1136" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="2" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="B1137" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="2" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B1138" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="2" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="B1139" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="2" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B1140" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="2" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B1141" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="2" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="B1142" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="2" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="B1143" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="2" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="B1144" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="2" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="B1145" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="2" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="B1146" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="2" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="B1147" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="2" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="B1148" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="2" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B1149" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="2" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="B1150" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="2" t="s">
-        <x:v>722</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="B1151" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="2" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B1152" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="2" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="B1153" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="2" t="s">
-        <x:v>1170</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="B1154" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="2" t="s">
-        <x:v>1171</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="B1155" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="2" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="B1156" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="2" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="B1157" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="2" t="s">
-        <x:v>1174</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="B1158" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="2" t="s">
-        <x:v>1175</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="B1159" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="2" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="B1160" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="2" t="s">
-        <x:v>1177</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="B1161" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="2" t="s">
-        <x:v>1178</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="B1162" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="2" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="B1163" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="2" t="s">
-        <x:v>1180</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B1164" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="2" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="B1165" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="2" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="B1166" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="2" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="B1167" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="2" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="B1168" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="2" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="B1169" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="2" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B1170" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="2" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="B1171" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="2" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="B1172" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="2" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="B1173" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="2" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="B1174" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="2" t="s">
         <x:v>1191</x:v>
       </x:c>
       <x:c r="B1175" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="2" t="s">
         <x:v>1192</x:v>
       </x:c>
       <x:c r="B1176" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="2" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="B1177" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="2" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="B1178" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="2" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B1179" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="2" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="2" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="2" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B1182" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="2" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="B1183" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="2" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="B1184" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="2" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="B1185" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="2" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B1186" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="2" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="B1187" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="2" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B1188" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="2" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="B1189" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="2" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B1190" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="2" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="B1191" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="2" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="B1192" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="2" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B1193" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="2" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="2" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="2" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="B1196" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="2" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="B1197" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="2" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B1198" s="3" t="n">
         <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="2" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="2" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="2" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="B1201" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="2" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B1202" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="2" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="B1203" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="2" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="B1204" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="2" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="B1205" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="2" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="B1206" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="2" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="B1207" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="2" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="B1208" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="2" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="B1209" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="2" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B1210" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="2" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B1211" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="2" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="B1212" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="2" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="B1213" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="2" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B1214" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="2" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="B1215" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="2" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="B1216" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="2" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="B1217" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:8">
       <x:c r="A1218" s="2" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B1218" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:8">
       <x:c r="A1219" s="2" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="B1219" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:8">
       <x:c r="A1220" s="2" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="B1220" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:8">
       <x:c r="A1221" s="2" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B1221" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="2" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="B1222" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:8">
       <x:c r="A1223" s="2" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="B1223" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="2" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B1224" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="2" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="B1225" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="2" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="B1226" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="2" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B1227" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="2" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B1228" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="2" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="B1229" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="2" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B1230" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="2" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="B1231" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="2" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B1232" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="2" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B1233" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="2" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="B1234" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="2" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="B1235" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="2" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B1236" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="2" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="B1237" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="2" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="B1238" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="2" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B1239" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="2" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="B1240" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="2" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1241" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="2" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1242" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="2" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="B1243" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="2" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="B1244" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="2" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B1245" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="2" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="B1246" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="2" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="B1247" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="2" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B1248" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="2" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="B1249" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:8">
       <x:c r="A1250" s="2" t="s">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="B1250" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:8">
       <x:c r="A1251" s="2" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B1251" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:8">
       <x:c r="A1252" s="2" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="B1252" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:8">
       <x:c r="A1253" s="2" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="B1253" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:8">
       <x:c r="A1254" s="2" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="B1254" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:8">
       <x:c r="A1255" s="2" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B1255" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:8">
       <x:c r="A1256" s="2" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="B1256" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:8">
       <x:c r="A1257" s="2" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="B1257" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:8">
       <x:c r="A1258" s="2" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="B1258" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:8">
       <x:c r="A1259" s="2" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="B1259" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:8">
       <x:c r="A1260" s="2" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B1260" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:8">
       <x:c r="A1261" s="2" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="B1261" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:8">
       <x:c r="A1262" s="2" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:8">
       <x:c r="A1263" s="2" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:8">
       <x:c r="A1264" s="2" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B1264" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:8">
       <x:c r="A1265" s="2" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="B1265" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:8">
       <x:c r="A1266" s="2" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B1266" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:8">
       <x:c r="A1267" s="2" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="B1267" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:8">
       <x:c r="A1268" s="2" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="B1268" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:8">
       <x:c r="A1269" s="2" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B1269" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:8">
       <x:c r="A1270" s="2" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="B1270" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:8">
       <x:c r="A1271" s="2" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B1271" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:8">
       <x:c r="A1272" s="2" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="B1272" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:8">
       <x:c r="A1273" s="2" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B1273" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:8">
       <x:c r="A1274" s="2" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="B1274" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:8">
       <x:c r="A1275" s="2" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B1275" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:8">
       <x:c r="A1276" s="2" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="B1276" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:8">
       <x:c r="A1277" s="2" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="B1277" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:8">
       <x:c r="A1278" s="2" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="B1278" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:8">
       <x:c r="A1279" s="2" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="B1279" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:8">
       <x:c r="A1280" s="2" t="s">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="B1280" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:8">
       <x:c r="A1281" s="2" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="B1281" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:8">
       <x:c r="A1282" s="2" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="B1282" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:8">
       <x:c r="A1283" s="2" t="s">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="B1283" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:8">
       <x:c r="A1284" s="2" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B1284" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:8">
       <x:c r="A1285" s="2" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B1285" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:8">
       <x:c r="A1286" s="2" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="B1286" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:8">
       <x:c r="A1287" s="2" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B1287" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:8">
       <x:c r="A1288" s="2" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B1288" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:8">
       <x:c r="A1289" s="2" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="B1289" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:8">
       <x:c r="A1290" s="2" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B1290" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:8">
       <x:c r="A1291" s="2" t="s">
-        <x:v>723</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="B1291" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:8">
       <x:c r="A1292" s="2" t="s">
-        <x:v>1307</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="B1292" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:8">
       <x:c r="A1293" s="2" t="s">
-        <x:v>1308</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="B1293" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:8">
       <x:c r="A1294" s="2" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="B1294" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:8">
       <x:c r="A1295" s="2" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="B1295" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:8">
       <x:c r="A1296" s="2" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B1296" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:8">
       <x:c r="A1297" s="2" t="s">
-        <x:v>1312</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="B1297" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:8">
       <x:c r="A1298" s="2" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="B1298" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:8">
       <x:c r="A1299" s="2" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="B1299" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:8">
       <x:c r="A1300" s="2" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="B1300" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:8">
       <x:c r="A1301" s="2" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B1301" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:8">
       <x:c r="A1302" s="2" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="B1302" s="3" t="n">
         <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:8">
       <x:c r="A1303" s="2" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="B1303" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:8">
       <x:c r="A1304" s="2" t="s">
-        <x:v>1319</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B1304" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:8">
       <x:c r="A1305" s="2" t="s">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="B1305" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:8">
       <x:c r="A1306" s="2" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B1306" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:8">
       <x:c r="A1307" s="2" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B1307" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:8">
       <x:c r="A1308" s="2" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="B1308" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:8">
       <x:c r="A1309" s="2" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B1309" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:8">
       <x:c r="A1310" s="2" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="B1310" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:8">
       <x:c r="A1311" s="2" t="s">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="B1311" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:8">
       <x:c r="A1312" s="2" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B1312" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:8">
       <x:c r="A1313" s="2" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="B1313" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:8">
       <x:c r="A1314" s="2" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="B1314" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:8">
       <x:c r="A1315" s="2" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B1315" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:8">
       <x:c r="A1316" s="2" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:8">
       <x:c r="A1317" s="2" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:8">
       <x:c r="A1318" s="2" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B1318" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:8">
       <x:c r="A1319" s="2" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B1319" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:8">
       <x:c r="A1320" s="2" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B1320" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:8">
       <x:c r="A1321" s="2" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B1321" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:8">
       <x:c r="A1322" s="2" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B1322" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:8">
       <x:c r="A1323" s="2" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="B1323" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:8">
       <x:c r="A1324" s="2" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B1324" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:8">
       <x:c r="A1325" s="2" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B1325" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:8">
       <x:c r="A1326" s="2" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:8">
       <x:c r="A1327" s="2" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:8">
       <x:c r="A1328" s="2" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B1328" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:8">
       <x:c r="A1329" s="2" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B1329" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:8">
       <x:c r="A1330" s="2" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B1330" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:8">
       <x:c r="A1331" s="2" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B1331" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:8">
       <x:c r="A1332" s="2" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="B1332" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:8">
       <x:c r="A1333" s="2" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B1333" s="3" t="n">
         <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:8">
       <x:c r="A1334" s="2" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B1334" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:8">
       <x:c r="A1335" s="2" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="B1335" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:8">
       <x:c r="A1336" s="2" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B1336" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:8">
       <x:c r="A1337" s="2" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B1337" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:8">
       <x:c r="A1338" s="2" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="B1338" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:8">
       <x:c r="A1339" s="2" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B1339" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:8">
       <x:c r="A1340" s="2" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B1340" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:8">
       <x:c r="A1341" s="2" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="B1341" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:8">
       <x:c r="A1342" s="2" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B1342" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:8">
       <x:c r="A1343" s="2" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="B1343" s="3" t="n">
-        <x:v>19.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:8">
       <x:c r="A1344" s="2" t="s">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="B1344" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:8">
       <x:c r="A1345" s="2" t="s">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="B1345" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:8">
       <x:c r="A1346" s="2" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B1346" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:8">
       <x:c r="A1347" s="2" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="B1347" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:8">
       <x:c r="A1348" s="2" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B1348" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:8">
       <x:c r="A1349" s="2" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="B1349" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:8">
       <x:c r="A1350" s="2" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B1350" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:8">
       <x:c r="A1351" s="2" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="B1351" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:8">
       <x:c r="A1352" s="2" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B1352" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:8">
       <x:c r="A1353" s="2" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B1353" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:8">
       <x:c r="A1354" s="2" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B1354" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:8">
       <x:c r="A1355" s="2" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="B1355" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:8">
       <x:c r="A1356" s="2" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="B1356" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:8">
       <x:c r="A1357" s="2" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="B1357" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:8">
       <x:c r="A1358" s="2" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="B1358" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:8">
       <x:c r="A1359" s="2" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="B1359" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:8">
       <x:c r="A1360" s="2" t="s">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="B1360" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:8">
       <x:c r="A1361" s="2" t="s">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="B1361" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:8">
       <x:c r="A1362" s="2" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="B1362" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:8">
       <x:c r="A1363" s="2" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="B1363" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:8">
       <x:c r="A1364" s="2" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B1364" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:8">
       <x:c r="A1365" s="2" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="B1365" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:8">
       <x:c r="A1366" s="2" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1366" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:8">
       <x:c r="A1367" s="2" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="B1367" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:8">
       <x:c r="A1368" s="2" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="B1368" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:8">
       <x:c r="A1369" s="2" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="B1369" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:8">
       <x:c r="A1370" s="2" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="B1370" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:8">
       <x:c r="A1371" s="2" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="B1371" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:8">
       <x:c r="A1372" s="2" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="B1372" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:8">
       <x:c r="A1373" s="2" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="B1373" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:8">
       <x:c r="A1374" s="2" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="B1374" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:8">
       <x:c r="A1375" s="2" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="B1375" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:8">
       <x:c r="A1376" s="2" t="s">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="B1376" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:8">
       <x:c r="A1377" s="2" t="s">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="B1377" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:8">
       <x:c r="A1378" s="2" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="B1378" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:8">
       <x:c r="A1379" s="2" t="s">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="B1379" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:8">
       <x:c r="A1380" s="2" t="s">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="B1380" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:8">
       <x:c r="A1381" s="2" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="B1381" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:8">
       <x:c r="A1382" s="2" t="s">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="B1382" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:8">
       <x:c r="A1383" s="2" t="s">
         <x:v>1398</x:v>
       </x:c>
       <x:c r="B1383" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:8">
       <x:c r="A1384" s="2" t="s">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="B1384" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:8">
       <x:c r="A1385" s="2" t="s">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="B1385" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:8">
       <x:c r="A1386" s="2" t="s">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="B1386" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:8">
       <x:c r="A1387" s="2" t="s">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="B1387" s="3" t="n">
-        <x:v>19.7</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:8">
       <x:c r="A1388" s="2" t="s">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="B1388" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:8">
       <x:c r="A1389" s="2" t="s">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="B1389" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:8">
       <x:c r="A1390" s="2" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="B1390" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:8">
       <x:c r="A1391" s="2" t="s">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="B1391" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:8">
       <x:c r="A1392" s="2" t="s">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="B1392" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:8">
       <x:c r="A1393" s="2" t="s">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="B1393" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:8">
       <x:c r="A1394" s="2" t="s">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="B1394" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:8">
       <x:c r="A1395" s="2" t="s">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="B1395" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:8">
       <x:c r="A1396" s="2" t="s">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="B1396" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:8">
       <x:c r="A1397" s="2" t="s">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="B1397" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:8">
       <x:c r="A1398" s="2" t="s">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="B1398" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:8">
       <x:c r="A1399" s="2" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="B1399" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:8">
       <x:c r="A1400" s="2" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="B1400" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:8">
       <x:c r="A1401" s="2" t="s">
-        <x:v>724</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="B1401" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:8">
       <x:c r="A1402" s="2" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="B1402" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:8">
       <x:c r="A1403" s="2" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B1403" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:8">
       <x:c r="A1404" s="2" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="B1404" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:8">
       <x:c r="A1405" s="2" t="s">
-        <x:v>1419</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="B1405" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:8">
       <x:c r="A1406" s="2" t="s">
-        <x:v>1420</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="B1406" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:8">
       <x:c r="A1407" s="2" t="s">
-        <x:v>1421</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="B1407" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:8">
       <x:c r="A1408" s="2" t="s">
-        <x:v>1422</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="B1408" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:8">
       <x:c r="A1409" s="2" t="s">
-        <x:v>1423</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="B1409" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:8">
       <x:c r="A1410" s="2" t="s">
-        <x:v>1424</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="B1410" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:8">
       <x:c r="A1411" s="2" t="s">
-        <x:v>1425</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="B1411" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:8">
       <x:c r="A1412" s="2" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="B1412" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:8">
       <x:c r="A1413" s="2" t="s">
-        <x:v>1427</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="B1413" s="3" t="n">
-        <x:v>19.56</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:8">
       <x:c r="A1414" s="2" t="s">
-        <x:v>1428</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B1414" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:8">
       <x:c r="A1415" s="2" t="s">
         <x:v>1429</x:v>
       </x:c>
       <x:c r="B1415" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:8">
       <x:c r="A1416" s="2" t="s">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="B1416" s="3" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:8">
       <x:c r="A1417" s="2" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="B1417" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:8">
       <x:c r="A1418" s="2" t="s">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="B1418" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:8">
       <x:c r="A1419" s="2" t="s">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="B1419" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:8">
       <x:c r="A1420" s="2" t="s">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="B1420" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:8">
       <x:c r="A1421" s="2" t="s">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="B1421" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:8">
       <x:c r="A1422" s="2" t="s">
         <x:v>1436</x:v>
       </x:c>
       <x:c r="B1422" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:8">
       <x:c r="A1423" s="2" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="B1423" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:8">
       <x:c r="A1424" s="2" t="s">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="B1424" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:8">
       <x:c r="A1425" s="2" t="s">
         <x:v>1439</x:v>
       </x:c>
       <x:c r="B1425" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:8">
       <x:c r="A1426" s="2" t="s">
         <x:v>1440</x:v>
       </x:c>
       <x:c r="B1426" s="3" t="n">
-        <x:v>19.16</x:v>
+        <x:v>19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:8">
       <x:c r="A1427" s="2" t="s">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="B1427" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:8">
       <x:c r="A1428" s="2" t="s">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="B1428" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:8">
       <x:c r="A1429" s="2" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="B1429" s="3" t="n">
-        <x:v>18.93</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:8">
       <x:c r="A1430" s="2" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="B1430" s="3" t="n">
-        <x:v>18.93</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:8">
       <x:c r="A1431" s="2" t="s">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="B1431" s="3" t="n">
-        <x:v>18.74</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:8">
       <x:c r="A1432" s="2" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="B1432" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:8">
       <x:c r="A1433" s="2" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B1433" s="3" t="n">
-        <x:v>18.41</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:8">
       <x:c r="A1434" s="2" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="B1434" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:8">
       <x:c r="A1435" s="2" t="s">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="B1435" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:8">
       <x:c r="A1436" s="2" t="s">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="B1436" s="3" t="n">
-        <x:v>18.58</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:8">
       <x:c r="A1437" s="2" t="s">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="B1437" s="3" t="n">
-        <x:v>18.58</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:8">
       <x:c r="A1438" s="2" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="B1438" s="3" t="n">
-        <x:v>18.65</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:8">
       <x:c r="A1439" s="2" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="B1439" s="3" t="n">
-        <x:v>18.53</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:8">
       <x:c r="A1440" s="2" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="B1440" s="3" t="n">
-        <x:v>18.48</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:8">
       <x:c r="A1441" s="2" t="s">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="B1441" s="3" t="n">
-        <x:v>18.57</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:8">
       <x:c r="A1442" s="2" t="s">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="B1442" s="3" t="n">
-        <x:v>18.43</x:v>
+        <x:v>18.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:8">
       <x:c r="A1443" s="2" t="s">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="B1443" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>18.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:8">
       <x:c r="A1444" s="2" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="B1444" s="3" t="n">
-        <x:v>18.72</x:v>
+        <x:v>18.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:8">
       <x:c r="A1445" s="2" t="s">
         <x:v>1459</x:v>
       </x:c>
       <x:c r="B1445" s="3" t="n">
         <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:8">
       <x:c r="A1446" s="2" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="B1446" s="3" t="n">
-        <x:v>18.42</x:v>
+        <x:v>18.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:8">
       <x:c r="A1447" s="2" t="s">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="B1447" s="3" t="n">
-        <x:v>18.37</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:8">
       <x:c r="A1448" s="2" t="s">
         <x:v>1462</x:v>
       </x:c>
       <x:c r="B1448" s="3" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:8">
       <x:c r="A1449" s="2" t="s">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="B1449" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:8">
       <x:c r="A1450" s="2" t="s">
         <x:v>1464</x:v>
       </x:c>
       <x:c r="B1450" s="3" t="n">
-        <x:v>18.46</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:8">
       <x:c r="A1451" s="2" t="s">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="B1451" s="3" t="n">
-        <x:v>18.33</x:v>
+        <x:v>18.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:8">
       <x:c r="A1452" s="2" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="B1452" s="3" t="n">
-        <x:v>18.63</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:8">
       <x:c r="A1453" s="2" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="B1453" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:8">
       <x:c r="A1454" s="2" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="B1454" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:8">
       <x:c r="A1455" s="2" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="B1455" s="3" t="n">
-        <x:v>18.83</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:8">
       <x:c r="A1456" s="2" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="B1456" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:8">
       <x:c r="A1457" s="2" t="s">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="B1457" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>18.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:8">
       <x:c r="A1458" s="2" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1458" s="3" t="n">
-        <x:v>19.19</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:8">
       <x:c r="A1459" s="2" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="B1459" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:8">
       <x:c r="A1460" s="2" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="B1460" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:8">
       <x:c r="A1461" s="2" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="B1461" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:8">
       <x:c r="A1462" s="2" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="B1462" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:8">
       <x:c r="A1463" s="2" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="B1463" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:8">
       <x:c r="A1464" s="2" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="B1464" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>18.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:8">
       <x:c r="A1465" s="2" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="B1465" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:8">
       <x:c r="A1466" s="2" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1466" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:8">
       <x:c r="A1467" s="2" t="s">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="B1467" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:8">
       <x:c r="A1468" s="2" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="B1468" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:8">
       <x:c r="A1469" s="2" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="B1469" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:8">
       <x:c r="A1470" s="2" t="s">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="B1470" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:8">
       <x:c r="A1471" s="2" t="s">
         <x:v>1485</x:v>
       </x:c>
       <x:c r="B1471" s="3" t="n">
-        <x:v>16.27</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:8">
       <x:c r="A1472" s="2" t="s">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="B1472" s="3" t="n">
-        <x:v>16.49</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:8">
       <x:c r="A1473" s="2" t="s">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="B1473" s="3" t="n">
-        <x:v>16.77</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:8">
       <x:c r="A1474" s="2" t="s">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="B1474" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:8">
       <x:c r="A1475" s="2" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="B1475" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:8">
       <x:c r="A1476" s="2" t="s">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="B1476" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:8">
       <x:c r="A1477" s="2" t="s">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="B1477" s="3" t="n">
-        <x:v>18.5</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:8">
       <x:c r="A1478" s="2" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="B1478" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:8">
       <x:c r="A1479" s="2" t="s">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="B1479" s="3" t="n">
-        <x:v>18.71</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:8">
       <x:c r="A1480" s="2" t="s">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="B1480" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:8">
       <x:c r="A1481" s="2" t="s">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="B1481" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:8">
       <x:c r="A1482" s="2" t="s">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="B1482" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:8">
       <x:c r="A1483" s="2" t="s">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="B1483" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:8">
       <x:c r="A1484" s="2" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="B1484" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>16.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:8">
       <x:c r="A1485" s="2" t="s">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="B1485" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:8">
       <x:c r="A1486" s="2" t="s">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="B1486" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:8">
       <x:c r="A1487" s="2" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="B1487" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:8">
       <x:c r="A1488" s="2" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="B1488" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:8">
       <x:c r="A1489" s="2" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="B1489" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:8">
       <x:c r="A1490" s="2" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="B1490" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:8">
       <x:c r="A1491" s="2" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="B1491" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:8">
       <x:c r="A1492" s="2" t="s">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="B1492" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>18.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:8">
       <x:c r="A1493" s="2" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="B1493" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:8">
       <x:c r="A1494" s="2" t="s">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="B1494" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:8">
       <x:c r="A1495" s="2" t="s">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="B1495" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:8">
       <x:c r="A1496" s="2" t="s">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="B1496" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:8">
       <x:c r="A1497" s="2" t="s">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="B1497" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:8">
       <x:c r="A1498" s="2" t="s">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="B1498" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:8">
       <x:c r="A1499" s="2" t="s">
         <x:v>1513</x:v>
       </x:c>
       <x:c r="B1499" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:8">
       <x:c r="A1500" s="2" t="s">
         <x:v>1514</x:v>
       </x:c>
       <x:c r="B1500" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:8">
       <x:c r="A1501" s="2" t="s">
         <x:v>1515</x:v>
       </x:c>
       <x:c r="B1501" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:8">
       <x:c r="A1502" s="2" t="s">
         <x:v>1516</x:v>
       </x:c>
       <x:c r="B1502" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:8">
       <x:c r="A1503" s="2" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="B1503" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:8">
       <x:c r="A1504" s="2" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="B1504" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:8">
       <x:c r="A1505" s="2" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="B1505" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:8">
       <x:c r="A1506" s="2" t="s">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="B1506" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:8">
       <x:c r="A1507" s="2" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="B1507" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:8">
       <x:c r="A1508" s="2" t="s">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="B1508" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:8">
       <x:c r="A1509" s="2" t="s">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="B1509" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:8">
       <x:c r="A1510" s="2" t="s">
         <x:v>1524</x:v>
       </x:c>
       <x:c r="B1510" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:8">
       <x:c r="A1511" s="2" t="s">
         <x:v>1525</x:v>
       </x:c>
       <x:c r="B1511" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:8">
       <x:c r="A1512" s="2" t="s">
         <x:v>1526</x:v>
       </x:c>
       <x:c r="B1512" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:8">
       <x:c r="A1513" s="2" t="s">
         <x:v>1527</x:v>
       </x:c>
       <x:c r="B1513" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:8">
       <x:c r="A1514" s="2" t="s">
         <x:v>1528</x:v>
       </x:c>
       <x:c r="B1514" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:8">
       <x:c r="A1515" s="2" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B1515" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:8">
       <x:c r="A1516" s="2" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="B1516" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:8">
       <x:c r="A1517" s="2" t="s">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="B1517" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:8">
       <x:c r="A1518" s="2" t="s">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="B1518" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:8">
       <x:c r="A1519" s="2" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="B1519" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:8">
       <x:c r="A1520" s="2" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="B1520" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:8">
       <x:c r="A1521" s="2" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="B1521" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:8">
       <x:c r="A1522" s="2" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="B1522" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:8">
       <x:c r="A1523" s="2" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="B1523" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:8">
       <x:c r="A1524" s="2" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="B1524" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:8">
       <x:c r="A1525" s="2" t="s">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="B1525" s="3" t="n">
         <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:8">
       <x:c r="A1526" s="2" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="B1526" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:8">
       <x:c r="A1527" s="2" t="s">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="B1527" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:8">
       <x:c r="A1528" s="2" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="B1528" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:8">
       <x:c r="A1529" s="2" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="B1529" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:8">
       <x:c r="A1530" s="2" t="s">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="B1530" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:8">
       <x:c r="A1531" s="2" t="s">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="B1531" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:8">
       <x:c r="A1532" s="2" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="B1532" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:8">
       <x:c r="A1533" s="2" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="B1533" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:8">
       <x:c r="A1534" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B1534" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:8">
       <x:c r="A1535" s="2" t="s">
-        <x:v>1548</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="B1535" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:8">
       <x:c r="A1536" s="2" t="s">
-        <x:v>1549</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="B1536" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:8">
       <x:c r="A1537" s="2" t="s">
-        <x:v>1550</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="B1537" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:8">
       <x:c r="A1538" s="2" t="s">
-        <x:v>1551</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="B1538" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:8">
       <x:c r="A1539" s="2" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="B1539" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:8">
       <x:c r="A1540" s="2" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="B1540" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:8">
       <x:c r="A1541" s="2" t="s">
-        <x:v>1554</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="B1541" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:8">
       <x:c r="A1542" s="2" t="s">
-        <x:v>1555</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B1542" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:8">
       <x:c r="A1543" s="2" t="s">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="B1543" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:8">
       <x:c r="A1544" s="2" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="B1544" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:8">
       <x:c r="A1545" s="2" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="B1545" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:8">
       <x:c r="A1546" s="2" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="B1546" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:8">
       <x:c r="A1547" s="2" t="s">
-        <x:v>1560</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B1547" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:8">
       <x:c r="A1548" s="2" t="s">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="B1548" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:8">
       <x:c r="A1549" s="2" t="s">
         <x:v>1562</x:v>
       </x:c>
       <x:c r="B1549" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:8">
       <x:c r="A1550" s="2" t="s">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="B1550" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:8">
       <x:c r="A1551" s="2" t="s">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="B1551" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:8">
       <x:c r="A1552" s="2" t="s">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="B1552" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:8">
       <x:c r="A1553" s="2" t="s">
         <x:v>1566</x:v>
       </x:c>
       <x:c r="B1553" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:8">
       <x:c r="A1554" s="2" t="s">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="B1554" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:8">
       <x:c r="A1555" s="2" t="s">
         <x:v>1568</x:v>
       </x:c>
       <x:c r="B1555" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:8">
       <x:c r="A1556" s="2" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="B1556" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:8">
       <x:c r="A1557" s="2" t="s">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="B1557" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:8">
       <x:c r="A1558" s="2" t="s">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="B1558" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:8">
       <x:c r="A1559" s="2" t="s">
         <x:v>1572</x:v>
       </x:c>
       <x:c r="B1559" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:8">
       <x:c r="A1560" s="2" t="s">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="B1560" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:8">
       <x:c r="A1561" s="2" t="s">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="B1561" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:8">
       <x:c r="A1562" s="2" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B1562" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:8">
       <x:c r="A1563" s="2" t="s">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="B1563" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:8">
       <x:c r="A1564" s="2" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="B1564" s="3" t="n">
         <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:8">
       <x:c r="A1565" s="2" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="B1565" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:8">
       <x:c r="A1566" s="2" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="B1566" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:8">
       <x:c r="A1567" s="2" t="s">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="B1567" s="3" t="n">
         <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:8">
       <x:c r="A1568" s="2" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="B1568" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:8">
       <x:c r="A1569" s="2" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="B1569" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:8">
       <x:c r="A1570" s="2" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="B1570" s="3" t="n">
         <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:8">
       <x:c r="A1571" s="2" t="s">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="B1571" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:8">
       <x:c r="A1572" s="2" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="B1572" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:8">
       <x:c r="A1573" s="2" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="B1573" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:8">
       <x:c r="A1574" s="2" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="B1574" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:8">
       <x:c r="A1575" s="2" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="B1575" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:8">
       <x:c r="A1576" s="2" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="B1576" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:8">
       <x:c r="A1577" s="2" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="B1577" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:8">
       <x:c r="A1578" s="2" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="B1578" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:8">
       <x:c r="A1579" s="2" t="s">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="B1579" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:8">
       <x:c r="A1580" s="2" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="B1580" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:8">
       <x:c r="A1581" s="2" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="B1581" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:8">
       <x:c r="A1582" s="2" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="B1582" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:8">
       <x:c r="A1583" s="2" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="B1583" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:8">
       <x:c r="A1584" s="2" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="B1584" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:8">
       <x:c r="A1585" s="2" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="B1585" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:8">
       <x:c r="A1586" s="2" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="B1586" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:8">
       <x:c r="A1587" s="2" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="B1587" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:8">
       <x:c r="A1588" s="2" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="B1588" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:8">
       <x:c r="A1589" s="2" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="B1589" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:8">
       <x:c r="A1590" s="2" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="B1590" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:8">
       <x:c r="A1591" s="2" t="s">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="B1591" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:8">
       <x:c r="A1592" s="2" t="s">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="B1592" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:8">
       <x:c r="A1593" s="2" t="s">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="B1593" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:8">
       <x:c r="A1594" s="2" t="s">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="B1594" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:8">
       <x:c r="A1595" s="2" t="s">
         <x:v>1608</x:v>
       </x:c>
       <x:c r="B1595" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:8">
       <x:c r="A1596" s="2" t="s">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="B1596" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:8">
       <x:c r="A1597" s="2" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="B1597" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:8">
       <x:c r="A1598" s="2" t="s">
         <x:v>1611</x:v>
       </x:c>
       <x:c r="B1598" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:8">
       <x:c r="A1599" s="2" t="s">
         <x:v>1612</x:v>
       </x:c>
       <x:c r="B1599" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:8">
       <x:c r="A1600" s="2" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="B1600" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:8">
       <x:c r="A1601" s="2" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="B1601" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:8">
       <x:c r="A1602" s="2" t="s">
         <x:v>1615</x:v>
       </x:c>
       <x:c r="B1602" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:8">
       <x:c r="A1603" s="2" t="s">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="B1603" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:8">
       <x:c r="A1604" s="2" t="s">
         <x:v>1617</x:v>
       </x:c>
       <x:c r="B1604" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:8">
       <x:c r="A1605" s="2" t="s">
         <x:v>1618</x:v>
       </x:c>
       <x:c r="B1605" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:8">
       <x:c r="A1606" s="2" t="s">
         <x:v>1619</x:v>
       </x:c>
       <x:c r="B1606" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:8">
       <x:c r="A1607" s="2" t="s">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="B1607" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:8">
       <x:c r="A1608" s="2" t="s">
         <x:v>1621</x:v>
       </x:c>
       <x:c r="B1608" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:8">
       <x:c r="A1609" s="2" t="s">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="B1609" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:8">
       <x:c r="A1610" s="2" t="s">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="B1610" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:8">
       <x:c r="A1611" s="2" t="s">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="B1611" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:8">
       <x:c r="A1612" s="2" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="B1612" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:8">
       <x:c r="A1613" s="2" t="s">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="B1613" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:8">
       <x:c r="A1614" s="2" t="s">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="B1614" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:8">
       <x:c r="A1615" s="2" t="s">
         <x:v>1628</x:v>
       </x:c>
       <x:c r="B1615" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:8">
       <x:c r="A1616" s="2" t="s">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="B1616" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:8">
       <x:c r="A1617" s="2" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="B1617" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:8">
       <x:c r="A1618" s="2" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="B1618" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:8">
       <x:c r="A1619" s="2" t="s">
         <x:v>1632</x:v>
       </x:c>
       <x:c r="B1619" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:8">
       <x:c r="A1620" s="2" t="s">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="B1620" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:8">
       <x:c r="A1621" s="2" t="s">
         <x:v>1634</x:v>
       </x:c>
       <x:c r="B1621" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:8">
       <x:c r="A1622" s="2" t="s">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="B1622" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:8">
       <x:c r="A1623" s="2" t="s">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="B1623" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:8">
       <x:c r="A1624" s="2" t="s">
         <x:v>1637</x:v>
       </x:c>
       <x:c r="B1624" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:8">
       <x:c r="A1625" s="2" t="s">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="B1625" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:8">
       <x:c r="A1626" s="2" t="s">
         <x:v>1639</x:v>
       </x:c>
       <x:c r="B1626" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:8">
       <x:c r="A1627" s="2" t="s">
         <x:v>1640</x:v>
       </x:c>
       <x:c r="B1627" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:8">
       <x:c r="A1628" s="2" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="B1628" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:8">
       <x:c r="A1629" s="2" t="s">
         <x:v>1642</x:v>
       </x:c>
       <x:c r="B1629" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:8">
       <x:c r="A1630" s="2" t="s">
         <x:v>1643</x:v>
       </x:c>
       <x:c r="B1630" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:8">
       <x:c r="A1631" s="2" t="s">
         <x:v>1644</x:v>
       </x:c>
       <x:c r="B1631" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:8">
       <x:c r="A1632" s="2" t="s">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="B1632" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:8">
       <x:c r="A1633" s="2" t="s">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="B1633" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:8">
       <x:c r="A1634" s="2" t="s">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="B1634" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:8">
       <x:c r="A1635" s="2" t="s">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="B1635" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:8">
       <x:c r="A1636" s="2" t="s">
         <x:v>1649</x:v>
       </x:c>
       <x:c r="B1636" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:8">
       <x:c r="A1637" s="2" t="s">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="B1637" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:8">
       <x:c r="A1638" s="2" t="s">
         <x:v>1651</x:v>
       </x:c>
       <x:c r="B1638" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:8">
       <x:c r="A1639" s="2" t="s">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="B1639" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:8">
       <x:c r="A1640" s="2" t="s">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="B1640" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:8">
       <x:c r="A1641" s="2" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="B1641" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:8">
       <x:c r="A1642" s="2" t="s">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="B1642" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:8">
       <x:c r="A1643" s="2" t="s">
         <x:v>1656</x:v>
       </x:c>
       <x:c r="B1643" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:8">
       <x:c r="A1644" s="2" t="s">
         <x:v>1657</x:v>
       </x:c>
       <x:c r="B1644" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:8">
       <x:c r="A1645" s="2" t="s">
         <x:v>1658</x:v>
       </x:c>
       <x:c r="B1645" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:8">
       <x:c r="A1646" s="2" t="s">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="B1646" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:8">
       <x:c r="A1647" s="2" t="s">
-        <x:v>726</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="B1647" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:8">
       <x:c r="A1648" s="2" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="B1648" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:8">
       <x:c r="A1649" s="2" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="B1649" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:8">
       <x:c r="A1650" s="2" t="s">
-        <x:v>1662</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="B1650" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:8">
       <x:c r="A1651" s="2" t="s">
-        <x:v>1663</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="B1651" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:8">
       <x:c r="A1652" s="2" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="B1652" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:8">
       <x:c r="A1653" s="2" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="B1653" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:8">
       <x:c r="A1654" s="2" t="s">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="B1654" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:8">
       <x:c r="A1655" s="2" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B1655" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:8">
       <x:c r="A1656" s="2" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="B1656" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:8">
       <x:c r="A1657" s="2" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="B1657" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:8">
       <x:c r="A1658" s="2" t="s">
-        <x:v>1670</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="B1658" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:8">
       <x:c r="A1659" s="2" t="s">
-        <x:v>1671</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="B1659" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:8">
       <x:c r="A1660" s="2" t="s">
-        <x:v>1672</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B1660" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:8">
       <x:c r="A1661" s="2" t="s">
         <x:v>1673</x:v>
       </x:c>
       <x:c r="B1661" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:8">
       <x:c r="A1662" s="2" t="s">
         <x:v>1674</x:v>
       </x:c>
       <x:c r="B1662" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:8">
       <x:c r="A1663" s="2" t="s">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="B1663" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:8">
       <x:c r="A1664" s="2" t="s">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="B1664" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:8">
       <x:c r="A1665" s="2" t="s">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="B1665" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:8">
       <x:c r="A1666" s="2" t="s">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="B1666" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:8">
       <x:c r="A1667" s="2" t="s">
         <x:v>1679</x:v>
       </x:c>
       <x:c r="B1667" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:8">
       <x:c r="A1668" s="2" t="s">
         <x:v>1680</x:v>
       </x:c>
       <x:c r="B1668" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:8">
       <x:c r="A1669" s="2" t="s">
         <x:v>1681</x:v>
       </x:c>
       <x:c r="B1669" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:8">
       <x:c r="A1670" s="2" t="s">
         <x:v>1682</x:v>
       </x:c>
       <x:c r="B1670" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:8">
       <x:c r="A1671" s="2" t="s">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="B1671" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:8">
       <x:c r="A1672" s="2" t="s">
         <x:v>1684</x:v>
       </x:c>
       <x:c r="B1672" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:8">
       <x:c r="A1673" s="2" t="s">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="B1673" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:8">
       <x:c r="A1674" s="2" t="s">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="B1674" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:8">
       <x:c r="A1675" s="2" t="s">
         <x:v>1687</x:v>
       </x:c>
       <x:c r="B1675" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:8">
       <x:c r="A1676" s="2" t="s">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="B1676" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:8">
       <x:c r="A1677" s="2" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="B1677" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:8">
       <x:c r="A1678" s="2" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="B1678" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:8">
       <x:c r="A1679" s="2" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="B1679" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:8">
       <x:c r="A1680" s="2" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="B1680" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:8">
       <x:c r="A1681" s="2" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="B1681" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:8">
       <x:c r="A1682" s="2" t="s">
         <x:v>1694</x:v>
       </x:c>
       <x:c r="B1682" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:8">
       <x:c r="A1683" s="2" t="s">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="B1683" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:8">
       <x:c r="A1684" s="2" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="B1684" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:8">
       <x:c r="A1685" s="2" t="s">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="B1685" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:8">
       <x:c r="A1686" s="2" t="s">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="B1686" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:8">
       <x:c r="A1687" s="2" t="s">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="B1687" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:8">
       <x:c r="A1688" s="2" t="s">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="B1688" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:8">
       <x:c r="A1689" s="2" t="s">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="B1689" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:8">
       <x:c r="A1690" s="2" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="B1690" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:8">
       <x:c r="A1691" s="2" t="s">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="B1691" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:8">
       <x:c r="A1692" s="2" t="s">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="B1692" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:8">
       <x:c r="A1693" s="2" t="s">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="B1693" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:8">
       <x:c r="A1694" s="2" t="s">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="B1694" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:8">
       <x:c r="A1695" s="2" t="s">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="B1695" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:8">
       <x:c r="A1696" s="2" t="s">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="B1696" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:8">
       <x:c r="A1697" s="2" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="B1697" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:8">
       <x:c r="A1698" s="2" t="s">
         <x:v>1710</x:v>
       </x:c>
       <x:c r="B1698" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:8">
       <x:c r="A1699" s="2" t="s">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="B1699" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:8">
       <x:c r="A1700" s="2" t="s">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="B1700" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:8">
       <x:c r="A1701" s="2" t="s">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="B1701" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:8">
       <x:c r="A1702" s="2" t="s">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="B1702" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:8">
       <x:c r="A1703" s="2" t="s">
         <x:v>1715</x:v>
       </x:c>
       <x:c r="B1703" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:8">
       <x:c r="A1704" s="2" t="s">
         <x:v>1716</x:v>
       </x:c>
       <x:c r="B1704" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:8">
       <x:c r="A1705" s="2" t="s">
         <x:v>1717</x:v>
       </x:c>
       <x:c r="B1705" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:8">
       <x:c r="A1706" s="2" t="s">
         <x:v>1718</x:v>
       </x:c>
       <x:c r="B1706" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:8">
       <x:c r="A1707" s="2" t="s">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="B1707" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:8">
       <x:c r="A1708" s="2" t="s">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="B1708" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:8">
       <x:c r="A1709" s="2" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="B1709" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:8">
       <x:c r="A1710" s="2" t="s">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="B1710" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:8">
       <x:c r="A1711" s="2" t="s">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="B1711" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:8">
       <x:c r="A1712" s="2" t="s">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="B1712" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:8">
       <x:c r="A1713" s="2" t="s">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="B1713" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:8">
       <x:c r="A1714" s="2" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="B1714" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:8">
       <x:c r="A1715" s="2" t="s">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="B1715" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:8">
       <x:c r="A1716" s="2" t="s">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="B1716" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:8">
       <x:c r="A1717" s="2" t="s">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="B1717" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:8">
       <x:c r="A1718" s="2" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="B1718" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:8">
       <x:c r="A1719" s="2" t="s">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="B1719" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:8">
       <x:c r="A1720" s="2" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="B1720" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:8">
       <x:c r="A1721" s="2" t="s">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="B1721" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:8">
       <x:c r="A1722" s="2" t="s">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="B1722" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:8">
       <x:c r="A1723" s="2" t="s">
         <x:v>1735</x:v>
       </x:c>
       <x:c r="B1723" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:8">
       <x:c r="A1724" s="2" t="s">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="B1724" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:8">
       <x:c r="A1725" s="2" t="s">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="B1725" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:8">
       <x:c r="A1726" s="2" t="s">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="B1726" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:8">
       <x:c r="A1727" s="2" t="s">
         <x:v>1739</x:v>
       </x:c>
       <x:c r="B1727" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:8">
       <x:c r="A1728" s="2" t="s">
         <x:v>1740</x:v>
       </x:c>
       <x:c r="B1728" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:8">
       <x:c r="A1729" s="2" t="s">
         <x:v>1741</x:v>
       </x:c>
       <x:c r="B1729" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:8">
       <x:c r="A1730" s="2" t="s">
         <x:v>1742</x:v>
       </x:c>
       <x:c r="B1730" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:8">
       <x:c r="A1731" s="2" t="s">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="B1731" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:8">
       <x:c r="A1732" s="2" t="s">
         <x:v>1744</x:v>
       </x:c>
       <x:c r="B1732" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:8">
       <x:c r="A1733" s="2" t="s">
         <x:v>1745</x:v>
       </x:c>
       <x:c r="B1733" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:8">
       <x:c r="A1734" s="2" t="s">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="B1734" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:8">
       <x:c r="A1735" s="2" t="s">
         <x:v>1747</x:v>
       </x:c>
       <x:c r="B1735" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:8">
       <x:c r="A1736" s="2" t="s">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="B1736" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:8">
       <x:c r="A1737" s="2" t="s">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="B1737" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:8">
       <x:c r="A1738" s="2" t="s">
         <x:v>1750</x:v>
       </x:c>
       <x:c r="B1738" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:8">
       <x:c r="A1739" s="2" t="s">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="B1739" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:8">
       <x:c r="A1740" s="2" t="s">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="B1740" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:8">
       <x:c r="A1741" s="2" t="s">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="B1741" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:8">
       <x:c r="A1742" s="2" t="s">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="B1742" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:8">
       <x:c r="A1743" s="2" t="s">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="B1743" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:8">
       <x:c r="A1744" s="2" t="s">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="B1744" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:8">
       <x:c r="A1745" s="2" t="s">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="B1745" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:8">
       <x:c r="A1746" s="2" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="B1746" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:8">
       <x:c r="A1747" s="2" t="s">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="B1747" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:8">
       <x:c r="A1748" s="2" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B1748" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:8">
       <x:c r="A1749" s="2" t="s">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="B1749" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:8">
       <x:c r="A1750" s="2" t="s">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="B1750" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:8">
       <x:c r="A1751" s="2" t="s">
         <x:v>1763</x:v>
       </x:c>
       <x:c r="B1751" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:8">
       <x:c r="A1752" s="2" t="s">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="B1752" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:8">
       <x:c r="A1753" s="2" t="s">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="B1753" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:8">
       <x:c r="A1754" s="2" t="s">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="B1754" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:8">
       <x:c r="A1755" s="2" t="s">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="B1755" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:8">
       <x:c r="A1756" s="2" t="s">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="B1756" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:8">
       <x:c r="A1757" s="2" t="s">
         <x:v>1769</x:v>
       </x:c>
       <x:c r="B1757" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:8">
       <x:c r="A1758" s="2" t="s">
         <x:v>1770</x:v>
       </x:c>
       <x:c r="B1758" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:8">
       <x:c r="A1759" s="2" t="s">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="B1759" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:8">
       <x:c r="A1760" s="2" t="s">
         <x:v>1772</x:v>
       </x:c>
       <x:c r="B1760" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:8">
       <x:c r="A1761" s="2" t="s">
         <x:v>1773</x:v>
       </x:c>
       <x:c r="B1761" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:8">
       <x:c r="A1762" s="2" t="s">
         <x:v>1774</x:v>
       </x:c>
       <x:c r="B1762" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:8">
       <x:c r="A1763" s="2" t="s">
         <x:v>1775</x:v>
       </x:c>
       <x:c r="B1763" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:8">
       <x:c r="A1764" s="2" t="s">
         <x:v>1776</x:v>
       </x:c>
       <x:c r="B1764" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:8">
       <x:c r="A1765" s="2" t="s">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="B1765" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:8">
       <x:c r="A1766" s="2" t="s">
         <x:v>1778</x:v>
       </x:c>
       <x:c r="B1766" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:8">
       <x:c r="A1767" s="2" t="s">
         <x:v>1779</x:v>
       </x:c>
       <x:c r="B1767" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:8">
       <x:c r="A1768" s="2" t="s">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="B1768" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:8">
       <x:c r="A1769" s="2" t="s">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="B1769" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:8">
       <x:c r="A1770" s="2" t="s">
         <x:v>1782</x:v>
       </x:c>
       <x:c r="B1770" s="3" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:8">
       <x:c r="A1771" s="2" t="s">
         <x:v>1783</x:v>
       </x:c>
       <x:c r="B1771" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:8">
       <x:c r="A1772" s="2" t="s">
         <x:v>1784</x:v>
       </x:c>
       <x:c r="B1772" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:8">
       <x:c r="A1773" s="2" t="s">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="B1773" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:8">
       <x:c r="A1774" s="2" t="s">
         <x:v>1786</x:v>
       </x:c>
       <x:c r="B1774" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:8">
       <x:c r="A1775" s="2" t="s">
         <x:v>1787</x:v>
       </x:c>
       <x:c r="B1775" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:8">
       <x:c r="A1776" s="2" t="s">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="B1776" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:8">
       <x:c r="A1777" s="2" t="s">
         <x:v>1789</x:v>
       </x:c>
       <x:c r="B1777" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:8">
       <x:c r="A1778" s="2" t="s">
         <x:v>1790</x:v>
       </x:c>
       <x:c r="B1778" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:8">
       <x:c r="A1779" s="2" t="s">
         <x:v>1791</x:v>
       </x:c>
       <x:c r="B1779" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:8">
       <x:c r="A1780" s="2" t="s">
         <x:v>1792</x:v>
       </x:c>
       <x:c r="B1780" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:8">
       <x:c r="A1781" s="2" t="s">
         <x:v>1793</x:v>
       </x:c>
       <x:c r="B1781" s="3" t="n">
-        <x:v>18.84</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:8">
       <x:c r="A1782" s="2" t="s">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="B1782" s="3" t="n">
-        <x:v>18.94</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:8">
       <x:c r="A1783" s="2" t="s">
         <x:v>1795</x:v>
       </x:c>
       <x:c r="B1783" s="3" t="n">
-        <x:v>18.97</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:8">
       <x:c r="A1784" s="2" t="s">
         <x:v>1796</x:v>
       </x:c>
       <x:c r="B1784" s="3" t="n">
-        <x:v>19.18</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:8">
       <x:c r="A1785" s="2" t="s">
-        <x:v>727</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="B1785" s="3" t="n">
-        <x:v>19.29</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:8">
       <x:c r="A1786" s="2" t="s">
-        <x:v>1797</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="B1786" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:8">
       <x:c r="A1787" s="2" t="s">
-        <x:v>1798</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="B1787" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:8">
       <x:c r="A1788" s="2" t="s">
-        <x:v>1799</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="B1788" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:8">
       <x:c r="A1789" s="2" t="s">
-        <x:v>1800</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="B1789" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:8">
       <x:c r="A1790" s="2" t="s">
-        <x:v>1801</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="B1790" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:8">
       <x:c r="A1791" s="2" t="s">
-        <x:v>1802</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="B1791" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:8">
       <x:c r="A1792" s="2" t="s">
-        <x:v>1803</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="B1792" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:8">
       <x:c r="A1793" s="2" t="s">
-        <x:v>1804</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="B1793" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:8">
       <x:c r="A1794" s="2" t="s">
-        <x:v>1805</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="B1794" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>18.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:8">
       <x:c r="A1795" s="2" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="B1795" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>18.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:8">
       <x:c r="A1796" s="2" t="s">
-        <x:v>1807</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="B1796" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:8">
       <x:c r="A1797" s="2" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="B1797" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:8">
       <x:c r="A1798" s="2" t="s">
-        <x:v>1809</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B1798" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:8">
       <x:c r="A1799" s="2" t="s">
         <x:v>1810</x:v>
       </x:c>
       <x:c r="B1799" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:8">
       <x:c r="A1800" s="2" t="s">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="B1800" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:8">
       <x:c r="A1801" s="2" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="B1801" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:8">
       <x:c r="A1802" s="2" t="s">
         <x:v>1813</x:v>
       </x:c>
       <x:c r="B1802" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:8">
       <x:c r="A1803" s="2" t="s">
         <x:v>1814</x:v>
       </x:c>
       <x:c r="B1803" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:8">
       <x:c r="A1804" s="2" t="s">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="B1804" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:8">
       <x:c r="A1805" s="2" t="s">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="B1805" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:8">
       <x:c r="A1806" s="2" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="B1806" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:8">
       <x:c r="A1807" s="2" t="s">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="B1807" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:8">
       <x:c r="A1808" s="2" t="s">
         <x:v>1819</x:v>
       </x:c>
       <x:c r="B1808" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:8">
       <x:c r="A1809" s="2" t="s">
         <x:v>1820</x:v>
       </x:c>
       <x:c r="B1809" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:8">
       <x:c r="A1810" s="2" t="s">
         <x:v>1821</x:v>
       </x:c>
       <x:c r="B1810" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:8">
       <x:c r="A1811" s="2" t="s">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="B1811" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:8">
       <x:c r="A1812" s="2" t="s">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="B1812" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:8">
       <x:c r="A1813" s="2" t="s">
         <x:v>1824</x:v>
       </x:c>
       <x:c r="B1813" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:8">
       <x:c r="A1814" s="2" t="s">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="B1814" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:8">
       <x:c r="A1815" s="2" t="s">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="B1815" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:8">
       <x:c r="A1816" s="2" t="s">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="B1816" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:8">
       <x:c r="A1817" s="2" t="s">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="B1817" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:8">
       <x:c r="A1818" s="2" t="s">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="B1818" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:8">
       <x:c r="A1819" s="2" t="s">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="B1819" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:8">
       <x:c r="A1820" s="2" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B1820" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:8">
       <x:c r="A1821" s="2" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="B1821" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:8">
       <x:c r="A1822" s="2" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="B1822" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:8">
       <x:c r="A1823" s="2" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="B1823" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:8">
       <x:c r="A1824" s="2" t="s">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="B1824" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:8">
       <x:c r="A1825" s="2" t="s">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="B1825" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:8">
       <x:c r="A1826" s="2" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B1826" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:8">
       <x:c r="A1827" s="2" t="s">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="B1827" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:8">
       <x:c r="A1828" s="2" t="s">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="B1828" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:8">
       <x:c r="A1829" s="2" t="s">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="B1829" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:8">
       <x:c r="A1830" s="2" t="s">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="B1830" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:8">
       <x:c r="A1831" s="2" t="s">
         <x:v>1842</x:v>
       </x:c>
       <x:c r="B1831" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:8">
       <x:c r="A1832" s="2" t="s">
         <x:v>1843</x:v>
       </x:c>
       <x:c r="B1832" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:8">
       <x:c r="A1833" s="2" t="s">
         <x:v>1844</x:v>
       </x:c>
       <x:c r="B1833" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:8">
       <x:c r="A1834" s="2" t="s">
         <x:v>1845</x:v>
       </x:c>
       <x:c r="B1834" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:8">
       <x:c r="A1835" s="2" t="s">
         <x:v>1846</x:v>
       </x:c>
       <x:c r="B1835" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:8">
       <x:c r="A1836" s="2" t="s">
         <x:v>1847</x:v>
       </x:c>
       <x:c r="B1836" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:8">
       <x:c r="A1837" s="2" t="s">
         <x:v>1848</x:v>
       </x:c>
       <x:c r="B1837" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:8">
       <x:c r="A1838" s="2" t="s">
         <x:v>1849</x:v>
       </x:c>
       <x:c r="B1838" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:8">
       <x:c r="A1839" s="2" t="s">
         <x:v>1850</x:v>
       </x:c>
       <x:c r="B1839" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:8">
       <x:c r="A1840" s="2" t="s">
         <x:v>1851</x:v>
       </x:c>
       <x:c r="B1840" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:8">
       <x:c r="A1841" s="2" t="s">
         <x:v>1852</x:v>
       </x:c>
       <x:c r="B1841" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:8">
       <x:c r="A1842" s="2" t="s">
         <x:v>1853</x:v>
       </x:c>
       <x:c r="B1842" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:8">
       <x:c r="A1843" s="2" t="s">
         <x:v>1854</x:v>
       </x:c>
       <x:c r="B1843" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:8">
       <x:c r="A1844" s="2" t="s">
         <x:v>1855</x:v>
       </x:c>
       <x:c r="B1844" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:8">
       <x:c r="A1845" s="2" t="s">
         <x:v>1856</x:v>
       </x:c>
       <x:c r="B1845" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:8">
       <x:c r="A1846" s="2" t="s">
         <x:v>1857</x:v>
       </x:c>
       <x:c r="B1846" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:8">
       <x:c r="A1847" s="2" t="s">
         <x:v>1858</x:v>
       </x:c>
       <x:c r="B1847" s="3" t="n">
         <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:8">
       <x:c r="A1848" s="2" t="s">
         <x:v>1859</x:v>
       </x:c>
       <x:c r="B1848" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:8">
       <x:c r="A1849" s="2" t="s">
         <x:v>1860</x:v>
       </x:c>
       <x:c r="B1849" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:8">
       <x:c r="A1850" s="2" t="s">
         <x:v>1861</x:v>
       </x:c>
       <x:c r="B1850" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:8">
       <x:c r="A1851" s="2" t="s">
         <x:v>1862</x:v>
       </x:c>
       <x:c r="B1851" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:8">
       <x:c r="A1852" s="2" t="s">
         <x:v>1863</x:v>
       </x:c>
       <x:c r="B1852" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:8">
       <x:c r="A1853" s="2" t="s">
         <x:v>1864</x:v>
       </x:c>
       <x:c r="B1853" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:8">
       <x:c r="A1854" s="2" t="s">
         <x:v>1865</x:v>
       </x:c>
       <x:c r="B1854" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:8">
       <x:c r="A1855" s="2" t="s">
         <x:v>1866</x:v>
       </x:c>
       <x:c r="B1855" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:8">
       <x:c r="A1856" s="2" t="s">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="B1856" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:8">
       <x:c r="A1857" s="2" t="s">
         <x:v>1868</x:v>
       </x:c>
       <x:c r="B1857" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:8">
       <x:c r="A1858" s="2" t="s">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="B1858" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:8">
       <x:c r="A1859" s="2" t="s">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="B1859" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:8">
       <x:c r="A1860" s="2" t="s">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="B1860" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:8">
       <x:c r="A1861" s="2" t="s">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="B1861" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:8">
       <x:c r="A1862" s="2" t="s">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="B1862" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:8">
       <x:c r="A1863" s="2" t="s">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="B1863" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:8">
       <x:c r="A1864" s="2" t="s">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="B1864" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:8">
       <x:c r="A1865" s="2" t="s">
         <x:v>1876</x:v>
       </x:c>
       <x:c r="B1865" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:8">
       <x:c r="A1866" s="2" t="s">
         <x:v>1877</x:v>
       </x:c>
       <x:c r="B1866" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:8">
       <x:c r="A1867" s="2" t="s">
         <x:v>1878</x:v>
       </x:c>
       <x:c r="B1867" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:8">
       <x:c r="A1868" s="2" t="s">
         <x:v>1879</x:v>
       </x:c>
       <x:c r="B1868" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:8">
       <x:c r="A1869" s="2" t="s">
         <x:v>1880</x:v>
       </x:c>
       <x:c r="B1869" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:8">
       <x:c r="A1870" s="2" t="s">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="B1870" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:8">
       <x:c r="A1871" s="2" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="B1871" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:8">
       <x:c r="A1872" s="2" t="s">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="B1872" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:8">
       <x:c r="A1873" s="2" t="s">
         <x:v>1884</x:v>
       </x:c>
       <x:c r="B1873" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:8">
       <x:c r="A1874" s="2" t="s">
         <x:v>1885</x:v>
       </x:c>
       <x:c r="B1874" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:8">
       <x:c r="A1875" s="2" t="s">
         <x:v>1886</x:v>
       </x:c>
       <x:c r="B1875" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:8">
       <x:c r="A1876" s="2" t="s">
         <x:v>1887</x:v>
       </x:c>
       <x:c r="B1876" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:8">
       <x:c r="A1877" s="2" t="s">
         <x:v>1888</x:v>
       </x:c>
       <x:c r="B1877" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:8">
       <x:c r="A1878" s="2" t="s">
         <x:v>1889</x:v>
       </x:c>
       <x:c r="B1878" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:8">
       <x:c r="A1879" s="2" t="s">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="B1879" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:8">
       <x:c r="A1880" s="2" t="s">
         <x:v>1891</x:v>
       </x:c>
       <x:c r="B1880" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:8">
       <x:c r="A1881" s="2" t="s">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="B1881" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:8">
       <x:c r="A1882" s="2" t="s">
         <x:v>1893</x:v>
       </x:c>
       <x:c r="B1882" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:8">
       <x:c r="A1883" s="2" t="s">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="B1883" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:8">
       <x:c r="A1884" s="2" t="s">
         <x:v>1895</x:v>
       </x:c>
       <x:c r="B1884" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:8">
       <x:c r="A1885" s="2" t="s">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="B1885" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:8">
       <x:c r="A1886" s="2" t="s">
         <x:v>1897</x:v>
       </x:c>
       <x:c r="B1886" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:8">
       <x:c r="A1887" s="2" t="s">
         <x:v>1898</x:v>
       </x:c>
       <x:c r="B1887" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:8">
       <x:c r="A1888" s="2" t="s">
         <x:v>1899</x:v>
       </x:c>
       <x:c r="B1888" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:8">
       <x:c r="A1889" s="2" t="s">
         <x:v>1900</x:v>
       </x:c>
       <x:c r="B1889" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:8">
       <x:c r="A1890" s="2" t="s">
         <x:v>1901</x:v>
       </x:c>
       <x:c r="B1890" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:8">
       <x:c r="A1891" s="2" t="s">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="B1891" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:8">
       <x:c r="A1892" s="2" t="s">
         <x:v>1903</x:v>
       </x:c>
       <x:c r="B1892" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:8">
       <x:c r="A1893" s="2" t="s">
         <x:v>1904</x:v>
       </x:c>
       <x:c r="B1893" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:8">
       <x:c r="A1894" s="2" t="s">
         <x:v>1905</x:v>
       </x:c>
       <x:c r="B1894" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:8">
       <x:c r="A1895" s="2" t="s">
         <x:v>1906</x:v>
       </x:c>
       <x:c r="B1895" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:8">
       <x:c r="A1896" s="2" t="s">
         <x:v>1907</x:v>
       </x:c>
       <x:c r="B1896" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:8">
       <x:c r="A1897" s="2" t="s">
         <x:v>1908</x:v>
       </x:c>
       <x:c r="B1897" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:8">
       <x:c r="A1898" s="2" t="s">
         <x:v>1909</x:v>
       </x:c>
       <x:c r="B1898" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:8">
       <x:c r="A1899" s="2" t="s">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="B1899" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:8">
       <x:c r="A1900" s="2" t="s">
         <x:v>1911</x:v>
       </x:c>
       <x:c r="B1900" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:8">
       <x:c r="A1901" s="2" t="s">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="B1901" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:8">
       <x:c r="A1902" s="2" t="s">
         <x:v>1913</x:v>
       </x:c>
       <x:c r="B1902" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:8">
       <x:c r="A1903" s="2" t="s">
         <x:v>1914</x:v>
       </x:c>
       <x:c r="B1903" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:8">
       <x:c r="A1904" s="2" t="s">
         <x:v>1915</x:v>
       </x:c>
       <x:c r="B1904" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:8">
       <x:c r="A1905" s="2" t="s">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="B1905" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1906" spans="1:8">
+      <x:c r="A1906" s="2" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="B1906" s="3" t="n">
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:8">
       <x:c r="A1907" s="2" t="s">
-        <x:v>709</x:v>
+        <x:v>1918</x:v>
+      </x:c>
+      <x:c r="B1907" s="3" t="n">
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:8">
       <x:c r="A1908" s="2" t="s">
-        <x:v>710</x:v>
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="B1908" s="3" t="n">
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:8">
       <x:c r="A1909" s="2" t="s">
-        <x:v>711</x:v>
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="B1909" s="3" t="n">
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:8">
       <x:c r="A1910" s="2" t="s">
-        <x:v>712</x:v>
+        <x:v>1921</x:v>
+      </x:c>
+      <x:c r="B1910" s="3" t="n">
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:8">
       <x:c r="A1911" s="2" t="s">
-        <x:v>713</x:v>
+        <x:v>1922</x:v>
+      </x:c>
+      <x:c r="B1911" s="3" t="n">
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:8">
-      <x:c r="A1912" s="1" t="s">
-        <x:v>714</x:v>
+      <x:c r="A1912" s="2" t="s">
+        <x:v>1923</x:v>
+      </x:c>
+      <x:c r="B1912" s="3" t="n">
+        <x:v>19.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1913" spans="1:8">
+      <x:c r="A1913" s="2" t="s">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="B1913" s="3" t="n">
+        <x:v>19.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1914" spans="1:8">
+      <x:c r="A1914" s="2" t="s">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="B1914" s="3" t="n">
+        <x:v>19.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1915" spans="1:8">
+      <x:c r="A1915" s="2" t="s">
+        <x:v>1926</x:v>
+      </x:c>
+      <x:c r="B1915" s="3" t="n">
+        <x:v>19.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1916" spans="1:8">
+      <x:c r="A1916" s="2" t="s">
+        <x:v>1927</x:v>
+      </x:c>
+      <x:c r="B1916" s="3" t="n">
+        <x:v>19.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1917" spans="1:8">
+      <x:c r="A1917" s="2" t="s">
+        <x:v>1928</x:v>
+      </x:c>
+      <x:c r="B1917" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1918" spans="1:8">
+      <x:c r="A1918" s="2" t="s">
+        <x:v>1929</x:v>
+      </x:c>
+      <x:c r="B1918" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1920" spans="1:8">
+      <x:c r="A1920" s="2" t="s">
+        <x:v>722</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1921" spans="1:8">
+      <x:c r="A1921" s="2" t="s">
+        <x:v>723</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1922" spans="1:8">
+      <x:c r="A1922" s="2" t="s">
+        <x:v>724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1923" spans="1:8">
+      <x:c r="A1923" s="2" t="s">
+        <x:v>725</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1924" spans="1:8">
+      <x:c r="A1924" s="2" t="s">
+        <x:v>726</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1925" spans="1:8">
+      <x:c r="A1925" s="1" t="s">
+        <x:v>727</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>