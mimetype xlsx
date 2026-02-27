--- v7 (2026-02-27)
+++ v8 (2026-02-27)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9430ee4dc5d4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bbb34c9be15455aa4edb08f03b441c7.psmdcp" Id="R9a60f978aa9a402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cc262021e74de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a45f9597f01a4f4ab2a18a5b3178db82.psmdcp" Id="R417358881e8c4715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1930" uniqueCount="1930">
   <x:si>
     <x:t>High Yield Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>