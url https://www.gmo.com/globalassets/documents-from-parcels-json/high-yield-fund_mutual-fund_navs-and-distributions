--- v8 (2026-02-27)
+++ v9 (2026-03-20)
@@ -1,101 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cc262021e74de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a45f9597f01a4f4ab2a18a5b3178db82.psmdcp" Id="R417358881e8c4715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed8a2f816f7418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac5618d9f3e2451ca29b80dffbee4e61.psmdcp" Id="Re7381e16f3764dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1930" uniqueCount="1930">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1944" uniqueCount="1944">
   <x:si>
     <x:t>High Yield Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
+    <x:t>03/18/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/26/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>12/17/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/25/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>12/18/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/24/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>07/02/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/23/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/18/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026</x:t>
   </x:si>
@@ -6193,21430 +6235,21654 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F727"/>
+  <x:dimension ref="A1:F741"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.9763</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>1.3147</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>1.0928</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="A8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.05</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.7672</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="A9" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="A10" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="A11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="A12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="A13" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="A14" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="A15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6">
       <x:c r="A20" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6">
       <x:c r="A22" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6">
       <x:c r="A23" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6">
       <x:c r="A24" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6">
       <x:c r="A25" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6">
       <x:c r="A26" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6">
       <x:c r="A27" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6">
       <x:c r="A34" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6">
       <x:c r="A35" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6">
       <x:c r="A36" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6">
       <x:c r="A37" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6">
       <x:c r="A38" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6">
       <x:c r="A39" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6">
       <x:c r="A40" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6">
       <x:c r="A41" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6">
       <x:c r="A42" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6">
       <x:c r="A43" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6">
       <x:c r="A44" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6">
       <x:c r="A45" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6">
       <x:c r="A46" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6">
       <x:c r="A47" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6">
       <x:c r="A48" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6">
       <x:c r="A49" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6">
       <x:c r="A50" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6">
       <x:c r="A51" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6">
       <x:c r="A52" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6">
       <x:c r="A53" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6">
       <x:c r="A54" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6">
       <x:c r="A55" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6">
       <x:c r="A56" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6">
       <x:c r="A57" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6">
       <x:c r="A58" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6">
       <x:c r="A59" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6">
       <x:c r="A60" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6">
       <x:c r="A61" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6">
       <x:c r="A62" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6">
       <x:c r="A63" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6">
       <x:c r="A64" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6">
       <x:c r="A65" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6">
       <x:c r="A66" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6">
       <x:c r="A67" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6">
       <x:c r="A68" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6">
       <x:c r="A69" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6">
       <x:c r="A70" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6">
       <x:c r="A71" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6">
       <x:c r="A72" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6">
       <x:c r="A73" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6">
       <x:c r="A74" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6">
       <x:c r="A75" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6">
       <x:c r="A76" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6">
       <x:c r="A77" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6">
       <x:c r="A78" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6">
       <x:c r="A79" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6">
       <x:c r="A80" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6">
       <x:c r="A81" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6">
       <x:c r="A82" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6">
       <x:c r="A83" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6">
       <x:c r="A84" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6">
       <x:c r="A85" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6">
       <x:c r="A86" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6">
       <x:c r="A87" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6">
       <x:c r="A88" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6">
       <x:c r="A89" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6">
       <x:c r="A90" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6">
       <x:c r="A91" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6">
       <x:c r="A92" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6">
       <x:c r="A93" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6">
       <x:c r="A94" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6">
       <x:c r="A95" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6">
       <x:c r="A96" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6">
       <x:c r="A97" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6">
       <x:c r="A98" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6">
       <x:c r="A99" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6">
       <x:c r="A100" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6">
       <x:c r="A101" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6">
       <x:c r="A102" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6">
       <x:c r="A103" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6">
       <x:c r="A104" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6">
       <x:c r="A105" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6">
       <x:c r="A106" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6">
       <x:c r="A107" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6">
       <x:c r="A108" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6">
       <x:c r="A109" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6">
       <x:c r="A110" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6">
       <x:c r="A111" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6">
       <x:c r="A112" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6">
       <x:c r="A113" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
         <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6">
       <x:c r="A114" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6">
       <x:c r="A115" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6">
       <x:c r="A116" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6">
       <x:c r="A117" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6">
       <x:c r="A118" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6">
       <x:c r="A119" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6">
       <x:c r="A120" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6">
       <x:c r="A121" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6">
       <x:c r="A122" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6">
       <x:c r="A123" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6">
       <x:c r="A124" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6">
       <x:c r="A125" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6">
       <x:c r="A126" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6">
       <x:c r="A127" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6">
       <x:c r="A128" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6">
       <x:c r="A129" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6">
       <x:c r="A130" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6">
       <x:c r="A131" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6">
       <x:c r="A132" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6">
       <x:c r="A133" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6">
       <x:c r="A134" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6">
       <x:c r="A135" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6">
       <x:c r="A136" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6">
       <x:c r="A137" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6">
       <x:c r="A138" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6">
       <x:c r="A139" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6">
       <x:c r="A140" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6">
       <x:c r="A141" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6">
       <x:c r="A142" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6">
       <x:c r="A143" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6">
       <x:c r="A144" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6">
       <x:c r="A145" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6">
       <x:c r="A146" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6">
       <x:c r="A147" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6">
       <x:c r="A148" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6">
       <x:c r="A149" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6">
       <x:c r="A150" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6">
       <x:c r="A151" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6">
       <x:c r="A152" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6">
       <x:c r="A153" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6">
       <x:c r="A154" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6">
       <x:c r="A155" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6">
       <x:c r="A156" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6">
       <x:c r="A157" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6">
       <x:c r="A158" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6">
       <x:c r="A159" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6">
       <x:c r="A160" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6">
       <x:c r="A161" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6">
       <x:c r="A162" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6">
       <x:c r="A163" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6">
       <x:c r="A164" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6">
       <x:c r="A165" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6">
       <x:c r="A166" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6">
       <x:c r="A167" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6">
       <x:c r="A168" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6">
       <x:c r="A169" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6">
       <x:c r="A170" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6">
       <x:c r="A171" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6">
       <x:c r="A172" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6">
       <x:c r="A173" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6">
       <x:c r="A174" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6">
       <x:c r="A175" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6">
       <x:c r="A176" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6">
       <x:c r="A177" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6">
       <x:c r="A178" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6">
       <x:c r="A179" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6">
       <x:c r="A180" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6">
       <x:c r="A181" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6">
       <x:c r="A182" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6">
       <x:c r="A183" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6">
       <x:c r="A184" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6">
       <x:c r="A185" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6">
       <x:c r="A186" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6">
       <x:c r="A187" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6">
       <x:c r="A188" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6">
       <x:c r="A189" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6">
       <x:c r="A190" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6">
       <x:c r="A191" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6">
       <x:c r="A192" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6">
       <x:c r="A193" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6">
       <x:c r="A194" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6">
       <x:c r="A195" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6">
       <x:c r="A196" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6">
       <x:c r="A197" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6">
       <x:c r="A198" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6">
       <x:c r="A199" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6">
       <x:c r="A200" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6">
       <x:c r="A201" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6">
       <x:c r="A202" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6">
       <x:c r="A203" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6">
       <x:c r="A204" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6">
       <x:c r="A205" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6">
       <x:c r="A206" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6">
       <x:c r="A207" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6">
       <x:c r="A208" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6">
       <x:c r="A209" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6">
       <x:c r="A210" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6">
       <x:c r="A211" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6">
       <x:c r="A212" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6">
       <x:c r="A213" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6">
       <x:c r="A214" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6">
       <x:c r="A215" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6">
       <x:c r="A216" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6">
       <x:c r="A217" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6">
       <x:c r="A218" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6">
       <x:c r="A219" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6">
       <x:c r="A220" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6">
       <x:c r="A221" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>16.57</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6">
       <x:c r="A222" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>16.47</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6">
       <x:c r="A223" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>16.46</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6">
       <x:c r="A224" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6">
       <x:c r="A225" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6">
       <x:c r="A226" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>16.38</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6">
       <x:c r="A227" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>16.52</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6">
       <x:c r="A228" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6">
       <x:c r="A229" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6">
       <x:c r="A230" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6">
       <x:c r="A231" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6">
       <x:c r="A232" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6">
       <x:c r="A233" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6">
       <x:c r="A234" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6">
       <x:c r="A235" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6">
       <x:c r="A236" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6">
       <x:c r="A237" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6">
       <x:c r="A238" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6">
       <x:c r="A239" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6">
       <x:c r="A240" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.38</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6">
       <x:c r="A241" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6">
       <x:c r="A242" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6">
       <x:c r="A243" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6">
       <x:c r="A244" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6">
       <x:c r="A245" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6">
       <x:c r="A246" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6">
       <x:c r="A247" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6">
       <x:c r="A248" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6">
       <x:c r="A249" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6">
       <x:c r="A250" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6">
       <x:c r="A251" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6">
       <x:c r="A252" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6">
       <x:c r="A253" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6">
       <x:c r="A254" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6">
       <x:c r="A255" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:6">
       <x:c r="A256" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:6">
       <x:c r="A257" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:6">
       <x:c r="A258" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:6">
       <x:c r="A259" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:6">
       <x:c r="A260" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:6">
       <x:c r="A261" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:6">
       <x:c r="A262" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:6">
       <x:c r="A263" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:6">
       <x:c r="A264" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:6">
       <x:c r="A265" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:6">
       <x:c r="A266" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:6">
       <x:c r="A267" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:6">
       <x:c r="A268" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:6">
       <x:c r="A269" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:6">
       <x:c r="A270" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:6">
       <x:c r="A271" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:6">
       <x:c r="A272" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:6">
       <x:c r="A273" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:6">
       <x:c r="A274" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:6">
       <x:c r="A275" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:6">
       <x:c r="A276" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:6">
       <x:c r="A277" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:6">
       <x:c r="A278" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>16.82</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:6">
       <x:c r="A279" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>16.82</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:6">
       <x:c r="A280" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:6">
       <x:c r="A281" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:6">
       <x:c r="A282" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>16.73</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:6">
       <x:c r="A283" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:6">
       <x:c r="A284" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:6">
       <x:c r="A285" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:6">
       <x:c r="A286" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:6">
       <x:c r="A287" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:6">
       <x:c r="A288" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:6">
       <x:c r="A289" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:6">
       <x:c r="A290" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:6">
       <x:c r="A291" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:6">
       <x:c r="A292" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:6">
       <x:c r="A293" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:6">
       <x:c r="A294" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:6">
       <x:c r="A295" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:6">
       <x:c r="A296" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.73</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:6">
       <x:c r="A297" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
         <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:6">
       <x:c r="A298" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>16.57</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:6">
       <x:c r="A299" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:6">
       <x:c r="A300" s="2" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:6">
       <x:c r="A301" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:6">
       <x:c r="A302" s="2" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:6">
       <x:c r="A303" s="2" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:6">
       <x:c r="A304" s="2" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:6">
       <x:c r="A305" s="2" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:6">
       <x:c r="A306" s="2" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:6">
       <x:c r="A307" s="2" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:6">
       <x:c r="A308" s="2" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:6">
       <x:c r="A309" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:6">
       <x:c r="A310" s="2" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:6">
       <x:c r="A311" s="2" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:6">
       <x:c r="A312" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:6">
       <x:c r="A313" s="2" t="s">
-        <x:v>316</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:6">
       <x:c r="A314" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:6">
       <x:c r="A315" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:6">
       <x:c r="A316" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:6">
       <x:c r="A317" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:6">
       <x:c r="A318" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:6">
       <x:c r="A319" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:6">
       <x:c r="A320" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:6">
       <x:c r="A321" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:6">
       <x:c r="A322" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:6">
       <x:c r="A323" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:6">
       <x:c r="A324" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:6">
       <x:c r="A325" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:6">
       <x:c r="A326" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:6">
       <x:c r="A327" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:6">
       <x:c r="A328" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:6">
       <x:c r="A329" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:6">
       <x:c r="A330" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:6">
       <x:c r="A331" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:6">
       <x:c r="A332" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:6">
       <x:c r="A333" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:6">
       <x:c r="A334" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:6">
       <x:c r="A335" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:6">
       <x:c r="A336" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:6">
       <x:c r="A337" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:6">
       <x:c r="A338" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:6">
       <x:c r="A339" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:6">
       <x:c r="A340" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:6">
       <x:c r="A341" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:6">
       <x:c r="A342" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:6">
       <x:c r="A343" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:6">
       <x:c r="A344" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:6">
       <x:c r="A345" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:6">
       <x:c r="A346" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:6">
       <x:c r="A347" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:6">
       <x:c r="A348" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
         <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:6">
       <x:c r="A349" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:6">
       <x:c r="A350" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:6">
       <x:c r="A351" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:6">
       <x:c r="A352" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:6">
       <x:c r="A353" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:6">
       <x:c r="A354" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:6">
       <x:c r="A355" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:6">
       <x:c r="A356" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
         <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:6">
       <x:c r="A357" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:6">
       <x:c r="A358" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:6">
       <x:c r="A359" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:6">
       <x:c r="A360" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:6">
       <x:c r="A361" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:6">
       <x:c r="A362" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:6">
       <x:c r="A363" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:6">
       <x:c r="A364" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:6">
       <x:c r="A365" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:6">
       <x:c r="A366" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:6">
       <x:c r="A367" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:6">
       <x:c r="A368" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:6">
       <x:c r="A369" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:6">
       <x:c r="A370" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:6">
       <x:c r="A371" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:6">
       <x:c r="A372" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:6">
       <x:c r="A373" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:6">
       <x:c r="A374" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:6">
       <x:c r="A375" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:6">
       <x:c r="A376" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:6">
       <x:c r="A377" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:6">
       <x:c r="A378" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:6">
       <x:c r="A379" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:6">
       <x:c r="A380" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:6">
       <x:c r="A381" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:6">
       <x:c r="A382" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:6">
       <x:c r="A383" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:6">
       <x:c r="A384" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:6">
       <x:c r="A385" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:6">
       <x:c r="A386" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:6">
       <x:c r="A387" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:6">
       <x:c r="A388" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:6">
       <x:c r="A389" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:6">
       <x:c r="A390" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:6">
       <x:c r="A391" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:6">
       <x:c r="A392" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:6">
       <x:c r="A393" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:6">
       <x:c r="A394" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:6">
       <x:c r="A395" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:6">
       <x:c r="A396" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:6">
       <x:c r="A397" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:6">
       <x:c r="A398" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:6">
       <x:c r="A399" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:6">
       <x:c r="A400" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:6">
       <x:c r="A401" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:6">
       <x:c r="A402" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:6">
       <x:c r="A403" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:6">
       <x:c r="A404" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:6">
       <x:c r="A405" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:6">
       <x:c r="A406" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:6">
       <x:c r="A407" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:6">
       <x:c r="A408" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:6">
       <x:c r="A409" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:6">
       <x:c r="A410" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:6">
       <x:c r="A411" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:6">
       <x:c r="A412" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:6">
       <x:c r="A413" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:6">
       <x:c r="A414" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:6">
       <x:c r="A415" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:6">
       <x:c r="A416" s="2" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:6">
       <x:c r="A417" s="2" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:6">
       <x:c r="A418" s="2" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:6">
       <x:c r="A419" s="2" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>18.17</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:6">
       <x:c r="A420" s="2" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:6">
       <x:c r="A421" s="2" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:6">
       <x:c r="A422" s="2" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:6">
       <x:c r="A423" s="2" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:6">
       <x:c r="A424" s="2" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:6">
       <x:c r="A425" s="2" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:6">
       <x:c r="A426" s="2" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:6">
       <x:c r="A427" s="2" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:6">
       <x:c r="A428" s="2" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:6">
       <x:c r="A429" s="2" t="s">
-        <x:v>431</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:6">
       <x:c r="A430" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:6">
       <x:c r="A431" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:6">
       <x:c r="A432" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:6">
       <x:c r="A433" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>18.17</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:6">
       <x:c r="A434" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:6">
       <x:c r="A435" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:6">
       <x:c r="A436" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:6">
       <x:c r="A437" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:6">
       <x:c r="A438" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:6">
       <x:c r="A439" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:6">
       <x:c r="A440" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:6">
       <x:c r="A441" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:6">
       <x:c r="A442" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:6">
       <x:c r="A443" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:6">
       <x:c r="A444" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:6">
       <x:c r="A445" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:6">
       <x:c r="A446" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:6">
       <x:c r="A447" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:6">
       <x:c r="A448" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:6">
       <x:c r="A449" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:6">
       <x:c r="A450" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:6">
       <x:c r="A451" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:6">
       <x:c r="A452" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:6">
       <x:c r="A453" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
         <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:6">
       <x:c r="A454" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:6">
       <x:c r="A455" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:6">
       <x:c r="A456" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:6">
       <x:c r="A457" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:6">
       <x:c r="A458" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:6">
       <x:c r="A459" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:6">
       <x:c r="A460" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:6">
       <x:c r="A461" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:6">
       <x:c r="A462" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:6">
       <x:c r="A463" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:6">
       <x:c r="A464" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:6">
       <x:c r="A465" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:6">
       <x:c r="A466" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:6">
       <x:c r="A467" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:6">
       <x:c r="A468" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:6">
       <x:c r="A469" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:6">
       <x:c r="A470" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:6">
       <x:c r="A471" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:6">
       <x:c r="A472" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:6">
       <x:c r="A473" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:6">
       <x:c r="A474" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:6">
       <x:c r="A475" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:6">
       <x:c r="A476" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:6">
       <x:c r="A477" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:6">
       <x:c r="A478" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:6">
       <x:c r="A479" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:6">
       <x:c r="A480" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:6">
       <x:c r="A481" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:6">
       <x:c r="A482" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:6">
       <x:c r="A483" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:6">
       <x:c r="A484" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:6">
       <x:c r="A485" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:6">
       <x:c r="A486" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:6">
       <x:c r="A487" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:6">
       <x:c r="A488" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:6">
       <x:c r="A489" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:6">
       <x:c r="A490" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:6">
       <x:c r="A491" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:6">
       <x:c r="A492" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:6">
       <x:c r="A493" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:6">
       <x:c r="A494" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:6">
       <x:c r="A495" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:6">
       <x:c r="A496" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:6">
       <x:c r="A497" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:6">
       <x:c r="A498" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:6">
       <x:c r="A499" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:6">
       <x:c r="A500" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:6">
       <x:c r="A501" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:6">
       <x:c r="A502" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:6">
       <x:c r="A503" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:6">
       <x:c r="A504" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:6">
       <x:c r="A505" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:6">
       <x:c r="A506" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:6">
       <x:c r="A507" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:6">
       <x:c r="A508" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:6">
       <x:c r="A509" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:6">
       <x:c r="A510" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:6">
       <x:c r="A511" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:6">
       <x:c r="A512" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:6">
       <x:c r="A513" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:6">
       <x:c r="A514" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:6">
       <x:c r="A515" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:6">
       <x:c r="A516" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:6">
       <x:c r="A517" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:6">
       <x:c r="A518" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:6">
       <x:c r="A519" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:6">
       <x:c r="A520" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:6">
       <x:c r="A521" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:6">
       <x:c r="A522" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:6">
       <x:c r="A523" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:6">
       <x:c r="A524" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:6">
       <x:c r="A525" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:6">
       <x:c r="A526" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:6">
       <x:c r="A527" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:6">
       <x:c r="A528" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:6">
       <x:c r="A529" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:6">
       <x:c r="A530" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:6">
       <x:c r="A531" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
         <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:6">
       <x:c r="A532" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:6">
       <x:c r="A533" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:6">
       <x:c r="A534" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:6">
       <x:c r="A535" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:6">
       <x:c r="A536" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:6">
       <x:c r="A537" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:6">
       <x:c r="A538" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:6">
       <x:c r="A539" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>17.58</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:6">
       <x:c r="A540" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:6">
       <x:c r="A541" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:6">
       <x:c r="A542" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:6">
       <x:c r="A543" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:6">
       <x:c r="A544" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:6">
       <x:c r="A545" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:6">
       <x:c r="A546" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:6">
       <x:c r="A547" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:6">
       <x:c r="A548" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:6">
       <x:c r="A549" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:6">
       <x:c r="A550" s="2" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>18.34</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:6">
       <x:c r="A551" s="2" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>18.36</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:6">
       <x:c r="A552" s="2" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:6">
       <x:c r="A553" s="2" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>17.58</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:6">
       <x:c r="A554" s="2" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:6">
       <x:c r="A555" s="2" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:6">
       <x:c r="A556" s="2" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:6">
       <x:c r="A557" s="2" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:6">
       <x:c r="A558" s="2" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:6">
       <x:c r="A559" s="2" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:6">
       <x:c r="A560" s="2" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:6">
       <x:c r="A561" s="2" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:6">
       <x:c r="A562" s="2" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:6">
       <x:c r="A563" s="2" t="s">
-        <x:v>564</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:6">
       <x:c r="A564" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>18.34</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:6">
       <x:c r="A565" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:6">
       <x:c r="A566" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:6">
       <x:c r="A567" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:6">
       <x:c r="A568" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:6">
       <x:c r="A569" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:6">
       <x:c r="A570" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:6">
       <x:c r="A571" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:6">
       <x:c r="A572" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:6">
       <x:c r="A573" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:6">
       <x:c r="A574" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:6">
       <x:c r="A575" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:6">
       <x:c r="A576" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:6">
       <x:c r="A577" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:6">
       <x:c r="A578" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:6">
       <x:c r="A579" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:6">
       <x:c r="A580" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:6">
       <x:c r="A581" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:6">
       <x:c r="A582" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:6">
       <x:c r="A583" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:6">
       <x:c r="A584" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:6">
       <x:c r="A585" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:6">
       <x:c r="A586" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:6">
       <x:c r="A587" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:6">
       <x:c r="A588" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:6">
       <x:c r="A589" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:6">
       <x:c r="A590" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:6">
       <x:c r="A591" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:6">
       <x:c r="A592" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:6">
       <x:c r="A593" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:6">
       <x:c r="A594" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:6">
       <x:c r="A595" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:6">
       <x:c r="A596" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:6">
       <x:c r="A597" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:6">
       <x:c r="A598" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:6">
       <x:c r="A599" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:6">
       <x:c r="A600" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:6">
       <x:c r="A601" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:6">
       <x:c r="A602" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:6">
       <x:c r="A603" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:6">
       <x:c r="A604" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:6">
       <x:c r="A605" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:6">
       <x:c r="A606" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:6">
       <x:c r="A607" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:6">
       <x:c r="A608" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:6">
       <x:c r="A609" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:6">
       <x:c r="A610" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:6">
       <x:c r="A611" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:6">
       <x:c r="A612" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:6">
       <x:c r="A613" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:6">
       <x:c r="A614" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:6">
       <x:c r="A615" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:6">
       <x:c r="A616" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:6">
       <x:c r="A617" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:6">
       <x:c r="A618" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:6">
       <x:c r="A619" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:6">
       <x:c r="A620" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:6">
       <x:c r="A621" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:6">
       <x:c r="A622" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:6">
       <x:c r="A623" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:6">
       <x:c r="A624" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:6">
       <x:c r="A625" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:6">
       <x:c r="A626" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:6">
       <x:c r="A627" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:6">
       <x:c r="A628" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:6">
       <x:c r="A629" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:6">
       <x:c r="A630" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:6">
       <x:c r="A631" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:6">
       <x:c r="A632" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:6">
       <x:c r="A633" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:6">
       <x:c r="A634" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:6">
       <x:c r="A635" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:6">
       <x:c r="A636" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:6">
       <x:c r="A637" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:6">
       <x:c r="A638" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:6">
       <x:c r="A639" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:6">
       <x:c r="A640" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:6">
       <x:c r="A641" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:6">
       <x:c r="A642" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:6">
       <x:c r="A643" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:6">
       <x:c r="A644" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:6">
       <x:c r="A645" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:6">
       <x:c r="A646" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:6">
       <x:c r="A647" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:6">
       <x:c r="A648" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:6">
       <x:c r="A649" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:6">
       <x:c r="A650" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:6">
       <x:c r="A651" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:6">
       <x:c r="A652" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:6">
       <x:c r="A653" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
         <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:6">
       <x:c r="A654" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:6">
       <x:c r="A655" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:6">
       <x:c r="A656" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:6">
       <x:c r="A657" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:6">
       <x:c r="A658" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:6">
       <x:c r="A659" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
         <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:6">
       <x:c r="A660" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:6">
       <x:c r="A661" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:6">
       <x:c r="A662" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:6">
       <x:c r="A663" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:6">
       <x:c r="A664" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:6">
       <x:c r="A665" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:6">
       <x:c r="A666" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:6">
       <x:c r="A667" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:6">
       <x:c r="A668" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:6">
       <x:c r="A669" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:6">
       <x:c r="A670" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:6">
       <x:c r="A671" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:6">
       <x:c r="A672" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:6">
       <x:c r="A673" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:6">
       <x:c r="A674" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
         <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:6">
       <x:c r="A675" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:6">
       <x:c r="A676" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:6">
       <x:c r="A677" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:6">
       <x:c r="A678" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
         <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:6">
       <x:c r="A679" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:6">
       <x:c r="A680" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:6">
       <x:c r="A681" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
         <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:6">
       <x:c r="A682" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:6">
       <x:c r="A683" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:6">
       <x:c r="A684" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:6">
       <x:c r="A685" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:6">
       <x:c r="A686" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:6">
       <x:c r="A687" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:6">
       <x:c r="A688" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:6">
       <x:c r="A689" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:6">
       <x:c r="A690" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:6">
       <x:c r="A691" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:6">
       <x:c r="A692" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:6">
       <x:c r="A693" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:6">
       <x:c r="A694" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:6">
       <x:c r="A695" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:6">
       <x:c r="A696" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:6">
       <x:c r="A697" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:6">
       <x:c r="A698" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:6">
       <x:c r="A699" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:6">
       <x:c r="A700" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:6">
       <x:c r="A701" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:6">
       <x:c r="A702" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
         <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:6">
       <x:c r="A703" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:6">
       <x:c r="A704" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:6">
       <x:c r="A705" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:6">
       <x:c r="A706" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:6">
       <x:c r="A707" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:6">
       <x:c r="A708" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:6">
       <x:c r="A709" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:6">
       <x:c r="A710" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:6">
       <x:c r="A711" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:6">
       <x:c r="A712" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:6">
       <x:c r="A713" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:6">
       <x:c r="A714" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
         <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:6">
       <x:c r="A715" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:6">
       <x:c r="A716" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:6">
       <x:c r="A717" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:6">
       <x:c r="A718" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:6">
       <x:c r="A719" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:6">
       <x:c r="A720" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="721" spans="1:6">
+      <x:c r="A721" s="2" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B721" s="3" t="n">
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:6">
       <x:c r="A722" s="2" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B722" s="3" t="n">
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:6">
       <x:c r="A723" s="2" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B723" s="3" t="n">
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:6">
       <x:c r="A724" s="2" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B724" s="3" t="n">
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:6">
       <x:c r="A725" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B725" s="3" t="n">
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:6">
       <x:c r="A726" s="2" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B726" s="3" t="n">
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:6">
-      <x:c r="A727" s="1" t="s">
-        <x:v>727</x:v>
+      <x:c r="A727" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B727" s="3" t="n">
+        <x:v>17.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="728" spans="1:6">
+      <x:c r="A728" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B728" s="3" t="n">
+        <x:v>17.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729" spans="1:6">
+      <x:c r="A729" s="2" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="B729" s="3" t="n">
+        <x:v>17.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730" spans="1:6">
+      <x:c r="A730" s="2" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B730" s="3" t="n">
+        <x:v>17.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731" spans="1:6">
+      <x:c r="A731" s="2" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B731" s="3" t="n">
+        <x:v>17.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732" spans="1:6">
+      <x:c r="A732" s="2" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B732" s="3" t="n">
+        <x:v>17.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733" spans="1:6">
+      <x:c r="A733" s="2" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="B733" s="3" t="n">
+        <x:v>17.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734" spans="1:6">
+      <x:c r="A734" s="2" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B734" s="3" t="n">
+        <x:v>17.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736" spans="1:6">
+      <x:c r="A736" s="2" t="s">
+        <x:v>736</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737" spans="1:6">
+      <x:c r="A737" s="2" t="s">
+        <x:v>737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="738" spans="1:6">
+      <x:c r="A738" s="2" t="s">
+        <x:v>738</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="739" spans="1:6">
+      <x:c r="A739" s="2" t="s">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740" spans="1:6">
+      <x:c r="A740" s="2" t="s">
+        <x:v>740</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741" spans="1:6">
+      <x:c r="A741" s="1" t="s">
+        <x:v>741</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1925"/>
+  <x:dimension ref="A1:H1939"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.13</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.9802</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H5" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>1.3274</x:v>
       </x:c>
       <x:c r="G6" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H6" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>1.0946</x:v>
       </x:c>
       <x:c r="G7" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H7" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.7756</x:v>
       </x:c>
       <x:c r="G8" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H8" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.13</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>1.2981</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>733</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F10" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.0235</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0088</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
-        <x:v>734</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.5439</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0.3843</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.0977</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.25</x:v>
       </x:c>
       <x:c r="E12" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>0.1387</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>1.4695</x:v>
       </x:c>
       <x:c r="H12" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.22</x:v>
       </x:c>
       <x:c r="E13" s="2" t="s">
-        <x:v>736</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>0.2422</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>0.0353</x:v>
       </x:c>
       <x:c r="H13" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.29</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
-        <x:v>737</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>0.1614</x:v>
       </x:c>
       <x:c r="G14" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>0.0164</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
-        <x:v>738</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>1.1545</x:v>
       </x:c>
       <x:c r="G15" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H15" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.29</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
-        <x:v>739</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0.416</x:v>
       </x:c>
       <x:c r="G16" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H16" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.33</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
-        <x:v>740</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.6114</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>0.1477</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>0.008</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>17.33</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
         <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
         <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
         <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>17.69</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>16.51</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>16.5</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>16.41</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>16.41</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>16.56</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.51</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
         <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>16.91</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>16.79</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>16.75</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>16.75</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>18.17</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>18.15</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
-        <x:v>316</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.17</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.15</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>17.86</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
         <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
         <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>18.21</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>18.22</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>18.24</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
-        <x:v>431</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>18.17</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>18.21</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>18.17</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>18.02</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
         <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
         <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.02</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>17.81</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>17.89</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
         <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
         <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>17.77</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>18.36</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>18.38</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>18.24</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>18.07</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>18.03</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
-        <x:v>564</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>17.78</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>18.07</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>17.49</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>16.88</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>16.88</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>17.47</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.47</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>17.34</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
         <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
         <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
         <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
         <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>17.14</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>16.92</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
         <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>17.07</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
-        <x:v>741</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
         <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
-        <x:v>742</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
-        <x:v>744</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
-        <x:v>745</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
-        <x:v>746</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
-        <x:v>747</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
-        <x:v>748</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
-        <x:v>749</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>16.85</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
-        <x:v>750</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
-        <x:v>751</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
-        <x:v>752</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
-        <x:v>753</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
-        <x:v>754</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>16.69</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>16.54</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>16.59</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="2" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B739" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B740" s="3" t="n">
-        <x:v>16.53</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="B741" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B742" s="3" t="n">
-        <x:v>16.53</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B743" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B744" s="3" t="n">
-        <x:v>16.66</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="2" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B745" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="2" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B746" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="2" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B747" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="2" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B748" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="2" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B749" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="2" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B750" s="3" t="n">
         <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="2" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B751" s="3" t="n">
-        <x:v>16.73</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="2" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="B752" s="3" t="n">
-        <x:v>16.74</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="2" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="B753" s="3" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="2" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B754" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="2" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B755" s="3" t="n">
-        <x:v>16.59</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="2" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B756" s="3" t="n">
-        <x:v>16.52</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="2" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="B757" s="3" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="2" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B758" s="3" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="2" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B759" s="3" t="n">
-        <x:v>16.79</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="2" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B760" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="2" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B761" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="2" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B762" s="3" t="n">
-        <x:v>16.84</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="2" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B763" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="2" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="B764" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="2" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B765" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>16.73</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="2" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B766" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="2" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="B767" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="2" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B768" s="3" t="n">
-        <x:v>17.32</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="2" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B769" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="2" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="B770" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="2" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B771" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="2" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B772" s="3" t="n">
-        <x:v>17.03</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="2" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="B773" s="3" t="n">
-        <x:v>17.06</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="2" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="B774" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="2" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B775" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="2" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="B776" s="3" t="n">
-        <x:v>17.01</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="2" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B777" s="3" t="n">
-        <x:v>16.95</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="2" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="B778" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="2" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B779" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="2" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B780" s="3" t="n">
         <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="2" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B781" s="3" t="n">
-        <x:v>17.08</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="2" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B782" s="3" t="n">
-        <x:v>17.05</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="2" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="B783" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="2" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B784" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="2" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="B785" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="2" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="B786" s="3" t="n">
-        <x:v>16.78</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="2" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="B787" s="3" t="n">
-        <x:v>16.59</x:v>
+        <x:v>17.06</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="2" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="B788" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="2" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B789" s="3" t="n">
-        <x:v>16.48</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="2" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="B790" s="3" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.01</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="2" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="B791" s="3" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="2" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B792" s="3" t="n">
-        <x:v>16.42</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="2" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="B793" s="3" t="n">
-        <x:v>16.53</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="2" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B794" s="3" t="n">
-        <x:v>16.51</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="2" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="B795" s="3" t="n">
-        <x:v>16.54</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="2" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B796" s="3" t="n">
-        <x:v>16.61</x:v>
+        <x:v>17.05</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="2" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="B797" s="3" t="n">
-        <x:v>16.48</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="2" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="B798" s="3" t="n">
-        <x:v>16.54</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B799" s="3" t="n">
-        <x:v>16.63</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="2" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B800" s="3" t="n">
-        <x:v>18.01</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="2" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="B801" s="3" t="n">
-        <x:v>18.12</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="2" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B802" s="3" t="n">
-        <x:v>18.19</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="2" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B803" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="2" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B804" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="2" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B805" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="2" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B806" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>16.42</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="2" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B807" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="2" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B808" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>16.51</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="2" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B809" s="3" t="n">
-        <x:v>17.97</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="2" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B810" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="2" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B811" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="2" t="s">
-        <x:v>831</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B812" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="2" t="s">
-        <x:v>832</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B813" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="2" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B814" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>18.01</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="2" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B815" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="2" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B816" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="2" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="B817" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="2" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="B818" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="2" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B819" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="2" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B820" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="2" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B821" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="2" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B822" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="2" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="B823" s="3" t="n">
-        <x:v>17.54</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="2" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="B824" s="3" t="n">
-        <x:v>17.11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="2" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B825" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="2" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B826" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="2" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B827" s="3" t="n">
-        <x:v>17.24</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="2" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B828" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="2" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B829" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="2" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="B830" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="2" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B831" s="3" t="n">
-        <x:v>17.38</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="2" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="B832" s="3" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="2" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="B833" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="2" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B834" s="3" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="2" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B835" s="3" t="n">
-        <x:v>17.22</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="2" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="B836" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="2" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B837" s="3" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.54</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="2" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B838" s="3" t="n">
-        <x:v>16.96</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="2" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="B839" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="2" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B840" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="2" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="B841" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>17.24</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="2" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="B842" s="3" t="n">
-        <x:v>16.81</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="2" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="B843" s="3" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="2" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="B844" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="2" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="B845" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="2" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="B846" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="2" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="B847" s="3" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="2" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="B848" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="2" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B849" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="2" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="B850" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="2" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="B851" s="3" t="n">
-        <x:v>16.74</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="2" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B852" s="3" t="n">
-        <x:v>16.74</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="2" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="B853" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="2" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="B854" s="3" t="n">
-        <x:v>16.62</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="2" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="B855" s="3" t="n">
-        <x:v>16.68</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="2" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B856" s="3" t="n">
-        <x:v>16.82</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="2" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B857" s="3" t="n">
-        <x:v>17.02</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="2" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B858" s="3" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="2" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B859" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="2" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B860" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="2" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B861" s="3" t="n">
-        <x:v>17.21</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="2" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B862" s="3" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="2" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="B863" s="3" t="n">
-        <x:v>17.42</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="2" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="B864" s="3" t="n">
-        <x:v>17.39</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="2" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B865" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="2" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="B866" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="2" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="B867" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="2" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B868" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="2" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="B869" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="2" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="B870" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="2" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B871" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="2" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="B872" s="3" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="2" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B873" s="3" t="n">
-        <x:v>17.37</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="2" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B874" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="2" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="B875" s="3" t="n">
-        <x:v>17.59</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="2" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B876" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="2" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B877" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="2" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B878" s="3" t="n">
-        <x:v>17.62</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="2" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="B879" s="3" t="n">
-        <x:v>17.61</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="2" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B880" s="3" t="n">
-        <x:v>17.79</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="2" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="B881" s="3" t="n">
-        <x:v>17.96</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="2" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B882" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="2" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B883" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="2" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B884" s="3" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="2" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B885" s="3" t="n">
-        <x:v>18.16</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="2" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B886" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.31</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="2" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="B887" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="2" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B888" s="3" t="n">
-        <x:v>17.87</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="2" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B889" s="3" t="n">
-        <x:v>17.99</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="2" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B890" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="2" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="B891" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="2" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B892" s="3" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="2" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="B893" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="2" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="B894" s="3" t="n">
-        <x:v>17.94</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="2" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B895" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.96</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="2" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="B896" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="2" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="B897" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="2" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B898" s="3" t="n">
-        <x:v>17.55</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="2" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="B899" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="2" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="B900" s="3" t="n">
-        <x:v>17.63</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="2" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B901" s="3" t="n">
-        <x:v>17.57</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="2" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="B902" s="3" t="n">
-        <x:v>17.53</x:v>
+        <x:v>17.87</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="2" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="B903" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="2" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="B904" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="2" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="B905" s="3" t="n">
-        <x:v>17.26</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="2" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="B906" s="3" t="n">
-        <x:v>17.04</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="2" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="B907" s="3" t="n">
-        <x:v>17.13</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="2" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B908" s="3" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="2" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="B909" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="2" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="B910" s="3" t="n">
-        <x:v>17.19</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="2" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="B911" s="3" t="n">
-        <x:v>17.16</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="2" t="s">
-        <x:v>733</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B912" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.55</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="2" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B913" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="2" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B914" s="3" t="n">
-        <x:v>16.97</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="2" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B915" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="2" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B916" s="3" t="n">
-        <x:v>16.87</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="2" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B917" s="3" t="n">
-        <x:v>16.94</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="2" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B918" s="3" t="n">
-        <x:v>17.12</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="2" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B919" s="3" t="n">
-        <x:v>17.17</x:v>
+        <x:v>17.26</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="2" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B920" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="2" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B921" s="3" t="n">
-        <x:v>16.93</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="2" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B922" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="2" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B923" s="3" t="n">
-        <x:v>16.89</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="2" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B924" s="3" t="n">
-        <x:v>16.77</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="2" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B925" s="3" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="2" t="s">
-        <x:v>944</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B926" s="3" t="n">
-        <x:v>16.76</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="2" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B927" s="3" t="n">
-        <x:v>16.79</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="2" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="B928" s="3" t="n">
-        <x:v>17.23</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="2" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B929" s="3" t="n">
-        <x:v>17.56</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="2" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B930" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="2" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="B931" s="3" t="n">
-        <x:v>17.74</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="2" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B932" s="3" t="n">
-        <x:v>17.75</x:v>
+        <x:v>17.12</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="2" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B933" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="2" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="B934" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="2" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B935" s="3" t="n">
-        <x:v>17.92</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="2" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B936" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="2" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="B937" s="3" t="n">
-        <x:v>18.05</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="2" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B938" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="2" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B939" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="2" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="B940" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>16.76</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="2" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B941" s="3" t="n">
-        <x:v>17.44</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="2" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B942" s="3" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="2" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="B943" s="3" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="2" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B944" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="2" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B945" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="2" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B946" s="3" t="n">
-        <x:v>17.46</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="2" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B947" s="3" t="n">
-        <x:v>17.48</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="2" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="B948" s="3" t="n">
-        <x:v>17.45</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="2" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B949" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="2" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B950" s="3" t="n">
-        <x:v>17.51</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="2" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B951" s="3" t="n">
-        <x:v>17.43</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="2" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B952" s="3" t="n">
-        <x:v>17.54</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="2" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="B953" s="3" t="n">
-        <x:v>17.66</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="2" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B954" s="3" t="n">
-        <x:v>17.83</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="2" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B955" s="3" t="n">
-        <x:v>17.76</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="2" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="B956" s="3" t="n">
-        <x:v>17.65</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="2" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="B957" s="3" t="n">
-        <x:v>17.72</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="2" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B958" s="3" t="n">
-        <x:v>17.82</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="2" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="B959" s="3" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="2" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="B960" s="3" t="n">
-        <x:v>17.88</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="2" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="B961" s="3" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="2" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B962" s="3" t="n">
-        <x:v>17.85</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="2" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="B963" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="2" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="B964" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="2" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B965" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="2" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="B966" s="3" t="n">
-        <x:v>18.04</x:v>
+        <x:v>17.54</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="2" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="B967" s="3" t="n">
-        <x:v>18.09</x:v>
+        <x:v>17.66</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="2" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="B968" s="3" t="n">
-        <x:v>18.14</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="2" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="B969" s="3" t="n">
-        <x:v>18.08</x:v>
+        <x:v>17.76</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="2" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="B970" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="2" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="B971" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="2" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B972" s="3" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="2" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="B973" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="2" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B974" s="3" t="n">
-        <x:v>18.36</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="2" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B975" s="3" t="n">
-        <x:v>18.48</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="2" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B976" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>17.85</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="2" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="B977" s="3" t="n">
-        <x:v>18.46</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="2" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B978" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="2" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B979" s="3" t="n">
-        <x:v>18.46</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="2" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="B980" s="3" t="n">
-        <x:v>18.27</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="2" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="B981" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="2" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="B982" s="3" t="n">
-        <x:v>18.33</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="2" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="B983" s="3" t="n">
-        <x:v>18.32</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="2" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B984" s="3" t="n">
-        <x:v>18.32</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="2" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B985" s="3" t="n">
-        <x:v>18.32</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="2" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="B986" s="3" t="n">
-        <x:v>18.43</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="2" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B987" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="2" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B988" s="3" t="n">
-        <x:v>18.29</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="2" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="B989" s="3" t="n">
-        <x:v>18.13</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="2" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="B990" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="2" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="B991" s="3" t="n">
-        <x:v>18.23</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="2" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="B992" s="3" t="n">
-        <x:v>18.29</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="2" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B993" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="2" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B994" s="3" t="n">
-        <x:v>18.33</x:v>
+        <x:v>18.27</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="2" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="B995" s="3" t="n">
-        <x:v>18.37</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="2" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B996" s="3" t="n">
-        <x:v>18.51</x:v>
+        <x:v>18.33</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="2" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B997" s="3" t="n">
-        <x:v>18.59</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="2" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="B998" s="3" t="n">
-        <x:v>18.6</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="2" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B999" s="3" t="n">
-        <x:v>18.62</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="2" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B1000" s="3" t="n">
-        <x:v>18.61</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="2" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="B1001" s="3" t="n">
-        <x:v>18.56</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="2" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B1002" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="2" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="B1003" s="3" t="n">
-        <x:v>18.43</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="2" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B1004" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="2" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B1005" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="2" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B1006" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>18.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="2" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B1007" s="3" t="n">
-        <x:v>18.48</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="2" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B1008" s="3" t="n">
-        <x:v>18.44</x:v>
+        <x:v>18.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="2" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B1009" s="3" t="n">
-        <x:v>18.39</x:v>
+        <x:v>18.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="2" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="B1010" s="3" t="n">
-        <x:v>18.44</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="2" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B1011" s="3" t="n">
-        <x:v>18.53</x:v>
+        <x:v>18.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="2" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B1012" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="2" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B1013" s="3" t="n">
-        <x:v>18.64</x:v>
+        <x:v>18.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="2" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1014" s="3" t="n">
-        <x:v>18.63</x:v>
+        <x:v>18.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="2" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1015" s="3" t="n">
-        <x:v>18.62</x:v>
+        <x:v>18.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="2" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B1016" s="3" t="n">
-        <x:v>18.74</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="2" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="B1017" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="2" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="B1018" s="3" t="n">
-        <x:v>18.82</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="2" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B1019" s="3" t="n">
-        <x:v>18.74</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="2" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="2" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="n">
-        <x:v>18.73</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="2" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="B1022" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="2" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="B1023" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="2" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B1024" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="2" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="B1025" s="3" t="n">
-        <x:v>18.92</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="2" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="B1026" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="2" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B1027" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="2" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B1028" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>18.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="2" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="B1029" s="3" t="n">
-        <x:v>19.06</x:v>
+        <x:v>18.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="2" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B1030" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>18.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="2" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="B1031" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="2" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B1032" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="2" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B1033" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>18.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="2" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="B1034" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="2" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="B1035" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>18.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="2" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="2" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="2" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="2" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B1039" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>18.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="2" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="B1040" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="2" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="B1041" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="2" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B1042" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="2" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="2" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="2" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B1045" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="2" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="B1046" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="2" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="B1047" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="2" t="s">
-        <x:v>734</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B1048" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="2" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="B1049" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="2" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="B1050" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="2" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="B1051" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="2" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B1052" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="2" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="B1053" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="2" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="B1054" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="2" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="B1055" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="2" t="s">
-        <x:v>1073</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="B1056" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="2" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B1057" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="2" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B1058" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="2" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B1059" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="2" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="B1060" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="2" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="B1061" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="2" t="s">
-        <x:v>1079</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B1062" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="2" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="B1063" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="2" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B1064" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="2" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B1065" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="2" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="B1066" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="2" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B1067" s="3" t="n">
         <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="2" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B1068" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="2" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="B1069" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="2" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B1070" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="2" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B1071" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="2" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="B1072" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="2" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B1073" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="2" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="B1074" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="2" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="B1075" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="2" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B1076" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="2" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="B1077" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="2" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="B1078" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="2" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B1079" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="2" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="B1080" s="3" t="n">
         <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="2" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B1081" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="2" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B1082" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="2" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="B1083" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="2" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="B1084" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="2" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B1085" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="2" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B1086" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="2" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B1087" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="2" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B1088" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="2" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="B1089" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="2" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="B1090" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="2" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B1091" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="2" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="B1092" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="2" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B1093" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="2" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B1094" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="2" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1095" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="2" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1096" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="2" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B1097" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="2" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="B1098" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="2" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B1099" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="2" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B1100" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="2" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="B1101" s="3" t="n">
         <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="2" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="B1102" s="3" t="n">
         <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="2" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B1103" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="2" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="B1104" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="2" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="B1105" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="2" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="B1106" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="2" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B1107" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="2" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="2" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="2" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B1110" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="2" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B1111" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="2" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="B1112" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="2" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B1113" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="2" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="B1114" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="2" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B1115" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="2" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="B1116" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="2" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="2" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="2" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="B1119" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="2" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="B1120" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="2" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B1121" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="2" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="B1122" s="3" t="n">
         <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="2" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="B1123" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="2" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="B1124" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="2" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="B1125" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="2" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="B1126" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="2" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="B1127" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="2" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="B1128" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="2" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B1129" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="2" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="B1130" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="2" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="B1131" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="2" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B1132" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="2" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B1133" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="2" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="B1134" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="2" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B1135" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="2" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B1136" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="2" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="B1137" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="2" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B1138" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="2" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="B1139" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="2" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B1140" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="2" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B1141" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="2" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="B1142" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="2" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="B1143" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="2" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="B1144" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="2" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="B1145" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="2" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="B1146" s="3" t="n">
         <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="2" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="B1147" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="2" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="B1148" s="3" t="n">
         <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="2" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B1149" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="2" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="B1150" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="2" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="B1151" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="2" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="B1152" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="2" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="B1153" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="2" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="B1154" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="2" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="B1155" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="2" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="B1156" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="2" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="B1157" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="2" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="B1158" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="2" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B1159" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="2" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="B1160" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="2" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="B1161" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="2" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="B1162" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="2" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="B1163" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="B1164" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="2" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="B1165" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="2" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="B1166" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="2" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="B1167" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="2" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="B1168" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="2" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B1169" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="2" t="s">
-        <x:v>1186</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="B1170" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="2" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="B1171" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="2" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="B1172" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="2" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="B1173" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="2" t="s">
-        <x:v>1190</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="B1174" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="2" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B1175" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="2" t="s">
-        <x:v>1192</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="B1176" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="2" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="B1177" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="2" t="s">
-        <x:v>1194</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B1178" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="2" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B1179" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="2" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="2" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="2" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B1182" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="2" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="B1183" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="2" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="B1184" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="2" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="B1185" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="2" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B1186" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="2" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="B1187" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="2" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B1188" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="2" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="B1189" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="2" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B1190" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="2" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="B1191" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="2" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="B1192" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="2" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B1193" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="2" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="2" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="2" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="B1196" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="2" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="B1197" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="2" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B1198" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="2" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="2" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="2" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="B1201" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="2" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B1202" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="2" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="B1203" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="2" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="B1204" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="2" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="B1205" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="2" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="B1206" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="2" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="B1207" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="2" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="B1208" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="2" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="B1209" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="2" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B1210" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="2" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B1211" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="2" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="B1212" s="3" t="n">
         <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="2" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="B1213" s="3" t="n">
         <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="2" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B1214" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="2" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="B1215" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="2" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="B1216" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="2" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="B1217" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:8">
       <x:c r="A1218" s="2" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B1218" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:8">
       <x:c r="A1219" s="2" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="B1219" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:8">
       <x:c r="A1220" s="2" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="B1220" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:8">
       <x:c r="A1221" s="2" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B1221" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="2" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="B1222" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:8">
       <x:c r="A1223" s="2" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="B1223" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="2" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B1224" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="2" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="B1225" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="2" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="B1226" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="2" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B1227" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="2" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B1228" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="2" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="B1229" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="2" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B1230" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="2" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="B1231" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="2" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B1232" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="2" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B1233" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="2" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="B1234" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="2" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="B1235" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="2" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B1236" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="2" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="B1237" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="2" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="B1238" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="2" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B1239" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="2" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="B1240" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="2" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1241" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="2" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1242" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="2" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="B1243" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="2" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="B1244" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="2" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B1245" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="2" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="B1246" s="3" t="n">
         <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="2" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="B1247" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="2" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B1248" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="2" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="B1249" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:8">
       <x:c r="A1250" s="2" t="s">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="B1250" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:8">
       <x:c r="A1251" s="2" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B1251" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:8">
       <x:c r="A1252" s="2" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="B1252" s="3" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:8">
       <x:c r="A1253" s="2" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="B1253" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:8">
       <x:c r="A1254" s="2" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="B1254" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:8">
       <x:c r="A1255" s="2" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B1255" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:8">
       <x:c r="A1256" s="2" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="B1256" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:8">
       <x:c r="A1257" s="2" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="B1257" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:8">
       <x:c r="A1258" s="2" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="B1258" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:8">
       <x:c r="A1259" s="2" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="B1259" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:8">
       <x:c r="A1260" s="2" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B1260" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:8">
       <x:c r="A1261" s="2" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="B1261" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:8">
       <x:c r="A1262" s="2" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:8">
       <x:c r="A1263" s="2" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:8">
       <x:c r="A1264" s="2" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B1264" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:8">
       <x:c r="A1265" s="2" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="B1265" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:8">
       <x:c r="A1266" s="2" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B1266" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:8">
       <x:c r="A1267" s="2" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="B1267" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:8">
       <x:c r="A1268" s="2" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="B1268" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:8">
       <x:c r="A1269" s="2" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B1269" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:8">
       <x:c r="A1270" s="2" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="B1270" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:8">
       <x:c r="A1271" s="2" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B1271" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:8">
       <x:c r="A1272" s="2" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="B1272" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:8">
       <x:c r="A1273" s="2" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B1273" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:8">
       <x:c r="A1274" s="2" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="B1274" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:8">
       <x:c r="A1275" s="2" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B1275" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:8">
       <x:c r="A1276" s="2" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="B1276" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:8">
       <x:c r="A1277" s="2" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="B1277" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:8">
       <x:c r="A1278" s="2" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="B1278" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:8">
       <x:c r="A1279" s="2" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="B1279" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:8">
       <x:c r="A1280" s="2" t="s">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="B1280" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:8">
       <x:c r="A1281" s="2" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="B1281" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:8">
       <x:c r="A1282" s="2" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="B1282" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:8">
       <x:c r="A1283" s="2" t="s">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="B1283" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:8">
       <x:c r="A1284" s="2" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B1284" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:8">
       <x:c r="A1285" s="2" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B1285" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:8">
       <x:c r="A1286" s="2" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="B1286" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:8">
       <x:c r="A1287" s="2" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B1287" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:8">
       <x:c r="A1288" s="2" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B1288" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:8">
       <x:c r="A1289" s="2" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="B1289" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:8">
       <x:c r="A1290" s="2" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B1290" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:8">
       <x:c r="A1291" s="2" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="B1291" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:8">
       <x:c r="A1292" s="2" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="B1292" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:8">
       <x:c r="A1293" s="2" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B1293" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:8">
       <x:c r="A1294" s="2" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="B1294" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:8">
       <x:c r="A1295" s="2" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B1295" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:8">
       <x:c r="A1296" s="2" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B1296" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:8">
       <x:c r="A1297" s="2" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="B1297" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:8">
       <x:c r="A1298" s="2" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="B1298" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:8">
       <x:c r="A1299" s="2" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B1299" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:8">
       <x:c r="A1300" s="2" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="B1300" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:8">
       <x:c r="A1301" s="2" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B1301" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:8">
       <x:c r="A1302" s="2" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="B1302" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:8">
       <x:c r="A1303" s="2" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="B1303" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:8">
       <x:c r="A1304" s="2" t="s">
-        <x:v>736</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="B1304" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:8">
       <x:c r="A1305" s="2" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="B1305" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:8">
       <x:c r="A1306" s="2" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="B1306" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:8">
       <x:c r="A1307" s="2" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="B1307" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:8">
       <x:c r="A1308" s="2" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="B1308" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:8">
       <x:c r="A1309" s="2" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="B1309" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:8">
       <x:c r="A1310" s="2" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="B1310" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:8">
       <x:c r="A1311" s="2" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="B1311" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:8">
       <x:c r="A1312" s="2" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B1312" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:8">
       <x:c r="A1313" s="2" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="B1313" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:8">
       <x:c r="A1314" s="2" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="B1314" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:8">
       <x:c r="A1315" s="2" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="B1315" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:8">
       <x:c r="A1316" s="2" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:8">
       <x:c r="A1317" s="2" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:8">
       <x:c r="A1318" s="2" t="s">
-        <x:v>1333</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B1318" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:8">
       <x:c r="A1319" s="2" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B1319" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:8">
       <x:c r="A1320" s="2" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B1320" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:8">
       <x:c r="A1321" s="2" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B1321" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:8">
       <x:c r="A1322" s="2" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B1322" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:8">
       <x:c r="A1323" s="2" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="B1323" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:8">
       <x:c r="A1324" s="2" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B1324" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:8">
       <x:c r="A1325" s="2" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B1325" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:8">
       <x:c r="A1326" s="2" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:8">
       <x:c r="A1327" s="2" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:8">
       <x:c r="A1328" s="2" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B1328" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:8">
       <x:c r="A1329" s="2" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B1329" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:8">
       <x:c r="A1330" s="2" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B1330" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:8">
       <x:c r="A1331" s="2" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B1331" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:8">
       <x:c r="A1332" s="2" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="B1332" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:8">
       <x:c r="A1333" s="2" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B1333" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:8">
       <x:c r="A1334" s="2" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B1334" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:8">
       <x:c r="A1335" s="2" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="B1335" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:8">
       <x:c r="A1336" s="2" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B1336" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:8">
       <x:c r="A1337" s="2" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B1337" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:8">
       <x:c r="A1338" s="2" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="B1338" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:8">
       <x:c r="A1339" s="2" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B1339" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:8">
       <x:c r="A1340" s="2" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B1340" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:8">
       <x:c r="A1341" s="2" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="B1341" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:8">
       <x:c r="A1342" s="2" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B1342" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:8">
       <x:c r="A1343" s="2" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="B1343" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:8">
       <x:c r="A1344" s="2" t="s">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="B1344" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:8">
       <x:c r="A1345" s="2" t="s">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="B1345" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:8">
       <x:c r="A1346" s="2" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B1346" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:8">
       <x:c r="A1347" s="2" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="B1347" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:8">
       <x:c r="A1348" s="2" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B1348" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:8">
       <x:c r="A1349" s="2" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="B1349" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:8">
       <x:c r="A1350" s="2" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B1350" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:8">
       <x:c r="A1351" s="2" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="B1351" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:8">
       <x:c r="A1352" s="2" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B1352" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:8">
       <x:c r="A1353" s="2" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B1353" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:8">
       <x:c r="A1354" s="2" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B1354" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:8">
       <x:c r="A1355" s="2" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="B1355" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:8">
       <x:c r="A1356" s="2" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="B1356" s="3" t="n">
-        <x:v>19.69</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:8">
       <x:c r="A1357" s="2" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="B1357" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:8">
       <x:c r="A1358" s="2" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="B1358" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:8">
       <x:c r="A1359" s="2" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="B1359" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:8">
       <x:c r="A1360" s="2" t="s">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="B1360" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:8">
       <x:c r="A1361" s="2" t="s">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="B1361" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:8">
       <x:c r="A1362" s="2" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="B1362" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:8">
       <x:c r="A1363" s="2" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="B1363" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:8">
       <x:c r="A1364" s="2" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B1364" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:8">
       <x:c r="A1365" s="2" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="B1365" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:8">
       <x:c r="A1366" s="2" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1366" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:8">
       <x:c r="A1367" s="2" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="B1367" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:8">
       <x:c r="A1368" s="2" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="B1368" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:8">
       <x:c r="A1369" s="2" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="B1369" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:8">
       <x:c r="A1370" s="2" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="B1370" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>19.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:8">
       <x:c r="A1371" s="2" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="B1371" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:8">
       <x:c r="A1372" s="2" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="B1372" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:8">
       <x:c r="A1373" s="2" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="B1373" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:8">
       <x:c r="A1374" s="2" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="B1374" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:8">
       <x:c r="A1375" s="2" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="B1375" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:8">
       <x:c r="A1376" s="2" t="s">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="B1376" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:8">
       <x:c r="A1377" s="2" t="s">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="B1377" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:8">
       <x:c r="A1378" s="2" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="B1378" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:8">
       <x:c r="A1379" s="2" t="s">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="B1379" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:8">
       <x:c r="A1380" s="2" t="s">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="B1380" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:8">
       <x:c r="A1381" s="2" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="B1381" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:8">
       <x:c r="A1382" s="2" t="s">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="B1382" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:8">
       <x:c r="A1383" s="2" t="s">
         <x:v>1398</x:v>
       </x:c>
       <x:c r="B1383" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:8">
       <x:c r="A1384" s="2" t="s">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="B1384" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:8">
       <x:c r="A1385" s="2" t="s">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="B1385" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:8">
       <x:c r="A1386" s="2" t="s">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="B1386" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:8">
       <x:c r="A1387" s="2" t="s">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="B1387" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:8">
       <x:c r="A1388" s="2" t="s">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="B1388" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:8">
       <x:c r="A1389" s="2" t="s">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="B1389" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:8">
       <x:c r="A1390" s="2" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="B1390" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:8">
       <x:c r="A1391" s="2" t="s">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="B1391" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:8">
       <x:c r="A1392" s="2" t="s">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="B1392" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:8">
       <x:c r="A1393" s="2" t="s">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="B1393" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:8">
       <x:c r="A1394" s="2" t="s">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="B1394" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:8">
       <x:c r="A1395" s="2" t="s">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="B1395" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:8">
       <x:c r="A1396" s="2" t="s">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="B1396" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:8">
       <x:c r="A1397" s="2" t="s">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="B1397" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:8">
       <x:c r="A1398" s="2" t="s">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="B1398" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:8">
       <x:c r="A1399" s="2" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="B1399" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:8">
       <x:c r="A1400" s="2" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="B1400" s="3" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:8">
       <x:c r="A1401" s="2" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="B1401" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:8">
       <x:c r="A1402" s="2" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="B1402" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:8">
       <x:c r="A1403" s="2" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="B1403" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:8">
       <x:c r="A1404" s="2" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="B1404" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:8">
       <x:c r="A1405" s="2" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="B1405" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:8">
       <x:c r="A1406" s="2" t="s">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="B1406" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:8">
       <x:c r="A1407" s="2" t="s">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="B1407" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:8">
       <x:c r="A1408" s="2" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="B1408" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:8">
       <x:c r="A1409" s="2" t="s">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="B1409" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:8">
       <x:c r="A1410" s="2" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B1410" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:8">
       <x:c r="A1411" s="2" t="s">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="B1411" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:8">
       <x:c r="A1412" s="2" t="s">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="B1412" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:8">
       <x:c r="A1413" s="2" t="s">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="B1413" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:8">
       <x:c r="A1414" s="2" t="s">
-        <x:v>737</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B1414" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:8">
       <x:c r="A1415" s="2" t="s">
-        <x:v>1429</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="B1415" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:8">
       <x:c r="A1416" s="2" t="s">
-        <x:v>1430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="B1416" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:8">
       <x:c r="A1417" s="2" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="B1417" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:8">
       <x:c r="A1418" s="2" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="B1418" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:8">
       <x:c r="A1419" s="2" t="s">
-        <x:v>1433</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="B1419" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:8">
       <x:c r="A1420" s="2" t="s">
-        <x:v>1434</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="B1420" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:8">
       <x:c r="A1421" s="2" t="s">
-        <x:v>1435</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="B1421" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:8">
       <x:c r="A1422" s="2" t="s">
-        <x:v>1436</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="B1422" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:8">
       <x:c r="A1423" s="2" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="B1423" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:8">
       <x:c r="A1424" s="2" t="s">
-        <x:v>1438</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="B1424" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:8">
       <x:c r="A1425" s="2" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B1425" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:8">
       <x:c r="A1426" s="2" t="s">
-        <x:v>1440</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="B1426" s="3" t="n">
-        <x:v>19.56</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:8">
       <x:c r="A1427" s="2" t="s">
-        <x:v>1441</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="B1427" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:8">
       <x:c r="A1428" s="2" t="s">
-        <x:v>1442</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B1428" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:8">
       <x:c r="A1429" s="2" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="B1429" s="3" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:8">
       <x:c r="A1430" s="2" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="B1430" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:8">
       <x:c r="A1431" s="2" t="s">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="B1431" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:8">
       <x:c r="A1432" s="2" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="B1432" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:8">
       <x:c r="A1433" s="2" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B1433" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:8">
       <x:c r="A1434" s="2" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="B1434" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:8">
       <x:c r="A1435" s="2" t="s">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="B1435" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:8">
       <x:c r="A1436" s="2" t="s">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="B1436" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:8">
       <x:c r="A1437" s="2" t="s">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="B1437" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:8">
       <x:c r="A1438" s="2" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="B1438" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:8">
       <x:c r="A1439" s="2" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="B1439" s="3" t="n">
-        <x:v>19.16</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:8">
       <x:c r="A1440" s="2" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="B1440" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:8">
       <x:c r="A1441" s="2" t="s">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="B1441" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:8">
       <x:c r="A1442" s="2" t="s">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="B1442" s="3" t="n">
-        <x:v>18.93</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:8">
       <x:c r="A1443" s="2" t="s">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="B1443" s="3" t="n">
-        <x:v>18.93</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:8">
       <x:c r="A1444" s="2" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="B1444" s="3" t="n">
-        <x:v>18.74</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:8">
       <x:c r="A1445" s="2" t="s">
         <x:v>1459</x:v>
       </x:c>
       <x:c r="B1445" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:8">
       <x:c r="A1446" s="2" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="B1446" s="3" t="n">
-        <x:v>18.41</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:8">
       <x:c r="A1447" s="2" t="s">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="B1447" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:8">
       <x:c r="A1448" s="2" t="s">
         <x:v>1462</x:v>
       </x:c>
       <x:c r="B1448" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:8">
       <x:c r="A1449" s="2" t="s">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="B1449" s="3" t="n">
-        <x:v>18.58</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:8">
       <x:c r="A1450" s="2" t="s">
         <x:v>1464</x:v>
       </x:c>
       <x:c r="B1450" s="3" t="n">
-        <x:v>18.58</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:8">
       <x:c r="A1451" s="2" t="s">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="B1451" s="3" t="n">
-        <x:v>18.65</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:8">
       <x:c r="A1452" s="2" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="B1452" s="3" t="n">
-        <x:v>18.53</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:8">
       <x:c r="A1453" s="2" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="B1453" s="3" t="n">
-        <x:v>18.48</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:8">
       <x:c r="A1454" s="2" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="B1454" s="3" t="n">
-        <x:v>18.57</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:8">
       <x:c r="A1455" s="2" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="B1455" s="3" t="n">
-        <x:v>18.43</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:8">
       <x:c r="A1456" s="2" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="B1456" s="3" t="n">
-        <x:v>18.47</x:v>
+        <x:v>18.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:8">
       <x:c r="A1457" s="2" t="s">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="B1457" s="3" t="n">
-        <x:v>18.72</x:v>
+        <x:v>18.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:8">
       <x:c r="A1458" s="2" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1458" s="3" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:8">
       <x:c r="A1459" s="2" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="B1459" s="3" t="n">
-        <x:v>18.42</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:8">
       <x:c r="A1460" s="2" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="B1460" s="3" t="n">
-        <x:v>18.37</x:v>
+        <x:v>18.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:8">
       <x:c r="A1461" s="2" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="B1461" s="3" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:8">
       <x:c r="A1462" s="2" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="B1462" s="3" t="n">
-        <x:v>18.45</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:8">
       <x:c r="A1463" s="2" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="B1463" s="3" t="n">
-        <x:v>18.46</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:8">
       <x:c r="A1464" s="2" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="B1464" s="3" t="n">
-        <x:v>18.33</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:8">
       <x:c r="A1465" s="2" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="B1465" s="3" t="n">
-        <x:v>18.63</x:v>
+        <x:v>18.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:8">
       <x:c r="A1466" s="2" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1466" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:8">
       <x:c r="A1467" s="2" t="s">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="B1467" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:8">
       <x:c r="A1468" s="2" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="B1468" s="3" t="n">
-        <x:v>18.83</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:8">
       <x:c r="A1469" s="2" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="B1469" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:8">
       <x:c r="A1470" s="2" t="s">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="B1470" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:8">
       <x:c r="A1471" s="2" t="s">
         <x:v>1485</x:v>
       </x:c>
       <x:c r="B1471" s="3" t="n">
-        <x:v>19.19</x:v>
+        <x:v>18.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:8">
       <x:c r="A1472" s="2" t="s">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="B1472" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:8">
       <x:c r="A1473" s="2" t="s">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="B1473" s="3" t="n">
-        <x:v>17.71</x:v>
+        <x:v>18.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:8">
       <x:c r="A1474" s="2" t="s">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="B1474" s="3" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:8">
       <x:c r="A1475" s="2" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="B1475" s="3" t="n">
-        <x:v>17.29</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:8">
       <x:c r="A1476" s="2" t="s">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="B1476" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:8">
       <x:c r="A1477" s="2" t="s">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="B1477" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:8">
       <x:c r="A1478" s="2" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="B1478" s="3" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:8">
       <x:c r="A1479" s="2" t="s">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="B1479" s="3" t="n">
-        <x:v>18.11</x:v>
+        <x:v>18.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:8">
       <x:c r="A1480" s="2" t="s">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="B1480" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:8">
       <x:c r="A1481" s="2" t="s">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="B1481" s="3" t="n">
-        <x:v>17.95</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:8">
       <x:c r="A1482" s="2" t="s">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="B1482" s="3" t="n">
-        <x:v>17.25</x:v>
+        <x:v>18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:8">
       <x:c r="A1483" s="2" t="s">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="B1483" s="3" t="n">
-        <x:v>16.83</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:8">
       <x:c r="A1484" s="2" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="B1484" s="3" t="n">
-        <x:v>16.27</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:8">
       <x:c r="A1485" s="2" t="s">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="B1485" s="3" t="n">
-        <x:v>16.49</x:v>
+        <x:v>19.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:8">
       <x:c r="A1486" s="2" t="s">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="B1486" s="3" t="n">
-        <x:v>16.77</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:8">
       <x:c r="A1487" s="2" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="B1487" s="3" t="n">
-        <x:v>17.09</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:8">
       <x:c r="A1488" s="2" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="B1488" s="3" t="n">
-        <x:v>17.68</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:8">
       <x:c r="A1489" s="2" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="B1489" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:8">
       <x:c r="A1490" s="2" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="B1490" s="3" t="n">
-        <x:v>18.5</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:8">
       <x:c r="A1491" s="2" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="B1491" s="3" t="n">
-        <x:v>18.06</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:8">
       <x:c r="A1492" s="2" t="s">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="B1492" s="3" t="n">
-        <x:v>18.71</x:v>
+        <x:v>17.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:8">
       <x:c r="A1493" s="2" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="B1493" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:8">
       <x:c r="A1494" s="2" t="s">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="B1494" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:8">
       <x:c r="A1495" s="2" t="s">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="B1495" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:8">
       <x:c r="A1496" s="2" t="s">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="B1496" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:8">
       <x:c r="A1497" s="2" t="s">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="B1497" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>16.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:8">
       <x:c r="A1498" s="2" t="s">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="B1498" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>16.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:8">
       <x:c r="A1499" s="2" t="s">
         <x:v>1513</x:v>
       </x:c>
       <x:c r="B1499" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:8">
       <x:c r="A1500" s="2" t="s">
         <x:v>1514</x:v>
       </x:c>
       <x:c r="B1500" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:8">
       <x:c r="A1501" s="2" t="s">
         <x:v>1515</x:v>
       </x:c>
       <x:c r="B1501" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:8">
       <x:c r="A1502" s="2" t="s">
         <x:v>1516</x:v>
       </x:c>
       <x:c r="B1502" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:8">
       <x:c r="A1503" s="2" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="B1503" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:8">
       <x:c r="A1504" s="2" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="B1504" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:8">
       <x:c r="A1505" s="2" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="B1505" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:8">
       <x:c r="A1506" s="2" t="s">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="B1506" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:8">
       <x:c r="A1507" s="2" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="B1507" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:8">
       <x:c r="A1508" s="2" t="s">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="B1508" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:8">
       <x:c r="A1509" s="2" t="s">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="B1509" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:8">
       <x:c r="A1510" s="2" t="s">
         <x:v>1524</x:v>
       </x:c>
       <x:c r="B1510" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:8">
       <x:c r="A1511" s="2" t="s">
         <x:v>1525</x:v>
       </x:c>
       <x:c r="B1511" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:8">
       <x:c r="A1512" s="2" t="s">
         <x:v>1526</x:v>
       </x:c>
       <x:c r="B1512" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:8">
       <x:c r="A1513" s="2" t="s">
         <x:v>1527</x:v>
       </x:c>
       <x:c r="B1513" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:8">
       <x:c r="A1514" s="2" t="s">
         <x:v>1528</x:v>
       </x:c>
       <x:c r="B1514" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:8">
       <x:c r="A1515" s="2" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B1515" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:8">
       <x:c r="A1516" s="2" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="B1516" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:8">
       <x:c r="A1517" s="2" t="s">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="B1517" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:8">
       <x:c r="A1518" s="2" t="s">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="B1518" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:8">
       <x:c r="A1519" s="2" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="B1519" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:8">
       <x:c r="A1520" s="2" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="B1520" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:8">
       <x:c r="A1521" s="2" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="B1521" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:8">
       <x:c r="A1522" s="2" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="B1522" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:8">
       <x:c r="A1523" s="2" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="B1523" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:8">
       <x:c r="A1524" s="2" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="B1524" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:8">
       <x:c r="A1525" s="2" t="s">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="B1525" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:8">
       <x:c r="A1526" s="2" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="B1526" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:8">
       <x:c r="A1527" s="2" t="s">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="B1527" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:8">
       <x:c r="A1528" s="2" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="B1528" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:8">
       <x:c r="A1529" s="2" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="B1529" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:8">
       <x:c r="A1530" s="2" t="s">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="B1530" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:8">
       <x:c r="A1531" s="2" t="s">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="B1531" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:8">
       <x:c r="A1532" s="2" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="B1532" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:8">
       <x:c r="A1533" s="2" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="B1533" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:8">
       <x:c r="A1534" s="2" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="B1534" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:8">
       <x:c r="A1535" s="2" t="s">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="B1535" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:8">
       <x:c r="A1536" s="2" t="s">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="B1536" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:8">
       <x:c r="A1537" s="2" t="s">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="B1537" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:8">
       <x:c r="A1538" s="2" t="s">
         <x:v>1552</x:v>
       </x:c>
       <x:c r="B1538" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:8">
       <x:c r="A1539" s="2" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="B1539" s="3" t="n">
         <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:8">
       <x:c r="A1540" s="2" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="B1540" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:8">
       <x:c r="A1541" s="2" t="s">
         <x:v>1555</x:v>
       </x:c>
       <x:c r="B1541" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:8">
       <x:c r="A1542" s="2" t="s">
         <x:v>1556</x:v>
       </x:c>
       <x:c r="B1542" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:8">
       <x:c r="A1543" s="2" t="s">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="B1543" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:8">
       <x:c r="A1544" s="2" t="s">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="B1544" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:8">
       <x:c r="A1545" s="2" t="s">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="B1545" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:8">
       <x:c r="A1546" s="2" t="s">
         <x:v>1560</x:v>
       </x:c>
       <x:c r="B1546" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:8">
       <x:c r="A1547" s="2" t="s">
-        <x:v>738</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="B1547" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:8">
       <x:c r="A1548" s="2" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="B1548" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:8">
       <x:c r="A1549" s="2" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B1549" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:8">
       <x:c r="A1550" s="2" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="B1550" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:8">
       <x:c r="A1551" s="2" t="s">
-        <x:v>1564</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="B1551" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:8">
       <x:c r="A1552" s="2" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="B1552" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:8">
       <x:c r="A1553" s="2" t="s">
-        <x:v>1566</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="B1553" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:8">
       <x:c r="A1554" s="2" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="B1554" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:8">
       <x:c r="A1555" s="2" t="s">
-        <x:v>1568</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="B1555" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:8">
       <x:c r="A1556" s="2" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="B1556" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:8">
       <x:c r="A1557" s="2" t="s">
-        <x:v>1570</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="B1557" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:8">
       <x:c r="A1558" s="2" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="B1558" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:8">
       <x:c r="A1559" s="2" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="B1559" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:8">
       <x:c r="A1560" s="2" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B1560" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:8">
       <x:c r="A1561" s="2" t="s">
-        <x:v>1574</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B1561" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:8">
       <x:c r="A1562" s="2" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B1562" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:8">
       <x:c r="A1563" s="2" t="s">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="B1563" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:8">
       <x:c r="A1564" s="2" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="B1564" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:8">
       <x:c r="A1565" s="2" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="B1565" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:8">
       <x:c r="A1566" s="2" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="B1566" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:8">
       <x:c r="A1567" s="2" t="s">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="B1567" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:8">
       <x:c r="A1568" s="2" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="B1568" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:8">
       <x:c r="A1569" s="2" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="B1569" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:8">
       <x:c r="A1570" s="2" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="B1570" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:8">
       <x:c r="A1571" s="2" t="s">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="B1571" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:8">
       <x:c r="A1572" s="2" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="B1572" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:8">
       <x:c r="A1573" s="2" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="B1573" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:8">
       <x:c r="A1574" s="2" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="B1574" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:8">
       <x:c r="A1575" s="2" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="B1575" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:8">
       <x:c r="A1576" s="2" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="B1576" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:8">
       <x:c r="A1577" s="2" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="B1577" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:8">
       <x:c r="A1578" s="2" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="B1578" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:8">
       <x:c r="A1579" s="2" t="s">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="B1579" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:8">
       <x:c r="A1580" s="2" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="B1580" s="3" t="n">
         <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:8">
       <x:c r="A1581" s="2" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="B1581" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:8">
       <x:c r="A1582" s="2" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="B1582" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:8">
       <x:c r="A1583" s="2" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="B1583" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:8">
       <x:c r="A1584" s="2" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="B1584" s="3" t="n">
         <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:8">
       <x:c r="A1585" s="2" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="B1585" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:8">
       <x:c r="A1586" s="2" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="B1586" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:8">
       <x:c r="A1587" s="2" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="B1587" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:8">
       <x:c r="A1588" s="2" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="B1588" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:8">
       <x:c r="A1589" s="2" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="B1589" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:8">
       <x:c r="A1590" s="2" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="B1590" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:8">
       <x:c r="A1591" s="2" t="s">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="B1591" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:8">
       <x:c r="A1592" s="2" t="s">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="B1592" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:8">
       <x:c r="A1593" s="2" t="s">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="B1593" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:8">
       <x:c r="A1594" s="2" t="s">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="B1594" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:8">
       <x:c r="A1595" s="2" t="s">
         <x:v>1608</x:v>
       </x:c>
       <x:c r="B1595" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:8">
       <x:c r="A1596" s="2" t="s">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="B1596" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:8">
       <x:c r="A1597" s="2" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="B1597" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:8">
       <x:c r="A1598" s="2" t="s">
         <x:v>1611</x:v>
       </x:c>
       <x:c r="B1598" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:8">
       <x:c r="A1599" s="2" t="s">
         <x:v>1612</x:v>
       </x:c>
       <x:c r="B1599" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:8">
       <x:c r="A1600" s="2" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="B1600" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:8">
       <x:c r="A1601" s="2" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="B1601" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:8">
       <x:c r="A1602" s="2" t="s">
         <x:v>1615</x:v>
       </x:c>
       <x:c r="B1602" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:8">
       <x:c r="A1603" s="2" t="s">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="B1603" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:8">
       <x:c r="A1604" s="2" t="s">
         <x:v>1617</x:v>
       </x:c>
       <x:c r="B1604" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:8">
       <x:c r="A1605" s="2" t="s">
         <x:v>1618</x:v>
       </x:c>
       <x:c r="B1605" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:8">
       <x:c r="A1606" s="2" t="s">
         <x:v>1619</x:v>
       </x:c>
       <x:c r="B1606" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:8">
       <x:c r="A1607" s="2" t="s">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="B1607" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:8">
       <x:c r="A1608" s="2" t="s">
         <x:v>1621</x:v>
       </x:c>
       <x:c r="B1608" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:8">
       <x:c r="A1609" s="2" t="s">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="B1609" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:8">
       <x:c r="A1610" s="2" t="s">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="B1610" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:8">
       <x:c r="A1611" s="2" t="s">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="B1611" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:8">
       <x:c r="A1612" s="2" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="B1612" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:8">
       <x:c r="A1613" s="2" t="s">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="B1613" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:8">
       <x:c r="A1614" s="2" t="s">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="B1614" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:8">
       <x:c r="A1615" s="2" t="s">
         <x:v>1628</x:v>
       </x:c>
       <x:c r="B1615" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:8">
       <x:c r="A1616" s="2" t="s">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="B1616" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:8">
       <x:c r="A1617" s="2" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="B1617" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:8">
       <x:c r="A1618" s="2" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="B1618" s="3" t="n">
         <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:8">
       <x:c r="A1619" s="2" t="s">
         <x:v>1632</x:v>
       </x:c>
       <x:c r="B1619" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:8">
       <x:c r="A1620" s="2" t="s">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="B1620" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:8">
       <x:c r="A1621" s="2" t="s">
         <x:v>1634</x:v>
       </x:c>
       <x:c r="B1621" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:8">
       <x:c r="A1622" s="2" t="s">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="B1622" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:8">
       <x:c r="A1623" s="2" t="s">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="B1623" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:8">
       <x:c r="A1624" s="2" t="s">
         <x:v>1637</x:v>
       </x:c>
       <x:c r="B1624" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:8">
       <x:c r="A1625" s="2" t="s">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="B1625" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:8">
       <x:c r="A1626" s="2" t="s">
         <x:v>1639</x:v>
       </x:c>
       <x:c r="B1626" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:8">
       <x:c r="A1627" s="2" t="s">
         <x:v>1640</x:v>
       </x:c>
       <x:c r="B1627" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:8">
       <x:c r="A1628" s="2" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="B1628" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:8">
       <x:c r="A1629" s="2" t="s">
         <x:v>1642</x:v>
       </x:c>
       <x:c r="B1629" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:8">
       <x:c r="A1630" s="2" t="s">
         <x:v>1643</x:v>
       </x:c>
       <x:c r="B1630" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:8">
       <x:c r="A1631" s="2" t="s">
         <x:v>1644</x:v>
       </x:c>
       <x:c r="B1631" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:8">
       <x:c r="A1632" s="2" t="s">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="B1632" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:8">
       <x:c r="A1633" s="2" t="s">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="B1633" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:8">
       <x:c r="A1634" s="2" t="s">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="B1634" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:8">
       <x:c r="A1635" s="2" t="s">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="B1635" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:8">
       <x:c r="A1636" s="2" t="s">
         <x:v>1649</x:v>
       </x:c>
       <x:c r="B1636" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:8">
       <x:c r="A1637" s="2" t="s">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="B1637" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:8">
       <x:c r="A1638" s="2" t="s">
         <x:v>1651</x:v>
       </x:c>
       <x:c r="B1638" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:8">
       <x:c r="A1639" s="2" t="s">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="B1639" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:8">
       <x:c r="A1640" s="2" t="s">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="B1640" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:8">
       <x:c r="A1641" s="2" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="B1641" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:8">
       <x:c r="A1642" s="2" t="s">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="B1642" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:8">
       <x:c r="A1643" s="2" t="s">
         <x:v>1656</x:v>
       </x:c>
       <x:c r="B1643" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:8">
       <x:c r="A1644" s="2" t="s">
         <x:v>1657</x:v>
       </x:c>
       <x:c r="B1644" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:8">
       <x:c r="A1645" s="2" t="s">
         <x:v>1658</x:v>
       </x:c>
       <x:c r="B1645" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:8">
       <x:c r="A1646" s="2" t="s">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="B1646" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:8">
       <x:c r="A1647" s="2" t="s">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="B1647" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:8">
       <x:c r="A1648" s="2" t="s">
         <x:v>1661</x:v>
       </x:c>
       <x:c r="B1648" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:8">
       <x:c r="A1649" s="2" t="s">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="B1649" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:8">
       <x:c r="A1650" s="2" t="s">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="B1650" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:8">
       <x:c r="A1651" s="2" t="s">
         <x:v>1664</x:v>
       </x:c>
       <x:c r="B1651" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:8">
       <x:c r="A1652" s="2" t="s">
         <x:v>1665</x:v>
       </x:c>
       <x:c r="B1652" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:8">
       <x:c r="A1653" s="2" t="s">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="B1653" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:8">
       <x:c r="A1654" s="2" t="s">
         <x:v>1667</x:v>
       </x:c>
       <x:c r="B1654" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:8">
       <x:c r="A1655" s="2" t="s">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="B1655" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:8">
       <x:c r="A1656" s="2" t="s">
         <x:v>1669</x:v>
       </x:c>
       <x:c r="B1656" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:8">
       <x:c r="A1657" s="2" t="s">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="B1657" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:8">
       <x:c r="A1658" s="2" t="s">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="B1658" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:8">
       <x:c r="A1659" s="2" t="s">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="B1659" s="3" t="n">
         <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:8">
       <x:c r="A1660" s="2" t="s">
-        <x:v>739</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="B1660" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:8">
       <x:c r="A1661" s="2" t="s">
-        <x:v>1673</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="B1661" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:8">
       <x:c r="A1662" s="2" t="s">
-        <x:v>1674</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="B1662" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:8">
       <x:c r="A1663" s="2" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B1663" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:8">
       <x:c r="A1664" s="2" t="s">
-        <x:v>1676</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="B1664" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:8">
       <x:c r="A1665" s="2" t="s">
-        <x:v>1677</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="B1665" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:8">
       <x:c r="A1666" s="2" t="s">
-        <x:v>1678</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="B1666" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:8">
       <x:c r="A1667" s="2" t="s">
-        <x:v>1679</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B1667" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:8">
       <x:c r="A1668" s="2" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="B1668" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:8">
       <x:c r="A1669" s="2" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="B1669" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:8">
       <x:c r="A1670" s="2" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="B1670" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:8">
       <x:c r="A1671" s="2" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="B1671" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:8">
       <x:c r="A1672" s="2" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="B1672" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:8">
       <x:c r="A1673" s="2" t="s">
-        <x:v>1685</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="B1673" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:8">
       <x:c r="A1674" s="2" t="s">
-        <x:v>1686</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B1674" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:8">
       <x:c r="A1675" s="2" t="s">
         <x:v>1687</x:v>
       </x:c>
       <x:c r="B1675" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:8">
       <x:c r="A1676" s="2" t="s">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="B1676" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:8">
       <x:c r="A1677" s="2" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="B1677" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:8">
       <x:c r="A1678" s="2" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="B1678" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:8">
       <x:c r="A1679" s="2" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="B1679" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:8">
       <x:c r="A1680" s="2" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="B1680" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:8">
       <x:c r="A1681" s="2" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="B1681" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:8">
       <x:c r="A1682" s="2" t="s">
         <x:v>1694</x:v>
       </x:c>
       <x:c r="B1682" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:8">
       <x:c r="A1683" s="2" t="s">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="B1683" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:8">
       <x:c r="A1684" s="2" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="B1684" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:8">
       <x:c r="A1685" s="2" t="s">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="B1685" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:8">
       <x:c r="A1686" s="2" t="s">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="B1686" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:8">
       <x:c r="A1687" s="2" t="s">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="B1687" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:8">
       <x:c r="A1688" s="2" t="s">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="B1688" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:8">
       <x:c r="A1689" s="2" t="s">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="B1689" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:8">
       <x:c r="A1690" s="2" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="B1690" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:8">
       <x:c r="A1691" s="2" t="s">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="B1691" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:8">
       <x:c r="A1692" s="2" t="s">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="B1692" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:8">
       <x:c r="A1693" s="2" t="s">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="B1693" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:8">
       <x:c r="A1694" s="2" t="s">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="B1694" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:8">
       <x:c r="A1695" s="2" t="s">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="B1695" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:8">
       <x:c r="A1696" s="2" t="s">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="B1696" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:8">
       <x:c r="A1697" s="2" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="B1697" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:8">
       <x:c r="A1698" s="2" t="s">
         <x:v>1710</x:v>
       </x:c>
       <x:c r="B1698" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:8">
       <x:c r="A1699" s="2" t="s">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="B1699" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:8">
       <x:c r="A1700" s="2" t="s">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="B1700" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:8">
       <x:c r="A1701" s="2" t="s">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="B1701" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:8">
       <x:c r="A1702" s="2" t="s">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="B1702" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:8">
       <x:c r="A1703" s="2" t="s">
         <x:v>1715</x:v>
       </x:c>
       <x:c r="B1703" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:8">
       <x:c r="A1704" s="2" t="s">
         <x:v>1716</x:v>
       </x:c>
       <x:c r="B1704" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:8">
       <x:c r="A1705" s="2" t="s">
         <x:v>1717</x:v>
       </x:c>
       <x:c r="B1705" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:8">
       <x:c r="A1706" s="2" t="s">
         <x:v>1718</x:v>
       </x:c>
       <x:c r="B1706" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:8">
       <x:c r="A1707" s="2" t="s">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="B1707" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:8">
       <x:c r="A1708" s="2" t="s">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="B1708" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:8">
       <x:c r="A1709" s="2" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="B1709" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:8">
       <x:c r="A1710" s="2" t="s">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="B1710" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:8">
       <x:c r="A1711" s="2" t="s">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="B1711" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:8">
       <x:c r="A1712" s="2" t="s">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="B1712" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:8">
       <x:c r="A1713" s="2" t="s">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="B1713" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:8">
       <x:c r="A1714" s="2" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="B1714" s="3" t="n">
         <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:8">
       <x:c r="A1715" s="2" t="s">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="B1715" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:8">
       <x:c r="A1716" s="2" t="s">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="B1716" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:8">
       <x:c r="A1717" s="2" t="s">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="B1717" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:8">
       <x:c r="A1718" s="2" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="B1718" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:8">
       <x:c r="A1719" s="2" t="s">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="B1719" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:8">
       <x:c r="A1720" s="2" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="B1720" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:8">
       <x:c r="A1721" s="2" t="s">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="B1721" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:8">
       <x:c r="A1722" s="2" t="s">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="B1722" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:8">
       <x:c r="A1723" s="2" t="s">
         <x:v>1735</x:v>
       </x:c>
       <x:c r="B1723" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:8">
       <x:c r="A1724" s="2" t="s">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="B1724" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:8">
       <x:c r="A1725" s="2" t="s">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="B1725" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:8">
       <x:c r="A1726" s="2" t="s">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="B1726" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:8">
       <x:c r="A1727" s="2" t="s">
         <x:v>1739</x:v>
       </x:c>
       <x:c r="B1727" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:8">
       <x:c r="A1728" s="2" t="s">
         <x:v>1740</x:v>
       </x:c>
       <x:c r="B1728" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:8">
       <x:c r="A1729" s="2" t="s">
         <x:v>1741</x:v>
       </x:c>
       <x:c r="B1729" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:8">
       <x:c r="A1730" s="2" t="s">
         <x:v>1742</x:v>
       </x:c>
       <x:c r="B1730" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:8">
       <x:c r="A1731" s="2" t="s">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="B1731" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:8">
       <x:c r="A1732" s="2" t="s">
         <x:v>1744</x:v>
       </x:c>
       <x:c r="B1732" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:8">
       <x:c r="A1733" s="2" t="s">
         <x:v>1745</x:v>
       </x:c>
       <x:c r="B1733" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:8">
       <x:c r="A1734" s="2" t="s">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="B1734" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:8">
       <x:c r="A1735" s="2" t="s">
         <x:v>1747</x:v>
       </x:c>
       <x:c r="B1735" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:8">
       <x:c r="A1736" s="2" t="s">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="B1736" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:8">
       <x:c r="A1737" s="2" t="s">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="B1737" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:8">
       <x:c r="A1738" s="2" t="s">
         <x:v>1750</x:v>
       </x:c>
       <x:c r="B1738" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:8">
       <x:c r="A1739" s="2" t="s">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="B1739" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:8">
       <x:c r="A1740" s="2" t="s">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="B1740" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:8">
       <x:c r="A1741" s="2" t="s">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="B1741" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:8">
       <x:c r="A1742" s="2" t="s">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="B1742" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:8">
       <x:c r="A1743" s="2" t="s">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="B1743" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:8">
       <x:c r="A1744" s="2" t="s">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="B1744" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:8">
       <x:c r="A1745" s="2" t="s">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="B1745" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:8">
       <x:c r="A1746" s="2" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="B1746" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:8">
       <x:c r="A1747" s="2" t="s">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="B1747" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:8">
       <x:c r="A1748" s="2" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B1748" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:8">
       <x:c r="A1749" s="2" t="s">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="B1749" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:8">
       <x:c r="A1750" s="2" t="s">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="B1750" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:8">
       <x:c r="A1751" s="2" t="s">
         <x:v>1763</x:v>
       </x:c>
       <x:c r="B1751" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:8">
       <x:c r="A1752" s="2" t="s">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="B1752" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:8">
       <x:c r="A1753" s="2" t="s">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="B1753" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:8">
       <x:c r="A1754" s="2" t="s">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="B1754" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:8">
       <x:c r="A1755" s="2" t="s">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="B1755" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:8">
       <x:c r="A1756" s="2" t="s">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="B1756" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:8">
       <x:c r="A1757" s="2" t="s">
         <x:v>1769</x:v>
       </x:c>
       <x:c r="B1757" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:8">
       <x:c r="A1758" s="2" t="s">
         <x:v>1770</x:v>
       </x:c>
       <x:c r="B1758" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:8">
       <x:c r="A1759" s="2" t="s">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="B1759" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:8">
       <x:c r="A1760" s="2" t="s">
         <x:v>1772</x:v>
       </x:c>
       <x:c r="B1760" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:8">
       <x:c r="A1761" s="2" t="s">
         <x:v>1773</x:v>
       </x:c>
       <x:c r="B1761" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:8">
       <x:c r="A1762" s="2" t="s">
         <x:v>1774</x:v>
       </x:c>
       <x:c r="B1762" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:8">
       <x:c r="A1763" s="2" t="s">
         <x:v>1775</x:v>
       </x:c>
       <x:c r="B1763" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:8">
       <x:c r="A1764" s="2" t="s">
         <x:v>1776</x:v>
       </x:c>
       <x:c r="B1764" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:8">
       <x:c r="A1765" s="2" t="s">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="B1765" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:8">
       <x:c r="A1766" s="2" t="s">
         <x:v>1778</x:v>
       </x:c>
       <x:c r="B1766" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:8">
       <x:c r="A1767" s="2" t="s">
         <x:v>1779</x:v>
       </x:c>
       <x:c r="B1767" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:8">
       <x:c r="A1768" s="2" t="s">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="B1768" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:8">
       <x:c r="A1769" s="2" t="s">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="B1769" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:8">
       <x:c r="A1770" s="2" t="s">
         <x:v>1782</x:v>
       </x:c>
       <x:c r="B1770" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:8">
       <x:c r="A1771" s="2" t="s">
         <x:v>1783</x:v>
       </x:c>
       <x:c r="B1771" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:8">
       <x:c r="A1772" s="2" t="s">
         <x:v>1784</x:v>
       </x:c>
       <x:c r="B1772" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:8">
       <x:c r="A1773" s="2" t="s">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="B1773" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:8">
       <x:c r="A1774" s="2" t="s">
         <x:v>1786</x:v>
       </x:c>
       <x:c r="B1774" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:8">
       <x:c r="A1775" s="2" t="s">
         <x:v>1787</x:v>
       </x:c>
       <x:c r="B1775" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:8">
       <x:c r="A1776" s="2" t="s">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="B1776" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:8">
       <x:c r="A1777" s="2" t="s">
         <x:v>1789</x:v>
       </x:c>
       <x:c r="B1777" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:8">
       <x:c r="A1778" s="2" t="s">
         <x:v>1790</x:v>
       </x:c>
       <x:c r="B1778" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:8">
       <x:c r="A1779" s="2" t="s">
         <x:v>1791</x:v>
       </x:c>
       <x:c r="B1779" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:8">
       <x:c r="A1780" s="2" t="s">
         <x:v>1792</x:v>
       </x:c>
       <x:c r="B1780" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:8">
       <x:c r="A1781" s="2" t="s">
         <x:v>1793</x:v>
       </x:c>
       <x:c r="B1781" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:8">
       <x:c r="A1782" s="2" t="s">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="B1782" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:8">
       <x:c r="A1783" s="2" t="s">
         <x:v>1795</x:v>
       </x:c>
       <x:c r="B1783" s="3" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:8">
       <x:c r="A1784" s="2" t="s">
         <x:v>1796</x:v>
       </x:c>
       <x:c r="B1784" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:8">
       <x:c r="A1785" s="2" t="s">
         <x:v>1797</x:v>
       </x:c>
       <x:c r="B1785" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:8">
       <x:c r="A1786" s="2" t="s">
         <x:v>1798</x:v>
       </x:c>
       <x:c r="B1786" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:8">
       <x:c r="A1787" s="2" t="s">
         <x:v>1799</x:v>
       </x:c>
       <x:c r="B1787" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:8">
       <x:c r="A1788" s="2" t="s">
         <x:v>1800</x:v>
       </x:c>
       <x:c r="B1788" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:8">
       <x:c r="A1789" s="2" t="s">
         <x:v>1801</x:v>
       </x:c>
       <x:c r="B1789" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:8">
       <x:c r="A1790" s="2" t="s">
         <x:v>1802</x:v>
       </x:c>
       <x:c r="B1790" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:8">
       <x:c r="A1791" s="2" t="s">
         <x:v>1803</x:v>
       </x:c>
       <x:c r="B1791" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:8">
       <x:c r="A1792" s="2" t="s">
         <x:v>1804</x:v>
       </x:c>
       <x:c r="B1792" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:8">
       <x:c r="A1793" s="2" t="s">
         <x:v>1805</x:v>
       </x:c>
       <x:c r="B1793" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:8">
       <x:c r="A1794" s="2" t="s">
         <x:v>1806</x:v>
       </x:c>
       <x:c r="B1794" s="3" t="n">
-        <x:v>18.84</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:8">
       <x:c r="A1795" s="2" t="s">
         <x:v>1807</x:v>
       </x:c>
       <x:c r="B1795" s="3" t="n">
-        <x:v>18.94</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:8">
       <x:c r="A1796" s="2" t="s">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="B1796" s="3" t="n">
-        <x:v>18.97</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:8">
       <x:c r="A1797" s="2" t="s">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="B1797" s="3" t="n">
-        <x:v>19.18</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:8">
       <x:c r="A1798" s="2" t="s">
-        <x:v>740</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="B1798" s="3" t="n">
-        <x:v>19.29</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:8">
       <x:c r="A1799" s="2" t="s">
-        <x:v>1810</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="B1799" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:8">
       <x:c r="A1800" s="2" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="B1800" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:8">
       <x:c r="A1801" s="2" t="s">
-        <x:v>1812</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="B1801" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:8">
       <x:c r="A1802" s="2" t="s">
-        <x:v>1813</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="B1802" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:8">
       <x:c r="A1803" s="2" t="s">
-        <x:v>1814</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="B1803" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:8">
       <x:c r="A1804" s="2" t="s">
-        <x:v>1815</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="B1804" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:8">
       <x:c r="A1805" s="2" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="B1805" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:8">
       <x:c r="A1806" s="2" t="s">
-        <x:v>1817</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="B1806" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:8">
       <x:c r="A1807" s="2" t="s">
-        <x:v>1818</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="B1807" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:8">
       <x:c r="A1808" s="2" t="s">
-        <x:v>1819</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="B1808" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>18.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:8">
       <x:c r="A1809" s="2" t="s">
-        <x:v>1820</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="B1809" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>18.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:8">
       <x:c r="A1810" s="2" t="s">
-        <x:v>1821</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="B1810" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:8">
       <x:c r="A1811" s="2" t="s">
-        <x:v>1822</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="B1811" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:8">
       <x:c r="A1812" s="2" t="s">
-        <x:v>1823</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B1812" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>19.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:8">
       <x:c r="A1813" s="2" t="s">
         <x:v>1824</x:v>
       </x:c>
       <x:c r="B1813" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:8">
       <x:c r="A1814" s="2" t="s">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="B1814" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:8">
       <x:c r="A1815" s="2" t="s">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="B1815" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:8">
       <x:c r="A1816" s="2" t="s">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="B1816" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:8">
       <x:c r="A1817" s="2" t="s">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="B1817" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:8">
       <x:c r="A1818" s="2" t="s">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="B1818" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:8">
       <x:c r="A1819" s="2" t="s">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="B1819" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:8">
       <x:c r="A1820" s="2" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B1820" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:8">
       <x:c r="A1821" s="2" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="B1821" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:8">
       <x:c r="A1822" s="2" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="B1822" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:8">
       <x:c r="A1823" s="2" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="B1823" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:8">
       <x:c r="A1824" s="2" t="s">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="B1824" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:8">
       <x:c r="A1825" s="2" t="s">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="B1825" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:8">
       <x:c r="A1826" s="2" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B1826" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:8">
       <x:c r="A1827" s="2" t="s">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="B1827" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:8">
       <x:c r="A1828" s="2" t="s">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="B1828" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:8">
       <x:c r="A1829" s="2" t="s">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="B1829" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:8">
       <x:c r="A1830" s="2" t="s">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="B1830" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:8">
       <x:c r="A1831" s="2" t="s">
         <x:v>1842</x:v>
       </x:c>
       <x:c r="B1831" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:8">
       <x:c r="A1832" s="2" t="s">
         <x:v>1843</x:v>
       </x:c>
       <x:c r="B1832" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:8">
       <x:c r="A1833" s="2" t="s">
         <x:v>1844</x:v>
       </x:c>
       <x:c r="B1833" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:8">
       <x:c r="A1834" s="2" t="s">
         <x:v>1845</x:v>
       </x:c>
       <x:c r="B1834" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:8">
       <x:c r="A1835" s="2" t="s">
         <x:v>1846</x:v>
       </x:c>
       <x:c r="B1835" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:8">
       <x:c r="A1836" s="2" t="s">
         <x:v>1847</x:v>
       </x:c>
       <x:c r="B1836" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:8">
       <x:c r="A1837" s="2" t="s">
         <x:v>1848</x:v>
       </x:c>
       <x:c r="B1837" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:8">
       <x:c r="A1838" s="2" t="s">
         <x:v>1849</x:v>
       </x:c>
       <x:c r="B1838" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:8">
       <x:c r="A1839" s="2" t="s">
         <x:v>1850</x:v>
       </x:c>
       <x:c r="B1839" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:8">
       <x:c r="A1840" s="2" t="s">
         <x:v>1851</x:v>
       </x:c>
       <x:c r="B1840" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:8">
       <x:c r="A1841" s="2" t="s">
         <x:v>1852</x:v>
       </x:c>
       <x:c r="B1841" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:8">
       <x:c r="A1842" s="2" t="s">
         <x:v>1853</x:v>
       </x:c>
       <x:c r="B1842" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:8">
       <x:c r="A1843" s="2" t="s">
         <x:v>1854</x:v>
       </x:c>
       <x:c r="B1843" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:8">
       <x:c r="A1844" s="2" t="s">
         <x:v>1855</x:v>
       </x:c>
       <x:c r="B1844" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:8">
       <x:c r="A1845" s="2" t="s">
         <x:v>1856</x:v>
       </x:c>
       <x:c r="B1845" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:8">
       <x:c r="A1846" s="2" t="s">
         <x:v>1857</x:v>
       </x:c>
       <x:c r="B1846" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:8">
       <x:c r="A1847" s="2" t="s">
         <x:v>1858</x:v>
       </x:c>
       <x:c r="B1847" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:8">
       <x:c r="A1848" s="2" t="s">
         <x:v>1859</x:v>
       </x:c>
       <x:c r="B1848" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:8">
       <x:c r="A1849" s="2" t="s">
         <x:v>1860</x:v>
       </x:c>
       <x:c r="B1849" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:8">
       <x:c r="A1850" s="2" t="s">
         <x:v>1861</x:v>
       </x:c>
       <x:c r="B1850" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:8">
       <x:c r="A1851" s="2" t="s">
         <x:v>1862</x:v>
       </x:c>
       <x:c r="B1851" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:8">
       <x:c r="A1852" s="2" t="s">
         <x:v>1863</x:v>
       </x:c>
       <x:c r="B1852" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:8">
       <x:c r="A1853" s="2" t="s">
         <x:v>1864</x:v>
       </x:c>
       <x:c r="B1853" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:8">
       <x:c r="A1854" s="2" t="s">
         <x:v>1865</x:v>
       </x:c>
       <x:c r="B1854" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:8">
       <x:c r="A1855" s="2" t="s">
         <x:v>1866</x:v>
       </x:c>
       <x:c r="B1855" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:8">
       <x:c r="A1856" s="2" t="s">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="B1856" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:8">
       <x:c r="A1857" s="2" t="s">
         <x:v>1868</x:v>
       </x:c>
       <x:c r="B1857" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:8">
       <x:c r="A1858" s="2" t="s">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="B1858" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:8">
       <x:c r="A1859" s="2" t="s">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="B1859" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:8">
       <x:c r="A1860" s="2" t="s">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="B1860" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:8">
       <x:c r="A1861" s="2" t="s">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="B1861" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:8">
       <x:c r="A1862" s="2" t="s">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="B1862" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:8">
       <x:c r="A1863" s="2" t="s">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="B1863" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:8">
       <x:c r="A1864" s="2" t="s">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="B1864" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:8">
       <x:c r="A1865" s="2" t="s">
         <x:v>1876</x:v>
       </x:c>
       <x:c r="B1865" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:8">
       <x:c r="A1866" s="2" t="s">
         <x:v>1877</x:v>
       </x:c>
       <x:c r="B1866" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:8">
       <x:c r="A1867" s="2" t="s">
         <x:v>1878</x:v>
       </x:c>
       <x:c r="B1867" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:8">
       <x:c r="A1868" s="2" t="s">
         <x:v>1879</x:v>
       </x:c>
       <x:c r="B1868" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:8">
       <x:c r="A1869" s="2" t="s">
         <x:v>1880</x:v>
       </x:c>
       <x:c r="B1869" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:8">
       <x:c r="A1870" s="2" t="s">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="B1870" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:8">
       <x:c r="A1871" s="2" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="B1871" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:8">
       <x:c r="A1872" s="2" t="s">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="B1872" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:8">
       <x:c r="A1873" s="2" t="s">
         <x:v>1884</x:v>
       </x:c>
       <x:c r="B1873" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:8">
       <x:c r="A1874" s="2" t="s">
         <x:v>1885</x:v>
       </x:c>
       <x:c r="B1874" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:8">
       <x:c r="A1875" s="2" t="s">
         <x:v>1886</x:v>
       </x:c>
       <x:c r="B1875" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:8">
       <x:c r="A1876" s="2" t="s">
         <x:v>1887</x:v>
       </x:c>
       <x:c r="B1876" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:8">
       <x:c r="A1877" s="2" t="s">
         <x:v>1888</x:v>
       </x:c>
       <x:c r="B1877" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:8">
       <x:c r="A1878" s="2" t="s">
         <x:v>1889</x:v>
       </x:c>
       <x:c r="B1878" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:8">
       <x:c r="A1879" s="2" t="s">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="B1879" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:8">
       <x:c r="A1880" s="2" t="s">
         <x:v>1891</x:v>
       </x:c>
       <x:c r="B1880" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:8">
       <x:c r="A1881" s="2" t="s">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="B1881" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:8">
       <x:c r="A1882" s="2" t="s">
         <x:v>1893</x:v>
       </x:c>
       <x:c r="B1882" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:8">
       <x:c r="A1883" s="2" t="s">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="B1883" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:8">
       <x:c r="A1884" s="2" t="s">
         <x:v>1895</x:v>
       </x:c>
       <x:c r="B1884" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:8">
       <x:c r="A1885" s="2" t="s">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="B1885" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:8">
       <x:c r="A1886" s="2" t="s">
         <x:v>1897</x:v>
       </x:c>
       <x:c r="B1886" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:8">
       <x:c r="A1887" s="2" t="s">
         <x:v>1898</x:v>
       </x:c>
       <x:c r="B1887" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:8">
       <x:c r="A1888" s="2" t="s">
         <x:v>1899</x:v>
       </x:c>
       <x:c r="B1888" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:8">
       <x:c r="A1889" s="2" t="s">
         <x:v>1900</x:v>
       </x:c>
       <x:c r="B1889" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:8">
       <x:c r="A1890" s="2" t="s">
         <x:v>1901</x:v>
       </x:c>
       <x:c r="B1890" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:8">
       <x:c r="A1891" s="2" t="s">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="B1891" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:8">
       <x:c r="A1892" s="2" t="s">
         <x:v>1903</x:v>
       </x:c>
       <x:c r="B1892" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:8">
       <x:c r="A1893" s="2" t="s">
         <x:v>1904</x:v>
       </x:c>
       <x:c r="B1893" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:8">
       <x:c r="A1894" s="2" t="s">
         <x:v>1905</x:v>
       </x:c>
       <x:c r="B1894" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:8">
       <x:c r="A1895" s="2" t="s">
         <x:v>1906</x:v>
       </x:c>
       <x:c r="B1895" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:8">
       <x:c r="A1896" s="2" t="s">
         <x:v>1907</x:v>
       </x:c>
       <x:c r="B1896" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:8">
       <x:c r="A1897" s="2" t="s">
         <x:v>1908</x:v>
       </x:c>
       <x:c r="B1897" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:8">
       <x:c r="A1898" s="2" t="s">
         <x:v>1909</x:v>
       </x:c>
       <x:c r="B1898" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:8">
       <x:c r="A1899" s="2" t="s">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="B1899" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:8">
       <x:c r="A1900" s="2" t="s">
         <x:v>1911</x:v>
       </x:c>
       <x:c r="B1900" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:8">
       <x:c r="A1901" s="2" t="s">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="B1901" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:8">
       <x:c r="A1902" s="2" t="s">
         <x:v>1913</x:v>
       </x:c>
       <x:c r="B1902" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:8">
       <x:c r="A1903" s="2" t="s">
         <x:v>1914</x:v>
       </x:c>
       <x:c r="B1903" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:8">
       <x:c r="A1904" s="2" t="s">
         <x:v>1915</x:v>
       </x:c>
       <x:c r="B1904" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:8">
       <x:c r="A1905" s="2" t="s">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="B1905" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:8">
       <x:c r="A1906" s="2" t="s">
         <x:v>1917</x:v>
       </x:c>
       <x:c r="B1906" s="3" t="n">
-        <x:v>20.08</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:8">
       <x:c r="A1907" s="2" t="s">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="B1907" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:8">
       <x:c r="A1908" s="2" t="s">
         <x:v>1919</x:v>
       </x:c>
       <x:c r="B1908" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:8">
       <x:c r="A1909" s="2" t="s">
         <x:v>1920</x:v>
       </x:c>
       <x:c r="B1909" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:8">
       <x:c r="A1910" s="2" t="s">
         <x:v>1921</x:v>
       </x:c>
       <x:c r="B1910" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:8">
       <x:c r="A1911" s="2" t="s">
         <x:v>1922</x:v>
       </x:c>
       <x:c r="B1911" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:8">
       <x:c r="A1912" s="2" t="s">
         <x:v>1923</x:v>
       </x:c>
       <x:c r="B1912" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:8">
       <x:c r="A1913" s="2" t="s">
         <x:v>1924</x:v>
       </x:c>
       <x:c r="B1913" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:8">
       <x:c r="A1914" s="2" t="s">
         <x:v>1925</x:v>
       </x:c>
       <x:c r="B1914" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:8">
       <x:c r="A1915" s="2" t="s">
         <x:v>1926</x:v>
       </x:c>
       <x:c r="B1915" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:8">
       <x:c r="A1916" s="2" t="s">
         <x:v>1927</x:v>
       </x:c>
       <x:c r="B1916" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:8">
       <x:c r="A1917" s="2" t="s">
         <x:v>1928</x:v>
       </x:c>
       <x:c r="B1917" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:8">
       <x:c r="A1918" s="2" t="s">
         <x:v>1929</x:v>
       </x:c>
       <x:c r="B1918" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1919" spans="1:8">
+      <x:c r="A1919" s="2" t="s">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="B1919" s="3" t="n">
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:8">
       <x:c r="A1920" s="2" t="s">
-        <x:v>722</x:v>
+        <x:v>1931</x:v>
+      </x:c>
+      <x:c r="B1920" s="3" t="n">
+        <x:v>20.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:8">
       <x:c r="A1921" s="2" t="s">
-        <x:v>723</x:v>
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="B1921" s="3" t="n">
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:8">
       <x:c r="A1922" s="2" t="s">
-        <x:v>724</x:v>
+        <x:v>1933</x:v>
+      </x:c>
+      <x:c r="B1922" s="3" t="n">
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:8">
       <x:c r="A1923" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="B1923" s="3" t="n">
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:8">
       <x:c r="A1924" s="2" t="s">
-        <x:v>726</x:v>
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="B1924" s="3" t="n">
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:8">
-      <x:c r="A1925" s="1" t="s">
-        <x:v>727</x:v>
+      <x:c r="A1925" s="2" t="s">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="B1925" s="3" t="n">
+        <x:v>19.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1926" spans="1:8">
+      <x:c r="A1926" s="2" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="B1926" s="3" t="n">
+        <x:v>19.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1927" spans="1:8">
+      <x:c r="A1927" s="2" t="s">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="B1927" s="3" t="n">
+        <x:v>19.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1928" spans="1:8">
+      <x:c r="A1928" s="2" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="B1928" s="3" t="n">
+        <x:v>19.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1929" spans="1:8">
+      <x:c r="A1929" s="2" t="s">
+        <x:v>1940</x:v>
+      </x:c>
+      <x:c r="B1929" s="3" t="n">
+        <x:v>19.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1930" spans="1:8">
+      <x:c r="A1930" s="2" t="s">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="B1930" s="3" t="n">
+        <x:v>19.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1931" spans="1:8">
+      <x:c r="A1931" s="2" t="s">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="B1931" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1932" spans="1:8">
+      <x:c r="A1932" s="2" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="B1932" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1934" spans="1:8">
+      <x:c r="A1934" s="2" t="s">
+        <x:v>736</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1935" spans="1:8">
+      <x:c r="A1935" s="2" t="s">
+        <x:v>737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1936" spans="1:8">
+      <x:c r="A1936" s="2" t="s">
+        <x:v>738</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1937" spans="1:8">
+      <x:c r="A1937" s="2" t="s">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1938" spans="1:8">
+      <x:c r="A1938" s="2" t="s">
+        <x:v>740</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1939" spans="1:8">
+      <x:c r="A1939" s="1" t="s">
+        <x:v>741</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>