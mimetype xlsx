--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91f40056855f43df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6332c72379c4d0cb32981bb7756a913.psmdcp" Id="R0d58b366ae754160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda01c056cdbf4a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/475ffa30cfc54253a314ab1a6650ac92.psmdcp" Id="Rad3d71a2f5ee4337" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3022,65 +3022,65 @@
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>72</x:v>