--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda01c056cdbf4a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/475ffa30cfc54253a314ab1a6650ac92.psmdcp" Id="Rad3d71a2f5ee4337" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3894310279438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b65641e157a4b91b1bb4c60cf1f66ed.psmdcp" Id="R91b6967741dd405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
   <x:si>
     <x:t>Risk Profile - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -187,51 +187,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
@@ -574,171 +574,171 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Nokia Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prosus NV</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Bank AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.7x</x:t>
-[...2 lines deleted...]
-    <x:t>28.2x</x:t>
+    <x:t>15.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.8x</x:t>
   </x:si>
   <x:si>
     <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.8x</x:t>
-[...2 lines deleted...]
-    <x:t>21.8x</x:t>
+    <x:t>11.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.6%</x:t>
+    <x:t>16.4%</x:t>
   </x:si>
   <x:si>
     <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0%</x:t>
-[...2 lines deleted...]
-    <x:t>1.7%</x:t>
+    <x:t>2.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>53.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>149.6 USD</x:t>
+    <x:t>54.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1123,98 +1123,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.59</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.89</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.18</x:v>
+        <x:v>14.05</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.87</x:v>
+        <x:v>14.79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1282,112 +1282,112 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>31.1</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>24.2</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s"/>
       <x:c r="C13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="1" t="s">
         <x:v>20</x:v>
@@ -1422,120 +1422,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>39.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1568,356 +1568,356 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
@@ -1950,183 +1950,183 @@
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>39.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -2178,290 +2178,290 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
@@ -2505,87 +2505,87 @@
         <x:v>124</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
@@ -2642,153 +2642,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -2849,95 +2849,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>31.5</x:v>
+        <x:v>31.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>50.8</x:v>
+        <x:v>51.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2974,180 +2974,180 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -3241,54 +3241,54 @@
         <x:v>186</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>568</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2382</x:v>
+        <x:v>2383</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>