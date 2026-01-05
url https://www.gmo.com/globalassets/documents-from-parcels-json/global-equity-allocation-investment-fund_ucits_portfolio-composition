--- v2 (2025-11-26)
+++ v3 (2026-01-05)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3894310279438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b65641e157a4b91b1bb4c60cf1f66ed.psmdcp" Id="R91b6967741dd405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3166d8e2a6b744b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11db8f518b1b498c93a8131c582ec91e.psmdcp" Id="R24b389f786074d7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
   <x:si>
     <x:t>Risk Profile - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -187,51 +187,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
@@ -574,171 +574,171 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Nokia Oyj</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Prosus NV</x:t>
+    <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Bank AG</x:t>
   </x:si>
   <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.8x</x:t>
-[...2 lines deleted...]
-    <x:t>28.7x</x:t>
+    <x:t>16.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.8x</x:t>
   </x:si>
   <x:si>
     <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.9x</x:t>
-[...2 lines deleted...]
-    <x:t>21.6x</x:t>
+    <x:t>12.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.4%</x:t>
+    <x:t>15.9%</x:t>
   </x:si>
   <x:si>
     <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>2.9%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>54.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>159.4 USD</x:t>
+    <x:t>51.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1123,98 +1123,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.94</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.86</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.05</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.79</x:v>
+        <x:v>13.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1282,112 +1282,112 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>31</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s"/>
       <x:c r="C13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="1" t="s">
         <x:v>20</x:v>
@@ -1422,120 +1422,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>39.3</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1565,337 +1565,337 @@
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1939,194 +1939,194 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>39.3</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -2175,271 +2175,271 @@
         <x:v>94</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
@@ -2483,128 +2483,128 @@
         <x:v>122</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>40</x:v>
+        <x:v>40.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -2642,161 +2642,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>22.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
@@ -2849,95 +2849,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>31.4</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.9</x:v>
+        <x:v>51.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2974,183 +2974,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -3241,54 +3241,54 @@
         <x:v>186</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>555</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2383</x:v>
+        <x:v>2374</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>