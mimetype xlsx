--- v3 (2026-01-05)
+++ v4 (2026-01-26)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3166d8e2a6b744b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11db8f518b1b498c93a8131c582ec91e.psmdcp" Id="R24b389f786074d7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f8f701a58940bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8d957ba2d934b69b9bdef3d6c2b4d7f.psmdcp" Id="Re2d8c4fcb3db4fdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
   <x:si>
     <x:t>Risk Profile - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -187,51 +187,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
@@ -394,50 +394,53 @@
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
+    <x:t>Viet Nam</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>This portfolio continues to hold de minimis Russian exposure as a result of past positioning and ongoing illiquidity. GMO has suspended net new purchases of Russian securities firm-wide.</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CAD</x:t>
   </x:si>
   <x:si>
     <x:t>CHF</x:t>
@@ -514,50 +517,53 @@
   <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>SEK</x:t>
   </x:si>
   <x:si>
     <x:t>SGD</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>VND</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
@@ -574,171 +580,171 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Bank AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
+    <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.7x</x:t>
-[...2 lines deleted...]
-    <x:t>30.2x</x:t>
+    <x:t>16.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5x</x:t>
+    <x:t>3.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.1x</x:t>
-[...2 lines deleted...]
-    <x:t>20.8x</x:t>
+    <x:t>11.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.9%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>15.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9%</x:t>
+    <x:t>2.8%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>51.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>155.1 USD</x:t>
+    <x:t>54.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1123,98 +1129,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.08</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.05</x:v>
+        <x:v>12.93</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.93</x:v>
+        <x:v>13.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1282,112 +1288,112 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>31.1</x:v>
+        <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s"/>
       <x:c r="C13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="1" t="s">
         <x:v>20</x:v>
@@ -1422,480 +1428,480 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>38.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C59"/>
+  <x:dimension ref="A1:C60"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1917,51 +1923,51 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
@@ -1972,1323 +1978,1345 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
         <x:v>2.1</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>38.8</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:3">
-      <x:c r="A55" s="3" t="s">
+    <x:row r="54" spans="1:3">
+      <x:c r="A54" s="3" t="s">
         <x:v>92</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:3">
+      <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:3">
-      <x:c r="A59" s="1" t="s">
+    <x:row r="60" spans="1:3">
+      <x:c r="A60" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C48"/>
+  <x:dimension ref="A1:C49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>40.2</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:3">
+      <x:c r="A43" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:3">
+      <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:3">
-      <x:c r="A48" s="1" t="s">
+    <x:row r="49" spans="1:3">
+      <x:c r="A49" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>32.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.5</x:v>
+        <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2374</x:v>
+        <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>