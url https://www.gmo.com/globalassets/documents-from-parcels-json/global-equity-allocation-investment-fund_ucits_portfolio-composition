--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f8f701a58940bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8d957ba2d934b69b9bdef3d6c2b4d7f.psmdcp" Id="Re2d8c4fcb3db4fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc2c5c9f23848f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b51e969b3a14dddaa1c17b6e8ffcc45.psmdcp" Id="R38ba2d3951a342e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
   <x:si>
     <x:t>Risk Profile - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -187,51 +187,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
@@ -580,171 +580,171 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Bank AG</x:t>
-[...2 lines deleted...]
-    <x:t>Amazon.com Inc</x:t>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.8x</x:t>
-[...2 lines deleted...]
-    <x:t>30.3x</x:t>
+    <x:t>17.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8x</x:t>
-[...2 lines deleted...]
-    <x:t>3.6x</x:t>
+    <x:t>1.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.2x</x:t>
-[...2 lines deleted...]
-    <x:t>20.5x</x:t>
+    <x:t>12.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.7%</x:t>
-[...2 lines deleted...]
-    <x:t>22.0%</x:t>
+    <x:t>15.6%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.8%</x:t>
+    <x:t>2.7%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>54.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>160.3 USD</x:t>
+    <x:t>56.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1129,98 +1129,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.93</x:v>
+        <x:v>13.08</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.83</x:v>
+        <x:v>13.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1288,112 +1288,112 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s"/>
       <x:c r="C13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="1" t="s">
         <x:v>20</x:v>
@@ -1439,109 +1439,109 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>38.8</x:v>
+        <x:v>38.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>62.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1574,337 +1574,337 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
@@ -1945,194 +1945,194 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>38.8</x:v>
+        <x:v>38.6</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
@@ -2181,263 +2181,263 @@
       <x:c r="A1" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>14.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
@@ -2500,128 +2500,128 @@
         <x:v>123</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>38.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
@@ -2670,164 +2670,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>24.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>22.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2877,95 +2877,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>32.7</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.4</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -3002,183 +3002,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -3272,51 +3272,51 @@
         <x:v>189</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2370</x:v>
+        <x:v>2369</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>