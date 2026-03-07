--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc2c5c9f23848f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b51e969b3a14dddaa1c17b6e8ffcc45.psmdcp" Id="R38ba2d3951a342e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd9ad8d6d5d04124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d967929bdd74eb8a72669a6c83eddda.psmdcp" Id="Rb4e091d72534492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="196">
   <x:si>
     <x:t>Risk Profile - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -187,99 +187,102 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
+    <x:t>As of 02/28/2026 (%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class Strategy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exposure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Markets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CASH/CASH PLUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash &amp; Equivalents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding. Group weights under 1% are not reflected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions - Global Equity Allocation Investment Fund</x:t>
+  </x:si>
+  <x:si>
     <x:t>As of 01/31/2026 (%)</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>Regions - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -1129,98 +1132,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.08</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.84</x:v>
+        <x:v>13.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1288,112 +1291,112 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>30.2</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s"/>
       <x:c r="C13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="1" t="s">
         <x:v>20</x:v>
@@ -1409,133 +1412,133 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>18.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>38.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>62.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
@@ -1547,1422 +1550,1422 @@
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C60"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>38.6</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>38.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>24.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>21.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>32.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>18.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>21.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
@@ -2975,342 +2978,342 @@
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>2369</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">