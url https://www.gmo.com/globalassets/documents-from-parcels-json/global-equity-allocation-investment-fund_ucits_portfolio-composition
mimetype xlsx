--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd9ad8d6d5d04124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d967929bdd74eb8a72669a6c83eddda.psmdcp" Id="Rb4e091d72534492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6a4e8319454bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6baee74af357457f9cee1aa415a74b2b.psmdcp" Id="R236376a7edbb4798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="196">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
   <x:si>
     <x:t>Risk Profile - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -238,53 +238,50 @@
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:t>CASH/CASH PLUS</x:t>
   </x:si>
   <x:si>
     <x:t>Cash &amp; Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding. Group weights under 1% are not reflected.</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
@@ -583,171 +580,171 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML Holding NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...8 lines deleted...]
-    <x:t>Johnson &amp; Johnson</x:t>
+    <x:t>Sumitomo Electric Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>NVIDIA Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Equity Allocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.6x</x:t>
-[...2 lines deleted...]
-    <x:t>29.5x</x:t>
+    <x:t>18.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9x</x:t>
+    <x:t>2.0x</x:t>
   </x:si>
   <x:si>
     <x:t>3.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.0x</x:t>
-[...2 lines deleted...]
-    <x:t>20.0x</x:t>
+    <x:t>12.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.6%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>15.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7%</x:t>
+    <x:t>2.6%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>56.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>159.8 USD</x:t>
+    <x:t>56.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1412,1914 +1409,1914 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>37.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>62.9</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C60"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
         <x:v>2.9</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
         <x:v>1.6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>37.8</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>63</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
         <x:v>2.9</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
         <x:v>1.6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>38.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>63</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
         <x:v>11.7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>32.6</x:v>
+        <x:v>32.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51</x:v>
+        <x:v>49.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
+      <x:c r="C11" s="3" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>528</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2369</x:v>
+        <x:v>2367</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>