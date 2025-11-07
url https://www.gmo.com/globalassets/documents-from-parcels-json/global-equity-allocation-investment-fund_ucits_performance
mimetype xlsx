--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914a4cad5ed04104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c75b1516f80f4900bbdcb43788fde2a2.psmdcp" Id="R08222eb2e2ab4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429988e084c84911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9b67c8c64a741be8de9f7e0d61253e8.psmdcp" Id="Rd64138778357402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>