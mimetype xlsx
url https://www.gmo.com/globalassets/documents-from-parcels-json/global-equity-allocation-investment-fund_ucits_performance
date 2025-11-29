--- v1 (2025-11-07)
+++ v2 (2025-11-29)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429988e084c84911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9b67c8c64a741be8de9f7e0d61253e8.psmdcp" Id="Rd64138778357402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389f0c22ae9e4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/537de7462515409c9f435a3992d58541.psmdcp" Id="R9c12e363b06d4b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (EUR,%)</x:t>
+    <x:t>As of 10/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -434,50 +437,53 @@
   <x:si>
     <x:t>05/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2015</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2015</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2014</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2014</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2014</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -614,120 +620,132 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Equity Allocation Investment Fund EUA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Equity Allocation Investment Fund USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Global Equity Allocation Investment Fund USA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1068,6400 +1086,6456 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D213"/>
+  <x:dimension ref="A1:D215"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.41</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-6.41</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-14.89</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-14.89</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-6.97</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-7.03</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-7.03</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-5.62</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
+        <x:v>-0.81</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
-      <x:c r="C106" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.56</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-4.53</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:4">
+      <x:c r="A139" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B139" s="4" t="n">
         <x:v>6.24</x:v>
       </x:c>
-      <x:c r="C138" s="4" t="n">
+      <x:c r="C139" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
-      <x:c r="D138" s="4" t="n">
+      <x:c r="D139" s="4" t="n">
         <x:v>7.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="140" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="141" spans="1:4">
-      <x:c r="A141" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A141" s="2" t="s"/>
+      <x:c r="B141" s="3" t="s"/>
+      <x:c r="C141" s="3" t="s"/>
+      <x:c r="D141" s="3" t="s"/>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>14.36</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>14.36</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>13.14</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-21.89</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>-21.72</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>-11.25</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.25</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>5.98</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>-4.63</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="C184" s="4" t="n">
+        <x:v>-3.03</x:v>
+      </x:c>
+      <x:c r="D184" s="4" t="n">
+        <x:v>-3.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:4">
+      <x:c r="A185" s="2" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B185" s="4" t="n">
+        <x:v>16.95</x:v>
+      </x:c>
+      <x:c r="C185" s="4" t="n">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D185" s="4" t="n">
+        <x:v>15.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:4">
+      <x:c r="A186" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B186" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C184" s="4" t="n">
+      <x:c r="C186" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D184" s="4" t="n">
+      <x:c r="D186" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="186" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="188" spans="1:4">
-      <x:c r="A188" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A188" s="2" t="s"/>
+      <x:c r="B188" s="3" t="s"/>
+      <x:c r="C188" s="3" t="s"/>
+      <x:c r="D188" s="3" t="s"/>
     </x:row>
     <x:row r="189" spans="1:4">
-      <x:c r="A189" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A189" s="2" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>18.42</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>19.27</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>8.63</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4">
       <x:c r="A190" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>22.48</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4">
       <x:c r="A191" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>18.42</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>26.89</x:v>
+        <x:v>19.27</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
         <x:v>25.94</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>26.87</x:v>
+        <x:v>26.89</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>27.54</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>-8.78</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>26.87</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>28.93</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>-8.78</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>8.89</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="B198" s="4" t="n">
+        <x:v>9.38</x:v>
+      </x:c>
+      <x:c r="C198" s="4" t="n">
+        <x:v>10.16</x:v>
+      </x:c>
+      <x:c r="D198" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:4">
+      <x:c r="A199" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B199" s="4" t="n">
+        <x:v>6.39</x:v>
+      </x:c>
+      <x:c r="C199" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+      <x:c r="D199" s="4" t="n">
+        <x:v>8.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:4">
+      <x:c r="A200" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B198" s="4" t="n">
+      <x:c r="B200" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C198" s="4" t="n">
+      <x:c r="C200" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D198" s="4" t="n">
+      <x:c r="D200" s="4" t="n">
         <x:v>10.49</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
-      <x:c r="A203" s="1" t="s">
+      <x:c r="A203" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
-      <x:c r="A204" s="1" t="s">
+      <x:c r="A204" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
-      <x:c r="A206" s="2" t="s">
+      <x:c r="A206" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
-      <x:c r="A207" s="2" t="s">
+      <x:c r="A207" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
-      <x:c r="A209" s="1" t="s">
+      <x:c r="A209" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
-      <x:c r="A210" s="1" t="s">
+      <x:c r="A210" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
-      <x:c r="A212" s="2" t="s">
+      <x:c r="A212" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="1" t="s">
         <x:v>196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:4">
+      <x:c r="A214" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:4">
+      <x:c r="A215" s="1" t="s">
+        <x:v>198</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D213"/>
+  <x:dimension ref="A1:D215"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-8.74</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-8.74</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-14.98</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>-14.98</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-5.46</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-5.46</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-6.08</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-6.08</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.73</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>7.75</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>7.41</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-6.77</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:4">
+      <x:c r="A139" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B139" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
-      <x:c r="C138" s="4" t="n">
+      <x:c r="C139" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
-      <x:c r="D138" s="4" t="n">
+      <x:c r="D139" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
-    <x:row r="140" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="141" spans="1:4">
-      <x:c r="A141" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A141" s="2" t="s"/>
+      <x:c r="B141" s="3" t="s"/>
+      <x:c r="C141" s="3" t="s"/>
+      <x:c r="D141" s="3" t="s"/>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>9.45</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>15.15</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>-8.29</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-8.29</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>-23.66</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>-23.49</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-23.66</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-23.49</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>-12.65</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-12.65</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>4.28</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.91</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>-12.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-12.08</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+      <x:c r="C184" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D184" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:4">
+      <x:c r="A185" s="2" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B185" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C185" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D185" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:4">
+      <x:c r="A186" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B186" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C184" s="4" t="n">
+      <x:c r="C186" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D184" s="4" t="n">
+      <x:c r="D186" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="186" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="188" spans="1:4">
-      <x:c r="A188" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A188" s="2" t="s"/>
+      <x:c r="B188" s="3" t="s"/>
+      <x:c r="C188" s="3" t="s"/>
+      <x:c r="D188" s="3" t="s"/>
     </x:row>
     <x:row r="189" spans="1:4">
-      <x:c r="A189" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A189" s="2" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>26.13</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4">
       <x:c r="A190" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4">
       <x:c r="A191" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>17.05</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>23.68</x:v>
+        <x:v>17.05</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>17.93</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>-13.81</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>-13.12</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>-9.42</x:v>
+        <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>23.68</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>23.97</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>-13.81</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-13.12</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>-9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>27.71</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="B198" s="4" t="n">
+        <x:v>6.21</x:v>
+      </x:c>
+      <x:c r="C198" s="4" t="n">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D198" s="4" t="n">
+        <x:v>7.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:4">
+      <x:c r="A199" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B199" s="4" t="n">
+        <x:v>-4.49</x:v>
+      </x:c>
+      <x:c r="C199" s="4" t="n">
+        <x:v>-3.83</x:v>
+      </x:c>
+      <x:c r="D199" s="4" t="n">
+        <x:v>-2.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:4">
+      <x:c r="A200" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B198" s="4" t="n">
+      <x:c r="B200" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C198" s="4" t="n">
+      <x:c r="C200" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D198" s="4" t="n">
+      <x:c r="D200" s="4" t="n">
         <x:v>4.61</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
-      <x:c r="A203" s="1" t="s">
+      <x:c r="A203" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
-      <x:c r="A204" s="1" t="s">
+      <x:c r="A204" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
-      <x:c r="A206" s="2" t="s">
+      <x:c r="A206" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
-      <x:c r="A207" s="2" t="s">
+      <x:c r="A207" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
-      <x:c r="A209" s="1" t="s">
+      <x:c r="A209" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
-      <x:c r="A210" s="1" t="s">
+      <x:c r="A210" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
-      <x:c r="A212" s="2" t="s">
+      <x:c r="A212" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="1" t="s">
         <x:v>196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:4">
+      <x:c r="A214" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:4">
+      <x:c r="A215" s="1" t="s">
+        <x:v>198</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.91</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>12.04</x:v>
+        <x:v>17.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.98</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>15.69</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.31</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>15.59</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.34</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>18.51</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.83</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>16.53</x:v>
+        <x:v>18.06</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.13</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>15.59</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.34</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.42</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.94</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>25.34</x:v>
+        <x:v>23.71</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>15.73</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>9.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>23.07</x:v>
+        <x:v>26.13</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>26.24</x:v>
+        <x:v>24.59</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>16.58</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>11.51</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.91</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>12.04</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>17.98</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>15.69</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7470,118 +7544,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>11.34</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.19</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>8.48</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>12.84</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>18.83</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>16.53</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>11.43</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -7590,227 +7664,227 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>11.34</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>2.95</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>17.94</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>25.34</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>15.73</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>11.18</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7819,118 +7893,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>23.12</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>0.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.23</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.19</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>23.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>18.78</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>26.24</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>16.58</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>12.01</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.28</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -7939,143 +8013,143 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>23.12</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.52</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>