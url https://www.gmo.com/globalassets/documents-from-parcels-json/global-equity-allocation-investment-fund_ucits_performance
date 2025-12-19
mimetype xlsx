--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389f0c22ae9e4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/537de7462515409c9f435a3992d58541.psmdcp" Id="R9c12e363b06d4b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34576638372b4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0d2cac68899459b907bcb8e346ff7e8.psmdcp" Id="R28e4cc4b57f3421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (EUR,%)</x:t>
+    <x:t>As of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -620,114 +623,114 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund EUA</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund USA</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1086,6456 +1089,6484 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D215"/>
+  <x:dimension ref="A1:D216"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-6.41</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-6.41</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-14.89</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-14.89</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-6.97</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-7.03</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-7.03</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-5.62</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
+        <x:v>-0.81</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
-      <x:c r="C107" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-4.53</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:4">
+      <x:c r="A140" s="2" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B140" s="4" t="n">
         <x:v>6.24</x:v>
       </x:c>
-      <x:c r="C139" s="4" t="n">
+      <x:c r="C140" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
-      <x:c r="D139" s="4" t="n">
+      <x:c r="D140" s="4" t="n">
         <x:v>7.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="141" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="142" spans="1:4">
-      <x:c r="A142" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A142" s="2" t="s"/>
+      <x:c r="B142" s="3" t="s"/>
+      <x:c r="C142" s="3" t="s"/>
+      <x:c r="D142" s="3" t="s"/>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>14.36</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>14.36</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>13.14</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-21.89</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>-21.72</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>-11.25</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>-11.25</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>5.98</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-4.63</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
+        <x:v>16.95</x:v>
+      </x:c>
+      <x:c r="C186" s="4" t="n">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D186" s="4" t="n">
+        <x:v>15.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:4">
+      <x:c r="A187" s="2" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B187" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C186" s="4" t="n">
+      <x:c r="C187" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D186" s="4" t="n">
+      <x:c r="D187" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="188" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="189" spans="1:4">
-      <x:c r="A189" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A189" s="2" t="s"/>
+      <x:c r="B189" s="3" t="s"/>
+      <x:c r="C189" s="3" t="s"/>
+      <x:c r="D189" s="3" t="s"/>
     </x:row>
     <x:row r="190" spans="1:4">
-      <x:c r="A190" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A190" s="2" t="s">
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>13.88</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>22.48</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4">
       <x:c r="A191" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>18.42</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>19.27</x:v>
+        <x:v>22.48</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>18.42</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>19.27</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>26.89</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>26.89</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>27.54</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>26.87</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>-8.78</x:v>
+        <x:v>26.87</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>28.93</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>-8.78</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>8.89</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B200" s="4" t="n">
+        <x:v>6.39</x:v>
+      </x:c>
+      <x:c r="C200" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+      <x:c r="D200" s="4" t="n">
+        <x:v>8.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:4">
+      <x:c r="A201" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B200" s="4" t="n">
+      <x:c r="B201" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C200" s="4" t="n">
+      <x:c r="C201" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D200" s="4" t="n">
+      <x:c r="D201" s="4" t="n">
         <x:v>10.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
       <x:c r="A203" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
-      <x:c r="A205" s="1" t="s">
+      <x:c r="A205" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
       <x:c r="A206" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
       <x:c r="A207" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
-      <x:c r="A208" s="2" t="s">
+      <x:c r="A208" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
       <x:c r="A209" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
       <x:c r="A210" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
-      <x:c r="A211" s="1" t="s">
+      <x:c r="A211" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
       <x:c r="A212" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
-      <x:c r="A214" s="2" t="s">
+      <x:c r="A214" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
-      <x:c r="A215" s="1" t="s">
+      <x:c r="A215" s="2" t="s">
         <x:v>198</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:4">
+      <x:c r="A216" s="1" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D215"/>
+  <x:dimension ref="A1:D216"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.74</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-8.74</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-14.98</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>-14.98</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-5.46</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-5.46</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-6.08</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-6.08</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.73</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>7.75</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>7.41</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-6.77</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:4">
+      <x:c r="A140" s="2" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B140" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
-      <x:c r="C139" s="4" t="n">
+      <x:c r="C140" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
-      <x:c r="D139" s="4" t="n">
+      <x:c r="D140" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
-    <x:row r="141" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="142" spans="1:4">
-      <x:c r="A142" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A142" s="2" t="s"/>
+      <x:c r="B142" s="3" t="s"/>
+      <x:c r="C142" s="3" t="s"/>
+      <x:c r="D142" s="3" t="s"/>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>9.45</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>15.15</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-8.29</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>-8.29</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>-23.66</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>-23.49</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-23.66</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-23.49</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>-12.65</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-12.65</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>4.28</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>6.91</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>-12.08</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-12.08</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C186" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D186" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:4">
+      <x:c r="A187" s="2" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B187" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C186" s="4" t="n">
+      <x:c r="C187" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D186" s="4" t="n">
+      <x:c r="D187" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="188" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="189" spans="1:4">
-      <x:c r="A189" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A189" s="2" t="s"/>
+      <x:c r="B189" s="3" t="s"/>
+      <x:c r="C189" s="3" t="s"/>
+      <x:c r="D189" s="3" t="s"/>
     </x:row>
     <x:row r="190" spans="1:4">
-      <x:c r="A190" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A190" s="2" t="s">
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>27.61</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>14.83</x:v>
+        <x:v>28.42</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4">
       <x:c r="A191" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>17.05</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>17.05</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>17.93</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>23.68</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>-13.81</x:v>
+        <x:v>23.68</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>-13.12</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>-9.42</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>-13.81</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>-13.12</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>23.97</x:v>
+        <x:v>-9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>27.71</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B200" s="4" t="n">
+        <x:v>-4.49</x:v>
+      </x:c>
+      <x:c r="C200" s="4" t="n">
+        <x:v>-3.83</x:v>
+      </x:c>
+      <x:c r="D200" s="4" t="n">
+        <x:v>-2.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:4">
+      <x:c r="A201" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B200" s="4" t="n">
+      <x:c r="B201" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C200" s="4" t="n">
+      <x:c r="C201" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D200" s="4" t="n">
+      <x:c r="D201" s="4" t="n">
         <x:v>4.61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
       <x:c r="A203" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
-      <x:c r="A205" s="1" t="s">
+      <x:c r="A205" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
       <x:c r="A206" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
       <x:c r="A207" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
-      <x:c r="A208" s="2" t="s">
+      <x:c r="A208" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
       <x:c r="A209" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
       <x:c r="A210" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
-      <x:c r="A211" s="1" t="s">
+      <x:c r="A211" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
       <x:c r="A212" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
-      <x:c r="A214" s="2" t="s">
+      <x:c r="A214" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
-      <x:c r="A215" s="1" t="s">
+      <x:c r="A215" s="2" t="s">
         <x:v>198</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:4">
+      <x:c r="A216" s="1" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.51</x:v>
+        <x:v>13.88</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.68</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>16.02</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>11.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.51</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.58</x:v>
+        <x:v>16.85</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>11.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>27.61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>25.12</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>23.71</x:v>
+        <x:v>20.74</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>16.98</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.63</x:v>
+        <x:v>9.73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>18.21</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.45</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>26.13</x:v>
+        <x:v>28.42</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>26.89</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>24.59</x:v>
+        <x:v>21.61</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>17.84</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>11.79</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>18.21</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.45</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.91</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>12.04</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>17.98</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>15.69</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7544,118 +7575,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>11.34</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.53</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.19</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>8.48</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>12.84</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>18.83</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>16.53</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>11.43</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -7664,227 +7695,227 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>11.34</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>2.95</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>17.94</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>25.34</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>15.73</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>11.18</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7893,118 +7924,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>23.12</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>0.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.23</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.19</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>23.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>18.78</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>26.24</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>16.58</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>12.01</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.28</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -8013,143 +8044,143 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>23.12</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.52</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>