--- v3 (2025-12-19)
+++ v4 (2026-01-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34576638372b4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0d2cac68899459b907bcb8e346ff7e8.psmdcp" Id="R28e4cc4b57f3421c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374b723d60da4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/149c65588ba14965a466dce19423ca2f.psmdcp" Id="Rfa6dc41c07434020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>