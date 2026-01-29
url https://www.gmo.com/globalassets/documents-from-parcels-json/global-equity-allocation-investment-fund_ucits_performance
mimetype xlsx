--- v4 (2026-01-08)
+++ v5 (2026-01-29)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374b723d60da4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/149c65588ba14965a466dce19423ca2f.psmdcp" Id="Rfa6dc41c07434020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62dab0366d034d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eda2fb7557c345599c299c4b33350284.psmdcp" Id="Rb7a975903bb246a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (EUR,%)</x:t>
+    <x:t>As of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -440,51 +443,51 @@
   <x:si>
     <x:t>05/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2015</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2015</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2014</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2014</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2014</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -623,132 +626,120 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund EUA</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund USA</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
-[...17 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1089,7098 +1080,7126 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D216"/>
+  <x:dimension ref="A1:D217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-6.41</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-6.41</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-14.89</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-14.89</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-6.97</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-7.03</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-7.03</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-5.62</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
+        <x:v>-0.81</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
-      <x:c r="C108" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-4.53</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:4">
+      <x:c r="A141" s="2" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B141" s="4" t="n">
         <x:v>6.24</x:v>
       </x:c>
-      <x:c r="C140" s="4" t="n">
+      <x:c r="C141" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
-      <x:c r="D140" s="4" t="n">
+      <x:c r="D141" s="4" t="n">
         <x:v>7.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="142" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="143" spans="1:4">
-      <x:c r="A143" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A143" s="2" t="s"/>
+      <x:c r="B143" s="3" t="s"/>
+      <x:c r="C143" s="3" t="s"/>
+      <x:c r="D143" s="3" t="s"/>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>14.36</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>14.36</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>13.14</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-21.89</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>-21.72</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>-11.25</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>-11.25</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>5.98</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-4.63</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
+        <x:v>16.95</x:v>
+      </x:c>
+      <x:c r="C187" s="4" t="n">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D187" s="4" t="n">
+        <x:v>15.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:4">
+      <x:c r="A188" s="2" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B188" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C187" s="4" t="n">
+      <x:c r="C188" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D187" s="4" t="n">
+      <x:c r="D188" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="189" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="190" spans="1:4">
-      <x:c r="A190" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A190" s="2" t="s"/>
+      <x:c r="B190" s="3" t="s"/>
+      <x:c r="C190" s="3" t="s"/>
+      <x:c r="D190" s="3" t="s"/>
     </x:row>
     <x:row r="191" spans="1:4">
-      <x:c r="A191" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A191" s="2" t="s">
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>22.48</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>18.42</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>19.27</x:v>
+        <x:v>22.48</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>18.42</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>19.27</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>26.89</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>26.89</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>27.54</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>26.87</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>-8.78</x:v>
+        <x:v>26.87</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>28.93</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>-8.78</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>8.89</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B201" s="4" t="n">
+        <x:v>6.39</x:v>
+      </x:c>
+      <x:c r="C201" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+      <x:c r="D201" s="4" t="n">
+        <x:v>8.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:4">
+      <x:c r="A202" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B201" s="4" t="n">
+      <x:c r="B202" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C201" s="4" t="n">
+      <x:c r="C202" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D201" s="4" t="n">
+      <x:c r="D202" s="4" t="n">
         <x:v>10.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
-      <x:c r="A206" s="1" t="s">
+      <x:c r="A206" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
       <x:c r="A207" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
-      <x:c r="A209" s="2" t="s">
+      <x:c r="A209" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
       <x:c r="A210" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
-      <x:c r="A212" s="1" t="s">
+      <x:c r="A212" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
       <x:c r="A214" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
-      <x:c r="A215" s="2" t="s">
+      <x:c r="A215" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4">
-      <x:c r="A216" s="1" t="s">
+      <x:c r="A216" s="2" t="s">
         <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:4">
+      <x:c r="A217" s="1" t="s">
+        <x:v>200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D216"/>
+  <x:dimension ref="A1:D217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-8.74</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-8.74</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-14.98</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>-14.98</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-5.46</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-5.46</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-6.08</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-6.08</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.73</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>7.75</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>7.41</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-6.77</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:4">
+      <x:c r="A141" s="2" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B141" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
-      <x:c r="C140" s="4" t="n">
+      <x:c r="C141" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
-      <x:c r="D140" s="4" t="n">
+      <x:c r="D141" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
-    <x:row r="142" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="143" spans="1:4">
-      <x:c r="A143" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A143" s="2" t="s"/>
+      <x:c r="B143" s="3" t="s"/>
+      <x:c r="C143" s="3" t="s"/>
+      <x:c r="D143" s="3" t="s"/>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>9.45</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>15.15</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>-8.29</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>-8.29</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>-23.66</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>-23.49</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-23.66</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-23.49</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>-12.65</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-12.65</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>4.28</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>6.91</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>-12.08</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-12.08</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C187" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D187" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:4">
+      <x:c r="A188" s="2" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B188" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C187" s="4" t="n">
+      <x:c r="C188" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D187" s="4" t="n">
+      <x:c r="D188" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="189" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="190" spans="1:4">
-      <x:c r="A190" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A190" s="2" t="s"/>
+      <x:c r="B190" s="3" t="s"/>
+      <x:c r="C190" s="3" t="s"/>
+      <x:c r="D190" s="3" t="s"/>
     </x:row>
     <x:row r="191" spans="1:4">
-      <x:c r="A191" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A191" s="2" t="s">
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>31.32</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>14.83</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>17.05</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>17.05</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>17.93</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>23.68</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>-13.81</x:v>
+        <x:v>23.68</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>-13.12</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>-9.42</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>-13.81</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>-13.12</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>23.97</x:v>
+        <x:v>-9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>27.71</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B201" s="4" t="n">
+        <x:v>-4.49</x:v>
+      </x:c>
+      <x:c r="C201" s="4" t="n">
+        <x:v>-3.83</x:v>
+      </x:c>
+      <x:c r="D201" s="4" t="n">
+        <x:v>-2.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:4">
+      <x:c r="A202" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B201" s="4" t="n">
+      <x:c r="B202" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C201" s="4" t="n">
+      <x:c r="C202" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D201" s="4" t="n">
+      <x:c r="D202" s="4" t="n">
         <x:v>4.61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
-      <x:c r="A206" s="1" t="s">
+      <x:c r="A206" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
       <x:c r="A207" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
-      <x:c r="A209" s="2" t="s">
+      <x:c r="A209" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
       <x:c r="A210" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
-      <x:c r="A212" s="1" t="s">
+      <x:c r="A212" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
       <x:c r="A214" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
-      <x:c r="A215" s="2" t="s">
+      <x:c r="A215" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4">
-      <x:c r="A216" s="1" t="s">
+      <x:c r="A216" s="2" t="s">
         <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:4">
+      <x:c r="A217" s="1" t="s">
+        <x:v>200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.88</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.02</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>14.96</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.36</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.56</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>16.85</x:v>
+        <x:v>19.43</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.74</x:v>
+        <x:v>11.44</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.36</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.56</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7.91</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>27.61</x:v>
+        <x:v>31.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>31.32</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.74</x:v>
+        <x:v>22.42</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>14.56</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>9.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>8.98</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>8.98</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>28.42</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.89</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>21.61</x:v>
+        <x:v>23.29</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>15.39</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.91</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.04</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.98</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>15.69</x:v>
+        <x:v>14.96</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.31</x:v>
+        <x:v>10.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.34</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.83</x:v>
+        <x:v>19.43</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>16.53</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>11.44</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.13</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.34</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
+        <x:v>31.32</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>31.32</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
         <x:v>22.42</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>15.73</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>9.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>23.07</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>18.78</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.24</x:v>
+        <x:v>23.29</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>16.58</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>