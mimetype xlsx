--- v5 (2026-01-29)
+++ v6 (2026-02-18)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62dab0366d034d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eda2fb7557c345599c299c4b33350284.psmdcp" Id="Rb7a975903bb246a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6cd89c39bed4f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0851b8e7f31b4221b65e053d41283ad2.psmdcp" Id="Ra50f4cf29e1b4c51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -443,50 +446,53 @@
   <x:si>
     <x:t>05/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2015</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2015</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2015</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2014</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2014</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2014</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -578,168 +584,180 @@
   <x:si>
     <x:t>Q3-2016</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2016</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2016</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2015</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2015</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2015</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2015</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2014</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Returns include a substantial, one-time litigation settlement recovery received on December 16, 2024. This event contributed 1.00% to 2024 annual performance. Performance for other</x:t>
   </x:si>
   <x:si>
     <x:t>periods, including this date, was also positively impacted, sometimes materially. Without this recovery, performance would have been lower in both absolute terms and relative to the</x:t>
   </x:si>
   <x:si>
     <x:t>benchmark. Additional information is available upon request.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Equity Allocation Investment Fund EUA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Equity Allocation Investment Fund USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Global Equity Allocation Investment Fund USA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1080,6512 +1098,6596 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D217"/>
+  <x:dimension ref="A1:D220"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-6.41</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-6.41</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-14.89</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-14.89</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-6.97</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-7.03</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-7.03</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-5.62</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
+        <x:v>-0.81</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
-      <x:c r="C109" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.56</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-4.53</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:4">
+      <x:c r="A142" s="2" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B142" s="4" t="n">
         <x:v>6.24</x:v>
       </x:c>
-      <x:c r="C141" s="4" t="n">
+      <x:c r="C142" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
-      <x:c r="D141" s="4" t="n">
+      <x:c r="D142" s="4" t="n">
         <x:v>7.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="143" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="144" spans="1:4">
-      <x:c r="A144" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A144" s="2" t="s"/>
+      <x:c r="B144" s="3" t="s"/>
+      <x:c r="C144" s="3" t="s"/>
+      <x:c r="D144" s="3" t="s"/>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>14.36</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>14.36</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>13.14</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-21.89</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>-21.72</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>-11.25</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.25</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>5.98</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>-4.63</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4">
       <x:c r="A188" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="C188" s="4" t="n">
+        <x:v>-3.03</x:v>
+      </x:c>
+      <x:c r="D188" s="4" t="n">
+        <x:v>-3.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:4">
+      <x:c r="A189" s="2" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B189" s="4" t="n">
+        <x:v>16.95</x:v>
+      </x:c>
+      <x:c r="C189" s="4" t="n">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="n">
+        <x:v>15.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:4">
+      <x:c r="A190" s="2" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B190" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C188" s="4" t="n">
+      <x:c r="C190" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D188" s="4" t="n">
+      <x:c r="D190" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="190" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="192" spans="1:4">
-      <x:c r="A192" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A192" s="2" t="s"/>
+      <x:c r="B192" s="3" t="s"/>
+      <x:c r="C192" s="3" t="s"/>
+      <x:c r="D192" s="3" t="s"/>
     </x:row>
     <x:row r="193" spans="1:4">
-      <x:c r="A193" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A193" s="2" t="s">
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>18.42</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>19.27</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>26.89</x:v>
+        <x:v>22.48</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>18.42</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>19.27</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>26.87</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>-8.78</x:v>
+        <x:v>26.89</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>27.54</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>26.87</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>28.93</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-8.78</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="2" t="n">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="B202" s="4" t="n">
+        <x:v>11.31</x:v>
+      </x:c>
+      <x:c r="C202" s="4" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="D202" s="4" t="n">
+        <x:v>8.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:4">
+      <x:c r="A203" s="2" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="B203" s="4" t="n">
+        <x:v>9.38</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="n">
+        <x:v>10.16</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:4">
+      <x:c r="A204" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B204" s="4" t="n">
+        <x:v>6.39</x:v>
+      </x:c>
+      <x:c r="C204" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+      <x:c r="D204" s="4" t="n">
+        <x:v>8.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:4">
+      <x:c r="A205" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B202" s="4" t="n">
+      <x:c r="B205" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C202" s="4" t="n">
+      <x:c r="C205" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D202" s="4" t="n">
+      <x:c r="D205" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="204" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A206" s="2" t="s">
+    <x:row r="207" spans="1:4">
+      <x:c r="A207" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row r="207" spans="1:4">
-      <x:c r="A207" s="1" t="s">
+    <x:row r="208" spans="1:4">
+      <x:c r="A208" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="208" spans="1:4">
-      <x:c r="A208" s="1" t="s">
+    <x:row r="209" spans="1:4">
+      <x:c r="A209" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
-    <x:row r="209" spans="1:4">
-      <x:c r="A209" s="1" t="s">
+    <x:row r="210" spans="1:4">
+      <x:c r="A210" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
-    <x:row r="210" spans="1:4">
-      <x:c r="A210" s="2" t="s">
+    <x:row r="211" spans="1:4">
+      <x:c r="A211" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
-    <x:row r="211" spans="1:4">
-      <x:c r="A211" s="2" t="s">
+    <x:row r="212" spans="1:4">
+      <x:c r="A212" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="212" spans="1:4">
-      <x:c r="A212" s="2" t="s">
+    <x:row r="213" spans="1:4">
+      <x:c r="A213" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
-    <x:row r="213" spans="1:4">
-      <x:c r="A213" s="1" t="s">
+    <x:row r="214" spans="1:4">
+      <x:c r="A214" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
-    <x:row r="214" spans="1:4">
-      <x:c r="A214" s="1" t="s">
+    <x:row r="215" spans="1:4">
+      <x:c r="A215" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
-    <x:row r="215" spans="1:4">
-      <x:c r="A215" s="1" t="s">
+    <x:row r="216" spans="1:4">
+      <x:c r="A216" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4">
       <x:c r="A217" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:4">
+      <x:c r="A218" s="1" t="s">
         <x:v>200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:4">
+      <x:c r="A219" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:4">
+      <x:c r="A220" s="1" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D217"/>
+  <x:dimension ref="A1:D220"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
         <x:v>2.96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-8.74</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-8.74</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-14.98</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>-14.98</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-5.46</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-5.46</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-6.08</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-6.08</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>7.75</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>7.41</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-6.77</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:4">
+      <x:c r="A142" s="2" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B142" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
-      <x:c r="C141" s="4" t="n">
+      <x:c r="C142" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
-      <x:c r="D141" s="4" t="n">
+      <x:c r="D142" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
-    <x:row r="143" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="144" spans="1:4">
-      <x:c r="A144" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A144" s="2" t="s"/>
+      <x:c r="B144" s="3" t="s"/>
+      <x:c r="C144" s="3" t="s"/>
+      <x:c r="D144" s="3" t="s"/>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>9.45</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>15.15</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-8.29</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-8.29</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>-23.66</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>-23.49</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-23.66</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-23.49</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>-12.65</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-12.65</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>4.28</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.91</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>-12.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-12.08</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4">
       <x:c r="A188" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+      <x:c r="C188" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D188" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:4">
+      <x:c r="A189" s="2" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B189" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C189" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:4">
+      <x:c r="A190" s="2" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B190" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C188" s="4" t="n">
+      <x:c r="C190" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D188" s="4" t="n">
+      <x:c r="D190" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="190" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="192" spans="1:4">
-      <x:c r="A192" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A192" s="2" t="s"/>
+      <x:c r="B192" s="3" t="s"/>
+      <x:c r="C192" s="3" t="s"/>
+      <x:c r="D192" s="3" t="s"/>
     </x:row>
     <x:row r="193" spans="1:4">
-      <x:c r="A193" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A193" s="2" t="s">
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>31.32</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>17.05</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>23.68</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>-13.81</x:v>
+        <x:v>17.05</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>-13.12</x:v>
+        <x:v>17.93</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>-9.42</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>23.97</x:v>
+        <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>23.68</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-13.81</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>-13.12</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>-9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="2" t="n">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="B202" s="4" t="n">
+        <x:v>26.7</x:v>
+      </x:c>
+      <x:c r="C202" s="4" t="n">
+        <x:v>27.71</x:v>
+      </x:c>
+      <x:c r="D202" s="4" t="n">
+        <x:v>23.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:4">
+      <x:c r="A203" s="2" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="B203" s="4" t="n">
+        <x:v>6.21</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="n">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="n">
+        <x:v>7.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:4">
+      <x:c r="A204" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B204" s="4" t="n">
+        <x:v>-4.49</x:v>
+      </x:c>
+      <x:c r="C204" s="4" t="n">
+        <x:v>-3.83</x:v>
+      </x:c>
+      <x:c r="D204" s="4" t="n">
+        <x:v>-2.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:4">
+      <x:c r="A205" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B202" s="4" t="n">
+      <x:c r="B205" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C202" s="4" t="n">
+      <x:c r="C205" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D202" s="4" t="n">
+      <x:c r="D205" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="204" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A206" s="2" t="s">
+    <x:row r="207" spans="1:4">
+      <x:c r="A207" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row r="207" spans="1:4">
-      <x:c r="A207" s="1" t="s">
+    <x:row r="208" spans="1:4">
+      <x:c r="A208" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="208" spans="1:4">
-      <x:c r="A208" s="1" t="s">
+    <x:row r="209" spans="1:4">
+      <x:c r="A209" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
-    <x:row r="209" spans="1:4">
-      <x:c r="A209" s="1" t="s">
+    <x:row r="210" spans="1:4">
+      <x:c r="A210" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
-    <x:row r="210" spans="1:4">
-      <x:c r="A210" s="2" t="s">
+    <x:row r="211" spans="1:4">
+      <x:c r="A211" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
-    <x:row r="211" spans="1:4">
-      <x:c r="A211" s="2" t="s">
+    <x:row r="212" spans="1:4">
+      <x:c r="A212" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="212" spans="1:4">
-      <x:c r="A212" s="2" t="s">
+    <x:row r="213" spans="1:4">
+      <x:c r="A213" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
-    <x:row r="213" spans="1:4">
-      <x:c r="A213" s="1" t="s">
+    <x:row r="214" spans="1:4">
+      <x:c r="A214" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
-    <x:row r="214" spans="1:4">
-      <x:c r="A214" s="1" t="s">
+    <x:row r="215" spans="1:4">
+      <x:c r="A215" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
-    <x:row r="215" spans="1:4">
-      <x:c r="A215" s="1" t="s">
+    <x:row r="216" spans="1:4">
+      <x:c r="A216" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4">
       <x:c r="A217" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:4">
+      <x:c r="A218" s="1" t="s">
         <x:v>200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:4">
+      <x:c r="A219" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:4">
+      <x:c r="A220" s="1" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.79</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.79</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.58</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>14.96</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>11.82</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>12.11</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.85</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.61</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.61</x:v>
+        <x:v>17.12</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.25</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>15.79</x:v>
+        <x:v>16.59</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.44</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.58</x:v>
+        <x:v>11.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>12.11</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.85</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.75</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.75</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>31.32</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>31.32</x:v>
+        <x:v>33.12</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>14.02</x:v>
+        <x:v>15.27</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.93</x:v>
+        <x:v>10.39</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>20.65</x:v>
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.72</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>32.23</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>32.23</x:v>
+        <x:v>34.04</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.93</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.31</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>11.21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>20.65</x:v>
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.72</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>12.16</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>18.58</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>14.96</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7594,118 +7696,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>10.85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.93</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.93</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.72</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.85</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.43</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>15.79</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>11.44</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -7714,227 +7816,227 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>10.85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>2.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.68</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.58</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>22.42</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>14.02</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>11.48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7943,118 +8045,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>11.19</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>11.72</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.82</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>23.29</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>12.31</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -8063,143 +8165,143 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>11.19</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>11.72</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>2.64</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>