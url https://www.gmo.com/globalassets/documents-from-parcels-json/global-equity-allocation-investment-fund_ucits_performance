--- v6 (2026-02-18)
+++ v7 (2026-03-10)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6cd89c39bed4f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0851b8e7f31b4221b65e053d41283ad2.psmdcp" Id="Ra50f4cf29e1b4c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c2edcd67864df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/feea057d9c5e42c498bc4ed217299ac6.psmdcp" Id="Rf4b474731efb46f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -632,114 +635,114 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund EUA</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2014</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Global Equity Allocation Investment Fund USA</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1098,6596 +1101,6623 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D220"/>
+  <x:dimension ref="A1:D221"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.41</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-6.41</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-14.89</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-14.89</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-6.97</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-7.03</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-7.03</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-5.62</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
+        <x:v>-0.81</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
-      <x:c r="C110" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.56</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-4.53</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:4">
+      <x:c r="A143" s="2" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B143" s="4" t="n">
         <x:v>6.24</x:v>
       </x:c>
-      <x:c r="C142" s="4" t="n">
+      <x:c r="C143" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
-      <x:c r="D142" s="4" t="n">
+      <x:c r="D143" s="4" t="n">
         <x:v>7.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="144" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="145" spans="1:4">
-      <x:c r="A145" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A145" s="2" t="s"/>
+      <x:c r="B145" s="3" t="s"/>
+      <x:c r="C145" s="3" t="s"/>
+      <x:c r="D145" s="3" t="s"/>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>14.36</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>14.36</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>13.14</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-21.89</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>-21.72</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-11.25</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>-11.25</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>5.98</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-4.63</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4">
       <x:c r="A188" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="C188" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D188" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:4">
       <x:c r="A189" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4">
       <x:c r="A190" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
+        <x:v>16.95</x:v>
+      </x:c>
+      <x:c r="C190" s="4" t="n">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="n">
+        <x:v>15.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:4">
+      <x:c r="A191" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B191" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C190" s="4" t="n">
+      <x:c r="C191" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D190" s="4" t="n">
+      <x:c r="D191" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="192" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="193" spans="1:4">
-      <x:c r="A193" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A193" s="2" t="s"/>
+      <x:c r="B193" s="3" t="s"/>
+      <x:c r="C193" s="3" t="s"/>
+      <x:c r="D193" s="3" t="s"/>
     </x:row>
     <x:row r="194" spans="1:4">
-      <x:c r="A194" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A194" s="2" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>15.79</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>16.61</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>22.48</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>18.42</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>19.27</x:v>
+        <x:v>22.48</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>18.42</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>19.27</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>26.89</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>26.89</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>27.54</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>25.94</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>26.87</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>-8.78</x:v>
+        <x:v>26.87</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>28.93</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B202" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>-8.78</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
       <x:c r="A203" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B203" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>8.89</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B204" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B205" s="4" t="n">
+        <x:v>6.39</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="n">
+        <x:v>7.12</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="n">
+        <x:v>8.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:4">
+      <x:c r="A206" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B205" s="4" t="n">
+      <x:c r="B206" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="C205" s="4" t="n">
+      <x:c r="C206" s="4" t="n">
         <x:v>7.85</x:v>
       </x:c>
-      <x:c r="D205" s="4" t="n">
+      <x:c r="D206" s="4" t="n">
         <x:v>10.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
       <x:c r="A209" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
-      <x:c r="A210" s="1" t="s">
+      <x:c r="A210" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
       <x:c r="A212" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
-      <x:c r="A213" s="2" t="s">
+      <x:c r="A213" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
       <x:c r="A214" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
       <x:c r="A215" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4">
-      <x:c r="A216" s="1" t="s">
+      <x:c r="A216" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4">
       <x:c r="A217" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:4">
       <x:c r="A218" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:4">
-      <x:c r="A219" s="2" t="s">
+      <x:c r="A219" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:4">
-      <x:c r="A220" s="1" t="s">
+      <x:c r="A220" s="2" t="s">
         <x:v>202</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:4">
+      <x:c r="A221" s="1" t="s">
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D220"/>
+  <x:dimension ref="A1:D221"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
         <x:v>2.96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-8.74</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-8.74</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-14.98</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>-14.98</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-7.72</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-5.46</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-5.46</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-6.08</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-6.08</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.64</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.73</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>7.75</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>7.41</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-6.77</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>-5.64</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="n">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:4">
+      <x:c r="A143" s="2" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B143" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
-      <x:c r="C142" s="4" t="n">
+      <x:c r="C143" s="4" t="n">
         <x:v>4.17</x:v>
       </x:c>
-      <x:c r="D142" s="4" t="n">
+      <x:c r="D143" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
-    <x:row r="144" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="145" spans="1:4">
-      <x:c r="A145" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A145" s="2" t="s"/>
+      <x:c r="B145" s="3" t="s"/>
+      <x:c r="C145" s="3" t="s"/>
+      <x:c r="D145" s="3" t="s"/>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>9.45</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>15.15</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>-8.29</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>-8.29</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>-23.66</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>-23.49</x:v>
+        <x:v>15.78</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-23.66</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-23.49</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>-12.65</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>11.36</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-12.65</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>4.28</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>6.91</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>-12.08</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4">
       <x:c r="A188" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="C188" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-12.08</x:v>
       </x:c>
       <x:c r="D188" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:4">
       <x:c r="A189" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4">
       <x:c r="A190" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C190" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="n">
+        <x:v>2.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:4">
+      <x:c r="A191" s="2" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B191" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C190" s="4" t="n">
+      <x:c r="C191" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D190" s="4" t="n">
+      <x:c r="D191" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="192" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="193" spans="1:4">
-      <x:c r="A193" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A193" s="2" t="s"/>
+      <x:c r="B193" s="3" t="s"/>
+      <x:c r="C193" s="3" t="s"/>
+      <x:c r="D193" s="3" t="s"/>
     </x:row>
     <x:row r="194" spans="1:4">
-      <x:c r="A194" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A194" s="2" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>31.32</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>32.23</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>31.32</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>14.83</x:v>
+        <x:v>32.23</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>17.05</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>17.05</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>17.93</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>23.68</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>-13.81</x:v>
+        <x:v>23.68</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>-13.12</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>-9.42</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B202" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>-13.81</x:v>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>-13.12</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>23.97</x:v>
+        <x:v>-9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
       <x:c r="A203" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B203" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>27.71</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B204" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="2" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B205" s="4" t="n">
+        <x:v>-4.49</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="n">
+        <x:v>-3.83</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="n">
+        <x:v>-2.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:4">
+      <x:c r="A206" s="2" t="n">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="B205" s="4" t="n">
+      <x:c r="B206" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
-      <x:c r="C205" s="4" t="n">
+      <x:c r="C206" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
-      <x:c r="D205" s="4" t="n">
+      <x:c r="D206" s="4" t="n">
         <x:v>4.61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
       <x:c r="A209" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
-      <x:c r="A210" s="1" t="s">
+      <x:c r="A210" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
       <x:c r="A212" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
-      <x:c r="A213" s="2" t="s">
+      <x:c r="A213" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
       <x:c r="A214" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
       <x:c r="A215" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4">
-      <x:c r="A216" s="1" t="s">
+      <x:c r="A216" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4">
       <x:c r="A217" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:4">
       <x:c r="A218" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:4">
-      <x:c r="A219" s="2" t="s">
+      <x:c r="A219" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:4">
-      <x:c r="A220" s="1" t="s">
+      <x:c r="A220" s="2" t="s">
         <x:v>202</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:4">
+      <x:c r="A221" s="1" t="s">
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.31</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>20.44</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>15.88</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>11.52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>11.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.81</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.12</x:v>
+        <x:v>23.41</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.25</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>16.59</x:v>
+        <x:v>16.72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.92</x:v>
+        <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>11.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>33.12</x:v>
+        <x:v>39.15</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>24.83</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>15.24</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>12.75</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.82</x:v>
+        <x:v>10.87</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>34.04</x:v>
+        <x:v>40.11</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>22.93</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>13.73</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.21</x:v>
+        <x:v>11.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>12.75</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.82</x:v>
+        <x:v>10.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>12.16</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>18.58</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>14.96</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -7696,118 +7726,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>10.85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.93</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.93</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.72</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.85</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>19.43</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>15.79</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>11.44</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -7816,227 +7846,227 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>10.85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>2.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.68</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.58</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="42.050625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>22.42</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>14.02</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>11.48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -8045,118 +8075,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>11.19</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>11.72</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.82</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>-0.24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>23.29</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>12.31</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -8165,143 +8195,143 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>11.19</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>11.72</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>2.64</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>