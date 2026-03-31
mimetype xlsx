--- v7 (2026-03-10)
+++ v8 (2026-03-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c2edcd67864df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/feea057d9c5e42c498bc4ed217299ac6.psmdcp" Id="Rf4b474731efb46f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6ad973216e4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6b9a1c9604d41f7b1d94abf1e9a6acf.psmdcp" Id="R31b49e0f848e49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <x:si>
     <x:t>Performance - Global Equity Allocation Investment Fund | EUR Class A</x:t>