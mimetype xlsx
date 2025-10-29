--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0862feb739344e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d9c235e2bc04d9b88f4bdbe4d7f2954.psmdcp" Id="Rf61947ed320c46d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a96d0c1d43e49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b7a7605c2b34937a8eb3b9facc6fb83.psmdcp" Id="Rbc4446a7be284530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="191">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -184,51 +184,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
@@ -295,50 +295,53 @@
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Chile</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
     <x:t>Czech Republic</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>Egypt</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Hong Kong</x:t>
   </x:si>
   <x:si>
     <x:t>Hungary</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
@@ -352,53 +355,50 @@
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>Kuwait</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Pakistan</x:t>
   </x:si>
   <x:si>
-    <x:t>Poland</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portugal</x:t>
   </x:si>
   <x:si>
     <x:t>Qatar</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
@@ -433,50 +433,53 @@
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>ARS</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CAD</x:t>
   </x:si>
   <x:si>
     <x:t>CHF</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
     <x:t>CZK</x:t>
   </x:si>
   <x:si>
     <x:t>DKK</x:t>
   </x:si>
   <x:si>
     <x:t>EGP</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>HKD</x:t>
   </x:si>
   <x:si>
     <x:t>HUF</x:t>
   </x:si>
   <x:si>
     <x:t>IDR</x:t>
   </x:si>
   <x:si>
     <x:t>ILS</x:t>
@@ -484,53 +487,50 @@
   <x:si>
     <x:t>INR</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KWD</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
     <x:t>NOK</x:t>
   </x:si>
   <x:si>
     <x:t>NZD</x:t>
   </x:si>
   <x:si>
     <x:t>PKR</x:t>
   </x:si>
   <x:si>
-    <x:t>PLN</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>SEK</x:t>
   </x:si>
   <x:si>
     <x:t>SGD</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>UAH</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
@@ -577,162 +577,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Roche Holding AG</x:t>
-[...5 lines deleted...]
-    <x:t>Sanofi SA</x:t>
+    <x:t>Prosus NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NEC Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.9x</x:t>
-[...2 lines deleted...]
-    <x:t>29.5x</x:t>
+    <x:t>17.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.9x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8x</x:t>
+    <x:t>3.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.3x</x:t>
-[...2 lines deleted...]
-    <x:t>21.3x</x:t>
+    <x:t>12.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.6%</x:t>
-[...2 lines deleted...]
-    <x:t>22.0%</x:t>
+    <x:t>15.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>44.4 USD</x:t>
-[...2 lines deleted...]
-    <x:t>161.9 USD</x:t>
+    <x:t>47.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1117,98 +1117,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.92</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.88</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.16</x:v>
+        <x:v>15.09</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.46</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1271,114 +1271,114 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
@@ -1431,120 +1431,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
         <x:v>5.9</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>47.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1624,414 +1624,414 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
@@ -2042,84 +2042,84 @@
         <x:v>90</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>47.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2169,285 +2169,285 @@
         <x:v>96</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
@@ -2466,109 +2466,109 @@
         <x:v>123</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>48.2</x:v>
+        <x:v>48.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
@@ -2615,153 +2615,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -2817,136 +2817,136 @@
       <x:c r="A1" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>28.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>53.2</x:v>
+        <x:v>54.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -2965,141 +2965,141 @@
         <x:v>47</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -3193,51 +3193,51 @@
         <x:v>184</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>902</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>