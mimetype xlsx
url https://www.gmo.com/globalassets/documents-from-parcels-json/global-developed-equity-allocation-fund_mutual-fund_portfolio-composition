--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a96d0c1d43e49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b7a7605c2b34937a8eb3b9facc6fb83.psmdcp" Id="Rbc4446a7be284530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c8cae2cb2f4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04c4687b97aa47dc9b1a02c226f73414.psmdcp" Id="R1346df915a704bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="191">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -184,105 +184,111 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
+    <x:t>As of 10/31/2025 (%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class Strategy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exposure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small Cap Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Small Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Fundamental Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Developed ex-US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Domestic Resilience</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resource Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging ex-China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding. Group weights under 1% are not reflected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions - Global Developed Equity Allocation Fund</x:t>
+  </x:si>
+  <x:si>
     <x:t>As of 09/30/2025 (%)</x:t>
-  </x:si>
-[...52 lines deleted...]
-    <x:t>Regions - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -1117,98 +1123,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.92</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.09</x:v>
+        <x:v>14.99</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.35</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1226,1683 +1232,1692 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C22"/>
+  <x:dimension ref="A1:C23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.370625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.380625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.1</x:v>
-[...3 lines deleted...]
-      <x:c r="A18" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s"/>
+      <x:c r="B17" s="3" t="s">
         <x:v>36</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="1" t="s">
+      <x:c r="A22" s="3" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>20.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>47.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C56"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>47.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>48.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>21.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>17.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>28.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>54.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>20.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2910,331 +2925,331 @@
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>