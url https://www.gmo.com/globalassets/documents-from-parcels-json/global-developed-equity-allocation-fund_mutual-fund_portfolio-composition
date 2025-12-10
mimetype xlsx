--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c8cae2cb2f4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04c4687b97aa47dc9b1a02c226f73414.psmdcp" Id="R1346df915a704bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e4e896c2a54fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32f617b2f701428e8435ec81035712fe.psmdcp" Id="Rc0c83348bffd4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -184,51 +184,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
@@ -1123,98 +1123,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.48</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.99</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.23</x:v>
+        <x:v>14.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1277,141 +1277,141 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="1" t="s">
         <x:v>19</x:v>