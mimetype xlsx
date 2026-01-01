--- v3 (2025-12-10)
+++ v4 (2026-01-01)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e4e896c2a54fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32f617b2f701428e8435ec81035712fe.psmdcp" Id="Rc0c83348bffd4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf687c65ce2b24c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29f80472dfe346fd859a7b1d319e0c1d.psmdcp" Id="Rdaeb8a646bbb4e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="191">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -244,53 +244,50 @@
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding. Group weights under 1% are not reflected.</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Global Developed Equity Allocation Fund</x:t>
@@ -322,50 +319,53 @@
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>Colombia</x:t>
   </x:si>
   <x:si>
     <x:t>Czech Republic</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>Egypt</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
+    <x:t>Greece</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hong Kong</x:t>
   </x:si>
   <x:si>
     <x:t>Hungary</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>Kuwait</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
@@ -394,53 +394,50 @@
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
-    <x:t>Turkey</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ukraine</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>Viet Nam</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>ARS</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
@@ -508,53 +505,50 @@
   <x:si>
     <x:t>NOK</x:t>
   </x:si>
   <x:si>
     <x:t>NZD</x:t>
   </x:si>
   <x:si>
     <x:t>PKR</x:t>
   </x:si>
   <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>SEK</x:t>
   </x:si>
   <x:si>
     <x:t>SGD</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
-    <x:t>TRY</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>UAH</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>VND</x:t>
   </x:si>
   <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
@@ -583,162 +577,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...8 lines deleted...]
-    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Prosus NV</x:t>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi SA</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.6x</x:t>
-[...2 lines deleted...]
-    <x:t>30.8x</x:t>
+    <x:t>18.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.9x</x:t>
   </x:si>
   <x:si>
     <x:t>3.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.4x</x:t>
-[...2 lines deleted...]
-    <x:t>22.4x</x:t>
+    <x:t>12.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.3%</x:t>
-[...2 lines deleted...]
-    <x:t>23.3%</x:t>
+    <x:t>15.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>47.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>166.9 USD</x:t>
+    <x:t>49.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1427,1835 +1421,1824 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>47.3</x:v>
+        <x:v>47.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C56"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>1.5</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>47.3</x:v>
+        <x:v>47.4</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C46"/>
+  <x:dimension ref="A1:C45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>49.9</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>48.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:3">
-[...7 lines deleted...]
-        <x:v>0</x:v>
+    <x:row r="43" spans="1:3">
+      <x:c r="A43" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
-      <x:c r="A45" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A46" s="1" t="s">
+      <x:c r="A45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>29.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.1</x:v>
+        <x:v>54.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>1031</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>