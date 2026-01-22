--- v4 (2026-01-01)
+++ v5 (2026-01-22)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf687c65ce2b24c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29f80472dfe346fd859a7b1d319e0c1d.psmdcp" Id="Rdaeb8a646bbb4e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb277a6306e4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34b235279cba44beba33a3e4390ad4cc.psmdcp" Id="R95bb5d447454417c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="191">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -184,51 +184,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
@@ -394,50 +394,53 @@
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ukraine</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>Viet Nam</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>ARS</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
@@ -505,50 +508,53 @@
   <x:si>
     <x:t>NOK</x:t>
   </x:si>
   <x:si>
     <x:t>NZD</x:t>
   </x:si>
   <x:si>
     <x:t>PKR</x:t>
   </x:si>
   <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>SEK</x:t>
   </x:si>
   <x:si>
     <x:t>SGD</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
+    <x:t>TRY</x:t>
+  </x:si>
+  <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>UAH</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>VND</x:t>
   </x:si>
   <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
@@ -577,162 +583,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML Holding NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.0x</x:t>
-[...2 lines deleted...]
-    <x:t>31.6x</x:t>
+    <x:t>17.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.9x</x:t>
   </x:si>
   <x:si>
     <x:t>3.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.7x</x:t>
-[...2 lines deleted...]
-    <x:t>22.0x</x:t>
+    <x:t>12.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.1%</x:t>
-[...2 lines deleted...]
-    <x:t>24.3%</x:t>
+    <x:t>15.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>49.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>176.8 USD</x:t>
+    <x:t>50.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1117,98 +1123,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.04</x:v>
+        <x:v>13.88</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.33</x:v>
+        <x:v>14.26</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1271,123 +1277,123 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
@@ -1440,247 +1446,247 @@
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>47.4</x:v>
+        <x:v>47.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C56"/>
+  <x:dimension ref="A1:C57"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
@@ -1721,65 +1727,65 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
@@ -1809,73 +1815,73 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
@@ -1886,51 +1892,51 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
@@ -1941,1304 +1947,1326 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>47.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>47.1</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>71.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:3">
-[...1 lines deleted...]
-        <x:v>17</x:v>
+    <x:row r="53" spans="1:3">
+      <x:c r="A53" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:3">
+      <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:3">
-      <x:c r="A56" s="1" t="s">
+    <x:row r="57" spans="1:3">
+      <x:c r="A57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C45"/>
+  <x:dimension ref="A1:C46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>49.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>47.8</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>71.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:3">
-[...1 lines deleted...]
-        <x:v>17</x:v>
+    <x:row r="42" spans="1:3">
+      <x:c r="A42" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:3">
+      <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:3">
-      <x:c r="A45" s="1" t="s">
+    <x:row r="46" spans="1:3">
+      <x:c r="A46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>29.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.6</x:v>
+        <x:v>54.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>905</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>