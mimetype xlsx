--- v5 (2026-01-22)
+++ v6 (2026-02-15)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb277a6306e4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34b235279cba44beba33a3e4390ad4cc.psmdcp" Id="R95bb5d447454417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77f5ad0871943bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/793ea92c07494e36b2454c291c816cb1.psmdcp" Id="Rc7f8e85f8d5f4b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -184,51 +184,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
@@ -346,65 +346,77 @@
   <x:si>
     <x:t>Hong Kong</x:t>
   </x:si>
   <x:si>
     <x:t>Hungary</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>Kuwait</x:t>
   </x:si>
   <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Pakistan</x:t>
   </x:si>
   <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portugal</x:t>
   </x:si>
   <x:si>
     <x:t>Qatar</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
@@ -484,59 +496,71 @@
   <x:si>
     <x:t>HUF</x:t>
   </x:si>
   <x:si>
     <x:t>IDR</x:t>
   </x:si>
   <x:si>
     <x:t>ILS</x:t>
   </x:si>
   <x:si>
     <x:t>INR</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KWD</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
     <x:t>NOK</x:t>
   </x:si>
   <x:si>
     <x:t>NZD</x:t>
   </x:si>
   <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
     <x:t>PKR</x:t>
   </x:si>
   <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>SEK</x:t>
   </x:si>
   <x:si>
     <x:t>SGD</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>UAH</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
@@ -583,162 +607,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML Holding NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML Holding NV</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
+    <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.7x</x:t>
-[...2 lines deleted...]
-    <x:t>30.9x</x:t>
+    <x:t>19.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9x</x:t>
-[...2 lines deleted...]
-    <x:t>3.9x</x:t>
+    <x:t>2.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.3x</x:t>
-[...2 lines deleted...]
-    <x:t>21.9x</x:t>
+    <x:t>13.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>15.3%</x:t>
   </x:si>
   <x:si>
     <x:t>23.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>50.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>176.0 USD</x:t>
+    <x:t>51.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1123,98 +1147,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.96</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.85</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.88</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.26</x:v>
+        <x:v>14.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1277,141 +1301,141 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="1" t="s">
         <x:v>19</x:v>
@@ -1446,233 +1470,233 @@
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>47.1</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C57"/>
+  <x:dimension ref="A1:C61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
@@ -1694,1576 +1718,1664 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>47.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:3">
+      <x:c r="A54" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:3">
+      <x:c r="A57" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:3">
+      <x:c r="A59" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:3">
+      <x:c r="A60" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:3">
-      <x:c r="A57" s="1" t="s">
+    <x:row r="61" spans="1:3">
+      <x:c r="A61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C46"/>
+  <x:dimension ref="A1:C50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>47.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:3">
+      <x:c r="A43" s="3" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>48.5</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:3">
+      <x:c r="A46" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:3">
+      <x:c r="A48" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:3">
+      <x:c r="A49" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:3">
-      <x:c r="A46" s="1" t="s">
+    <x:row r="50" spans="1:3">
+      <x:c r="A50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>20.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>29.4</x:v>
+        <x:v>30.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.5</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>918</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>