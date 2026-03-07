--- v6 (2026-02-15)
+++ v7 (2026-03-07)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77f5ad0871943bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/793ea92c07494e36b2454c291c816cb1.psmdcp" Id="Rc7f8e85f8d5f4b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc5dd7606e87471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9c54449b4764bacb9b36b5167cb4049.psmdcp" Id="R54351cc8c0e8483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -184,108 +184,111 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
+    <x:t>As of 02/28/2026 (%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class Strategy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exposure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small Cap Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Small Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Fundamental Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Developed ex-US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Domestic Resilience</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resource Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging ex-China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding. Group weights under 1% are not reflected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions - Global Developed Equity Allocation Fund</x:t>
+  </x:si>
+  <x:si>
     <x:t>As of 01/31/2026 (%)</x:t>
-  </x:si>
-[...55 lines deleted...]
-    <x:t>Regions - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -1147,98 +1150,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.99</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.24</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1301,141 +1304,141 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="1" t="s">
         <x:v>19</x:v>
@@ -1451,1596 +1454,1596 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>48.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>20.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>15.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>30.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>19.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>19.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>16.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3048,331 +3051,331 @@
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>