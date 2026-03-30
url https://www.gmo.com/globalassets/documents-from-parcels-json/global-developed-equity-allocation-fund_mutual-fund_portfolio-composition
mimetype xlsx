--- v7 (2026-03-07)
+++ v8 (2026-03-30)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc5dd7606e87471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9c54449b4764bacb9b36b5167cb4049.psmdcp" Id="R54351cc8c0e8483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3e1a187917495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96c21b687bda430998627e312a1fe827.psmdcp" Id="Rcb1c04024d0341a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Characteristics" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
   <x:si>
     <x:t>Risk Profile - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -244,53 +244,50 @@
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding. Group weights under 1% are not reflected.</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Global Developed Equity Allocation Fund</x:t>
@@ -610,162 +607,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML Holding NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML Holding NV</x:t>
-[...2 lines deleted...]
-    <x:t>Johnson &amp; Johnson</x:t>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Global Developed Equity Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.8x</x:t>
-[...2 lines deleted...]
-    <x:t>30.6x</x:t>
+    <x:t>20.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0x</x:t>
-[...2 lines deleted...]
-    <x:t>4.0x</x:t>
+    <x:t>2.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.1x</x:t>
-[...2 lines deleted...]
-    <x:t>21.0x</x:t>
+    <x:t>13.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.3%</x:t>
-[...2 lines deleted...]
-    <x:t>23.3%</x:t>
+    <x:t>14.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>51.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>179.9 USD</x:t>
+    <x:t>54.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1454,1934 +1451,1934 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>47</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
         <x:v>0.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>47</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
         <x:v>0.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>48.5</x:v>
+        <x:v>47.8</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>25.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>30.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54</x:v>
+        <x:v>52.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.700625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>1033</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1290</x:v>
+        <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>