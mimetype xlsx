--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R478f8fa927c442fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a42d2f5fc824adc9e532a83f2b5fac1.psmdcp" Id="Rce9e54fa445f4502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb176422b954c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0b35ddfa32841428071f898e80aae9b.psmdcp" Id="Rf19c98ae5e854a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Risk Profile - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global emerging markets large</x:t>
   </x:si>
   <x:si>
     <x:t>and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets Fund</x:t>
   </x:si>
@@ -398,189 +398,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>CSPC Pharmaceutical Group Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Alibaba Group Holding Ltd</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>China Hongqiao Group Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8x</x:t>
-[...2 lines deleted...]
-    <x:t>16.8x</x:t>
+    <x:t>10.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.1x</x:t>
-[...2 lines deleted...]
-    <x:t>19.9x</x:t>
+    <x:t>10.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9x</x:t>
+    <x:t>2.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.0x</x:t>
-[...2 lines deleted...]
-    <x:t>13.6x</x:t>
+    <x:t>7.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.2%</x:t>
-[...2 lines deleted...]
-    <x:t>17.2%</x:t>
+    <x:t>16.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
     <x:t>9.5 USD</x:t>
   </x:si>
   <x:si>
-    <x:t>20.4 USD</x:t>
+    <x:t>23.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>70.4%</x:t>
+    <x:t>70.1%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -962,98 +962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>16.42</x:v>
+        <x:v>16.43</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.64</x:v>
+        <x:v>15.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1113,109 +1113,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>61.7</x:v>
+        <x:v>62.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>60.5</x:v>
+        <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>22.6</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1245,153 +1245,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>26.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>30.4</x:v>
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>20</x:v>
@@ -1426,362 +1426,362 @@
       <x:c r="A1" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>26.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>30.4</x:v>
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.9</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>20</x:v>
@@ -1816,164 +1816,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>25.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2023,98 +2023,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>33.2</x:v>
+        <x:v>33.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>36.5</x:v>
+        <x:v>36.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2148,183 +2148,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2426,51 +2426,51 @@
         <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>201</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>