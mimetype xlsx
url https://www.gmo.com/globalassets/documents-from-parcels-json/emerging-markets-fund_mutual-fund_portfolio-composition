--- v1 (2025-10-26)
+++ v2 (2025-12-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb176422b954c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0b35ddfa32841428071f898e80aae9b.psmdcp" Id="Rf19c98ae5e854a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192ce01865984e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/390d3b644a1148a3b3d44cf1590a68ba.psmdcp" Id="Re8f7c601524a4c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Risk Profile - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global emerging markets large</x:t>
   </x:si>
   <x:si>
     <x:t>and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets Fund</x:t>
   </x:si>
@@ -398,177 +398,177 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...8 lines deleted...]
-    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Astra International Tbk PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTP Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>OTP Bank Nyrt</x:t>
-[...5 lines deleted...]
-    <x:t>Alibaba Group Holding Ltd</x:t>
+    <x:t>Vipshop Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
-[...5 lines deleted...]
-    <x:t>Samsung Electronics Co Ltd</x:t>
+    <x:t>Orient Overseas International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.0x</x:t>
-[...2 lines deleted...]
-    <x:t>18.5x</x:t>
+    <x:t>9.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.7x</x:t>
-[...2 lines deleted...]
-    <x:t>20.6x</x:t>
+    <x:t>10.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0x</x:t>
+    <x:t>2.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.6x</x:t>
-[...2 lines deleted...]
-    <x:t>15.5x</x:t>
+    <x:t>8.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.5%</x:t>
-[...2 lines deleted...]
-    <x:t>17.3%</x:t>
+    <x:t>15.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.5 USD</x:t>
+    <x:t>9.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>23.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
     <x:t>70.1%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -962,98 +962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>16.43</x:v>
+        <x:v>16.06</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.88</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1113,109 +1113,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>62.7</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>61.9</x:v>
+        <x:v>61.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1245,150 +1245,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>26.8</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1426,362 +1426,362 @@
       <x:c r="A1" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>26.8</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
+        <x:v>12.3</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
         <x:v>12.2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
         <x:v>0.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>20</x:v>
@@ -1816,164 +1816,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>25.5</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2023,98 +2023,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>25.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>33.3</x:v>
+        <x:v>35.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>36.2</x:v>
+        <x:v>33.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2148,332 +2148,332 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">