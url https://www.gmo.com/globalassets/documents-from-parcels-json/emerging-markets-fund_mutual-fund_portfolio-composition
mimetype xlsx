--- v2 (2025-12-07)
+++ v3 (2025-12-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192ce01865984e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/390d3b644a1148a3b3d44cf1590a68ba.psmdcp" Id="Re8f7c601524a4c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1a8b3a5dd242ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2664961f38c24fe9ba349adf7a30503a.psmdcp" Id="Reec945fe27ef4e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">