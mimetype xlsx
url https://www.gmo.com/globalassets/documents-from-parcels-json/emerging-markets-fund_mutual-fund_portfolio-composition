--- v3 (2025-12-28)
+++ v4 (2026-01-18)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1a8b3a5dd242ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2664961f38c24fe9ba349adf7a30503a.psmdcp" Id="Reec945fe27ef4e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7edd353143ff447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2dc2093487f44519b7244a1bcb96ee5d.psmdcp" Id="R2ea91c6f19a742ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Risk Profile - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,110 +185,110 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global emerging markets large</x:t>
   </x:si>
   <x:si>
     <x:t>and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>Hungary</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
+    <x:t>Saudi Arabia</x:t>
+  </x:si>
+  <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
-    <x:t>United Arab Emirates</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>This portfolio continues to hold de minimis Russian exposure as a result of past positioning and ongoing illiquidity. GMO has suspended net new purchases of Russian securities firm-wide.</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>CZK</x:t>
@@ -311,50 +311,53 @@
   <x:si>
     <x:t>INR</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KWD</x:t>
   </x:si>
   <x:si>
     <x:t>LKR</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
     <x:t>MYR</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
     <x:t>PHP</x:t>
   </x:si>
   <x:si>
+    <x:t>PKR</x:t>
+  </x:si>
+  <x:si>
     <x:t>PLN</x:t>
   </x:si>
   <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>RUB</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>VND</x:t>
@@ -398,189 +401,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Hyundai Mobis Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
-    <x:t>Hyundai Mobis Co Ltd</x:t>
+    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Vipshop Holdings Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Orient Overseas International Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>Hong Kong</x:t>
+    <x:t>Phison Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.5x</x:t>
-[...2 lines deleted...]
-    <x:t>17.9x</x:t>
+    <x:t>9.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.6x</x:t>
-[...2 lines deleted...]
-    <x:t>20.7x</x:t>
+    <x:t>11.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
+    <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>2.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2x</x:t>
-[...2 lines deleted...]
-    <x:t>15.9x</x:t>
+    <x:t>8.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>15.1%</x:t>
   </x:si>
   <x:si>
-    <x:t>17.4%</x:t>
+    <x:t>17.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.3 USD</x:t>
-[...2 lines deleted...]
-    <x:t>23.5 USD</x:t>
+    <x:t>8.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>70.1%</x:t>
+    <x:t>68.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -962,98 +962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>16.06</x:v>
+        <x:v>15.94</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.53</x:v>
+        <x:v>15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1113,1218 +1113,1229 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>61.4</x:v>
+        <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="12.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>23.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C40"/>
+  <x:dimension ref="A1:C41"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>23.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.6</x:v>
-[...4 lines deleted...]
-        <x:v>42</x:v>
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:3">
+      <x:c r="A35" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:3">
+      <x:c r="A40" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:3">
-      <x:c r="A40" s="1" t="s">
+    <x:row r="41" spans="1:3">
+      <x:c r="A41" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>21.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>34.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>33.5</x:v>
+        <x:v>34.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2426,54 +2437,54 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1082</x:v>
+        <x:v>1081</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">