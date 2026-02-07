--- v4 (2026-01-18)
+++ v5 (2026-02-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7edd353143ff447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2dc2093487f44519b7244a1bcb96ee5d.psmdcp" Id="R2ea91c6f19a742ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd66687c547429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2f434e169ee472ab91ac00f9a3c4525.psmdcp" Id="R7589ca1374f2417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Risk Profile - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -962,98 +962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>15.94</x:v>
+        <x:v>16.45</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.27</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>