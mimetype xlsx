--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd66687c547429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2f434e169ee472ab91ac00f9a3c4525.psmdcp" Id="R7589ca1374f2417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2c1e07a3ab44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c9ec71551e476ab69a4e19b118d716.psmdcp" Id="Rcdbd00f7834c4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global emerging markets large</x:t>
   </x:si>
   <x:si>
     <x:t>and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets Fund</x:t>
   </x:si>
@@ -278,86 +278,83 @@
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>CZK</x:t>
   </x:si>
   <x:si>
     <x:t>EGP</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
-    <x:t>HKD</x:t>
+    <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>HUF</x:t>
   </x:si>
   <x:si>
     <x:t>IDR</x:t>
   </x:si>
   <x:si>
     <x:t>INR</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KWD</x:t>
   </x:si>
   <x:si>
     <x:t>LKR</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
     <x:t>MYR</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
     <x:t>PHP</x:t>
   </x:si>
   <x:si>
-    <x:t>PKR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PLN</x:t>
   </x:si>
   <x:si>
     <x:t>QAR</x:t>
   </x:si>
   <x:si>
     <x:t>RUB</x:t>
   </x:si>
   <x:si>
     <x:t>SAR</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>TWD</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>VND</x:t>
@@ -401,186 +398,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>OTP Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phison Electronics Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
-    <x:t>OTP Bank Nyrt</x:t>
-[...2 lines deleted...]
-    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
+    <x:t>Banco Bradesco SA</x:t>
   </x:si>
   <x:si>
     <x:t>Vipshop Holdings Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>9.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>17.2x</x:t>
+    <x:t>17.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.7x</x:t>
-[...2 lines deleted...]
-    <x:t>22.5x</x:t>
+    <x:t>13.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
-[...2 lines deleted...]
-    <x:t>2.1x</x:t>
+    <x:t>1.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.8x</x:t>
-[...2 lines deleted...]
-    <x:t>15.4x</x:t>
+    <x:t>9.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.1%</x:t>
-[...2 lines deleted...]
-    <x:t>17.5%</x:t>
+    <x:t>14.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
+    <x:t>0.4x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>25.7 USD</x:t>
+    <x:t>12.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>68.6%</x:t>
+    <x:t>65.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1113,109 +1113,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>62</x:v>
+        <x:v>64.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>61.9</x:v>
+        <x:v>63.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
         <x:v>7.8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1245,142 +1245,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
         <x:v>4.6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
@@ -1389,1102 +1389,1091 @@
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C41"/>
+  <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0</x:v>
-[...9 lines deleted...]
-      <x:c r="C35" s="4" t="n">
         <x:v>3.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:3">
+      <x:c r="A36" s="3" t="s">
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
-      <x:c r="A40" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A41" s="1" t="s">
+      <x:c r="A40" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.3</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>22.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>26.5</x:v>
+        <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>34.4</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>34.2</x:v>
+        <x:v>35.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>194</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">