--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2c1e07a3ab44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c9ec71551e476ab69a4e19b118d716.psmdcp" Id="Rcdbd00f7834c4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152bd310e09f4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91578b8987de46968887f558942f8d00.psmdcp" Id="Rbe7850361c7e483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="141">
   <x:si>
     <x:t>Risk Profile - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,59 +185,62 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global emerging markets large</x:t>
   </x:si>
   <x:si>
     <x:t>and mid capitalization stocks. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
+    <x:t>Developed</x:t>
+  </x:si>
+  <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
@@ -398,189 +401,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Hyundai Mobis Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Hyundai Mobis Co Ltd</x:t>
+    <x:t>Kia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
-    <x:t>CSPC Pharmaceutical Group Ltd</x:t>
-[...5 lines deleted...]
-    <x:t>Astra International Tbk PT</x:t>
+    <x:t>Krung Thai Bank PCL</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bradesco SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Vipshop Holdings Ltd</x:t>
+    <x:t>Orient Overseas International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8x</x:t>
-[...2 lines deleted...]
-    <x:t>17.1x</x:t>
+    <x:t>10.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.2x</x:t>
-[...2 lines deleted...]
-    <x:t>23.1x</x:t>
+    <x:t>12.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
-[...2 lines deleted...]
-    <x:t>2.3x</x:t>
+    <x:t>1.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.2x</x:t>
-[...2 lines deleted...]
-    <x:t>15.6x</x:t>
+    <x:t>9.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.2%</x:t>
+    <x:t>14.1%</x:t>
   </x:si>
   <x:si>
     <x:t>17.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>28.8 USD</x:t>
+    <x:t>13.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>65.7%</x:t>
+    <x:t>68.0%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -962,98 +965,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>16.45</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.68</x:v>
+        <x:v>15.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1076,1412 +1079,1423 @@
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C16"/>
+  <x:dimension ref="A1:C17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>63.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>66.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.5</x:v>
-[...4 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>9.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>15.6</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:3">
-      <x:c r="A16" s="1" t="s">
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
         <x:v>0.5</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>30.3</x:v>
+        <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>35.3</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.510625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.660625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>183</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>