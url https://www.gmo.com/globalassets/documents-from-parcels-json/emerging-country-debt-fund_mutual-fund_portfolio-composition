--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0215b4baf12c4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/439be1ae3be94097a22ac1b1c10db293.psmdcp" Id="Ra7764efe20d342f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0403fec8a196473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ea4bb1980cb4a30b17013d62d5559e1.psmdcp" Id="R5a7e08c5eaa74ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="170">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified +</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Index Global Diversified + is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan EMBI+ Index through</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/1999, (ii) the J.P. Morgan EMBI Index Global through 2/28/2020, and the J.P. Morgan EMBI Index Global Diversified (iii) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries (Duration-Adjusted) - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Armenia</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
@@ -319,98 +319,92 @@
   <x:si>
     <x:t>Jamaica</x:t>
   </x:si>
   <x:si>
     <x:t>Jordan</x:t>
   </x:si>
   <x:si>
     <x:t>Kazakhstan</x:t>
   </x:si>
   <x:si>
     <x:t>Kenya</x:t>
   </x:si>
   <x:si>
     <x:t>Kyrgyzstan</x:t>
   </x:si>
   <x:si>
     <x:t>Latvia</x:t>
   </x:si>
   <x:si>
     <x:t>Lebanon</x:t>
   </x:si>
   <x:si>
     <x:t>Malaysia</x:t>
   </x:si>
   <x:si>
-    <x:t>Maldives</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>Mongolia</x:t>
   </x:si>
   <x:si>
     <x:t>Montenegro</x:t>
   </x:si>
   <x:si>
     <x:t>Morocco</x:t>
   </x:si>
   <x:si>
     <x:t>Mozambique</x:t>
   </x:si>
   <x:si>
     <x:t>Nigeria</x:t>
   </x:si>
   <x:si>
     <x:t>Oman</x:t>
   </x:si>
   <x:si>
     <x:t>Pakistan</x:t>
   </x:si>
   <x:si>
     <x:t>Panama</x:t>
   </x:si>
   <x:si>
     <x:t>Papua New Guinea</x:t>
   </x:si>
   <x:si>
     <x:t>Paraguay</x:t>
   </x:si>
   <x:si>
     <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>Philippines</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
-    <x:t>Republic of North Macedonia</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Romania</x:t>
   </x:si>
   <x:si>
     <x:t>Russian Federation</x:t>
   </x:si>
   <x:si>
     <x:t>Rwanda</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>Senegal</x:t>
   </x:si>
   <x:si>
     <x:t>Serbia</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>Sri Lanka</x:t>
   </x:si>
   <x:si>
     <x:t>Sudan</x:t>
@@ -592,75 +586,75 @@
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Quasi-Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Modified Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Turnover</x:t>
   </x:si>
   <x:si>
-    <x:t>40%</x:t>
+    <x:t>44%</x:t>
   </x:si>
   <x:si>
     <x:t>41%</x:t>
   </x:si>
   <x:si>
     <x:t># of Countries</x:t>
   </x:si>
   <x:si>
-    <x:t>98%</x:t>
+    <x:t>97%</x:t>
   </x:si>
   <x:si>
     <x:t>100%</x:t>
   </x:si>
   <x:si>
     <x:t>Turnover is as of the most recent quarter-end.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1048,98 +1042,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.18</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>9.11</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1157,154 +1151,154 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C93"/>
+  <x:dimension ref="A1:C91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="26.840625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
@@ -1315,1519 +1309,1497 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
         <x:v>0.5</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>0.7</x:v>
-[...10 lines deleted...]
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="3" t="s">
-        <x:v>105</x:v>
-[...5 lines deleted...]
-        <x:v>0.3</x:v>
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:3">
+      <x:c r="A89" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
-      <x:c r="A91" s="3" t="s">
-[...9 lines deleted...]
-      <x:c r="A93" s="1" t="s">
+      <x:c r="A91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>97.5</x:v>
+        <x:v>97.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>26.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.690625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>75.3</x:v>
+        <x:v>75.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>81</x:v>
+        <x:v>81.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>