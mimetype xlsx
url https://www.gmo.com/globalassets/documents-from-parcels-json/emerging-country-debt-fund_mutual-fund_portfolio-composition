--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0403fec8a196473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ea4bb1980cb4a30b17013d62d5559e1.psmdcp" Id="R5a7e08c5eaa74ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f5e372b5264849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d69c1febd4d5402ba12aad4bd6d939b8.psmdcp" Id="R1b7dd5086b724045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified +</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Index Global Diversified + is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan EMBI+ Index through</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/1999, (ii) the J.P. Morgan EMBI Index Global through 2/28/2020, and the J.P. Morgan EMBI Index Global Diversified (iii) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries (Duration-Adjusted) - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Armenia</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
@@ -586,51 +586,51 @@
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Quasi-Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Modified Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Turnover</x:t>
   </x:si>
   <x:si>
     <x:t>44%</x:t>
   </x:si>
   <x:si>
     <x:t>41%</x:t>
   </x:si>
   <x:si>
     <x:t># of Countries</x:t>
   </x:si>
   <x:si>
     <x:t>97%</x:t>
   </x:si>
@@ -1042,98 +1042,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.23</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1188,117 +1188,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
@@ -1309,428 +1309,428 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
@@ -1749,351 +1749,351 @@
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
@@ -2178,128 +2178,128 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>97.4</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -2349,153 +2349,153 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>31.4</x:v>
+        <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26.4</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>20.5</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>136</x:v>
@@ -2620,65 +2620,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>75.1</x:v>
+        <x:v>74.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>81.1</x:v>
+        <x:v>81.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2703,84 +2703,84 @@
       <x:c r="A1" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>