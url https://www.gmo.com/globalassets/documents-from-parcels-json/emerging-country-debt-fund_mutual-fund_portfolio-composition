--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f5e372b5264849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d69c1febd4d5402ba12aad4bd6d939b8.psmdcp" Id="R1b7dd5086b724045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4b2e81a234401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/269a8563532246df8126717e0b98f1c0.psmdcp" Id="R43f39f25f19c429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified +</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -1042,98 +1042,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.32</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>9.13</x:v>
+        <x:v>8.99</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>