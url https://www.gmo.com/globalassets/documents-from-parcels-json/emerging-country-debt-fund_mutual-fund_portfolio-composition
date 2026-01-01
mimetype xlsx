--- v3 (2025-12-10)
+++ v4 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4b2e81a234401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/269a8563532246df8126717e0b98f1c0.psmdcp" Id="R43f39f25f19c429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924254c4f6754a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/608945cec29f42edb427378a2a3771ae.psmdcp" Id="R5d506273b53d4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Index Global Diversified + is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan EMBI+ Index through</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/1999, (ii) the J.P. Morgan EMBI Index Global through 2/28/2020, and the J.P. Morgan EMBI Index Global Diversified (iii) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries (Duration-Adjusted) - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Armenia</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
@@ -586,51 +586,51 @@
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Quasi-Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Modified Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Turnover</x:t>
   </x:si>
   <x:si>
     <x:t>44%</x:t>
   </x:si>
   <x:si>
     <x:t>41%</x:t>
   </x:si>
   <x:si>
     <x:t># of Countries</x:t>
   </x:si>
   <x:si>
     <x:t>97%</x:t>
   </x:si>
@@ -1188,491 +1188,491 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.2</x:v>
@@ -1683,417 +1683,417 @@
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
@@ -2178,117 +2178,117 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>97</x:v>
+        <x:v>97.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
@@ -2338,161 +2338,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>31.6</x:v>
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>25.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
@@ -2620,65 +2620,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>26.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>74.1</x:v>
+        <x:v>73.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>81.2</x:v>
+        <x:v>81.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2703,65 +2703,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">