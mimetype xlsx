--- v4 (2026-01-01)
+++ v5 (2026-01-22)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924254c4f6754a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/608945cec29f42edb427378a2a3771ae.psmdcp" Id="R5d506273b53d4efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8595bda52648477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d354ffb5295b4977879b3ff790ffeee6.psmdcp" Id="Rd588917d206348ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified +</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Index Global Diversified + is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan EMBI+ Index through</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/1999, (ii) the J.P. Morgan EMBI Index Global through 2/28/2020, and the J.P. Morgan EMBI Index Global Diversified (iii) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries (Duration-Adjusted) - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Armenia</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
@@ -310,50 +310,53 @@
   <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
     <x:t>Iraq</x:t>
   </x:si>
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>Jamaica</x:t>
   </x:si>
   <x:si>
     <x:t>Jordan</x:t>
   </x:si>
   <x:si>
     <x:t>Kazakhstan</x:t>
   </x:si>
   <x:si>
     <x:t>Kenya</x:t>
   </x:si>
   <x:si>
     <x:t>Kyrgyzstan</x:t>
   </x:si>
   <x:si>
+    <x:t>Lao People's Democratic Republic</x:t>
+  </x:si>
+  <x:si>
     <x:t>Latvia</x:t>
   </x:si>
   <x:si>
     <x:t>Lebanon</x:t>
   </x:si>
   <x:si>
     <x:t>Malaysia</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>Mongolia</x:t>
   </x:si>
   <x:si>
     <x:t>Montenegro</x:t>
   </x:si>
   <x:si>
     <x:t>Morocco</x:t>
   </x:si>
   <x:si>
     <x:t>Mozambique</x:t>
   </x:si>
   <x:si>
     <x:t>Nigeria</x:t>
@@ -454,65 +457,71 @@
   <x:si>
     <x:t>Currencies - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>DOP</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KZT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGN</x:t>
+  </x:si>
+  <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>UYU</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
@@ -532,51 +541,51 @@
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -586,75 +595,75 @@
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Quasi-Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Modified Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Turnover</x:t>
   </x:si>
   <x:si>
-    <x:t>44%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>41%</x:t>
   </x:si>
   <x:si>
+    <x:t>37%</x:t>
+  </x:si>
+  <x:si>
     <x:t># of Countries</x:t>
   </x:si>
   <x:si>
-    <x:t>97%</x:t>
+    <x:t>96%</x:t>
   </x:si>
   <x:si>
     <x:t>100%</x:t>
   </x:si>
   <x:si>
     <x:t>Turnover is as of the most recent quarter-end.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1042,98 +1051,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.67</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>8.99</x:v>
+        <x:v>8.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1151,57 +1160,57 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C91"/>
+  <x:dimension ref="A1:C92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.520625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -1210,285 +1219,285 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
@@ -1496,1310 +1505,1343 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:3">
+      <x:c r="A87" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B87" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="n">
+      <x:c r="C87" s="4" t="n">
         <x:v>0.3</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:3">
+      <x:c r="A91" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:3">
-      <x:c r="A91" s="1" t="s">
+    <x:row r="92" spans="1:3">
+      <x:c r="A92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C21"/>
+  <x:dimension ref="A1:C23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>97.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>96.5</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:3">
-      <x:c r="A20" s="3" t="s">
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:3">
-      <x:c r="A21" s="1" t="s">
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.690625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>26.4</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>73.6</x:v>
+        <x:v>74.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>81.4</x:v>
+        <x:v>81.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>