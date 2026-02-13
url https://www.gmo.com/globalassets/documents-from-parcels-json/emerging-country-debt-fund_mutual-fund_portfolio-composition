--- v5 (2026-01-22)
+++ v6 (2026-02-13)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8595bda52648477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d354ffb5295b4977879b3ff790ffeee6.psmdcp" Id="Rd588917d206348ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22f3897d4414dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11534ead24704ff0b31dd2fb2a6ebfb0.psmdcp" Id="R12fcbf5860f34990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified +</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Index Global Diversified + is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan EMBI+ Index through</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/1999, (ii) the J.P. Morgan EMBI Index Global through 2/28/2020, and the J.P. Morgan EMBI Index Global Diversified (iii) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries (Duration-Adjusted) - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Armenia</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
@@ -364,50 +364,53 @@
   <x:si>
     <x:t>Oman</x:t>
   </x:si>
   <x:si>
     <x:t>Pakistan</x:t>
   </x:si>
   <x:si>
     <x:t>Panama</x:t>
   </x:si>
   <x:si>
     <x:t>Papua New Guinea</x:t>
   </x:si>
   <x:si>
     <x:t>Paraguay</x:t>
   </x:si>
   <x:si>
     <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>Philippines</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
+    <x:t>Republic of North Macedonia</x:t>
+  </x:si>
+  <x:si>
     <x:t>Romania</x:t>
   </x:si>
   <x:si>
     <x:t>Russian Federation</x:t>
   </x:si>
   <x:si>
     <x:t>Rwanda</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>Senegal</x:t>
   </x:si>
   <x:si>
     <x:t>Serbia</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>Sri Lanka</x:t>
   </x:si>
   <x:si>
     <x:t>Sudan</x:t>
@@ -442,86 +445,92 @@
   <x:si>
     <x:t>Uzbekistan</x:t>
   </x:si>
   <x:si>
     <x:t>Venezuela</x:t>
   </x:si>
   <x:si>
     <x:t>Viet Nam</x:t>
   </x:si>
   <x:si>
     <x:t>Zambia</x:t>
   </x:si>
   <x:si>
     <x:t>This portfolio continues to hold de minimis Russian exposure as a result of past positioning and ongoing illiquidity. GMO has suspended net new purchases of Russian securities firm-wide.</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
+    <x:t>CHF</x:t>
+  </x:si>
+  <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>DOP</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KZT</x:t>
   </x:si>
   <x:si>
     <x:t>NGN</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>UYU</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
@@ -595,51 +604,51 @@
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Quasi-Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Modified Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Turnover</x:t>
   </x:si>
   <x:si>
     <x:t>41%</x:t>
   </x:si>
   <x:si>
     <x:t>37%</x:t>
   </x:si>
   <x:si>
     <x:t># of Countries</x:t>
   </x:si>
   <x:si>
     <x:t>96%</x:t>
   </x:si>
@@ -1051,98 +1060,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.05</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>8.96</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1160,51 +1169,51 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C92"/>
+  <x:dimension ref="A1:C93"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.520625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
@@ -1219,1629 +1228,1662 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:3">
+      <x:c r="A88" s="3" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B88" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="C87" s="4" t="n">
+      <x:c r="C88" s="4" t="n">
         <x:v>0.3</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:3">
+      <x:c r="A92" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:3">
-      <x:c r="A92" s="1" t="s">
+    <x:row r="93" spans="1:3">
+      <x:c r="A93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C23"/>
+  <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>96.5</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
+        <x:v>96.1</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:3">
-      <x:c r="A22" s="3" t="s">
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:3">
-      <x:c r="A23" s="1" t="s">
+    <x:row r="25" spans="1:3">
+      <x:c r="A25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>15.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>31.4</x:v>
+        <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>25.7</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.690625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>74.7</x:v>
+        <x:v>73.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>81.7</x:v>
+        <x:v>81.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>