--- v6 (2026-02-13)
+++ v7 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22f3897d4414dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11534ead24704ff0b31dd2fb2a6ebfb0.psmdcp" Id="R12fcbf5860f34990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc059f852f6204849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c43e13cef3547edbe4aea9a1a087eff.psmdcp" Id="Rc2be7b6943dd4069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
@@ -514,63 +514,63 @@
   <x:si>
     <x:t>Credit Ratings - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
@@ -2488,98 +2488,98 @@
         <x:v>131</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>23.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>142</x:v>