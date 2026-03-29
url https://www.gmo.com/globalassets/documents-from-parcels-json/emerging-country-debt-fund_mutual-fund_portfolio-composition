--- v7 (2026-03-05)
+++ v8 (2026-03-29)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc059f852f6204849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c43e13cef3547edbe4aea9a1a087eff.psmdcp" Id="Rc2be7b6943dd4069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ddb72bcde86475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/569a91f5b0874f59a40e03fc557018a7.psmdcp" Id="Rb31581abb8e64fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Risk Profile - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified +</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Index Global Diversified + is an internally maintained benchmark computed by GMO, comprised of (i) the J.P. Morgan EMBI+ Index through</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/1999, (ii) the J.P. Morgan EMBI Index Global through 2/28/2020, and the J.P. Morgan EMBI Index Global Diversified (iii) thereafter.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries (Duration-Adjusted) - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Armenia</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
@@ -475,104 +475,107 @@
   <x:si>
     <x:t>DOP</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KZT</x:t>
   </x:si>
   <x:si>
     <x:t>NGN</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
+    <x:t>PYG</x:t>
+  </x:si>
+  <x:si>
     <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>UYU</x:t>
   </x:si>
   <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Ratings - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>CCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
-    <x:t>D</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
@@ -604,75 +607,75 @@
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Quasi-Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Sovereign</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Country Debt Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Modified Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Turnover</x:t>
   </x:si>
   <x:si>
     <x:t>41%</x:t>
   </x:si>
   <x:si>
     <x:t>37%</x:t>
   </x:si>
   <x:si>
     <x:t># of Countries</x:t>
   </x:si>
   <x:si>
-    <x:t>96%</x:t>
+    <x:t>97%</x:t>
   </x:si>
   <x:si>
     <x:t>100%</x:t>
   </x:si>
   <x:si>
     <x:t>Turnover is as of the most recent quarter-end.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1060,98 +1063,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.12</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>8.94</x:v>
+        <x:v>8.87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1206,381 +1209,381 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>2.8</x:v>
@@ -1591,109 +1594,109 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
@@ -1712,62 +1715,62 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>0.7</x:v>
@@ -1778,194 +1781,194 @@
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
         <x:v>2.8</x:v>
@@ -2009,73 +2012,73 @@
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
         <x:v>0</x:v>
@@ -2086,113 +2089,113 @@
         <x:v>101</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C25"/>
+  <x:dimension ref="A1:C26"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
@@ -2218,62 +2221,62 @@
         <x:v>110</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
@@ -2306,584 +2309,595 @@
         <x:v>118</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>96.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>96.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:3">
-[...1 lines deleted...]
-        <x:v>17</x:v>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:3">
+      <x:c r="A25" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:3">
-      <x:c r="A25" s="1" t="s">
+    <x:row r="26" spans="1:3">
+      <x:c r="A26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>25.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>20.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.690625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>26.9</x:v>
+        <x:v>26.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>73.1</x:v>
+        <x:v>73.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>81.8</x:v>
+        <x:v>81.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="34.600625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>