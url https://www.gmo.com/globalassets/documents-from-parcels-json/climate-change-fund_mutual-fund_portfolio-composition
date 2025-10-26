--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f00597bfef4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b28a419944d54db7bf71de10f9082ca3.psmdcp" Id="R4d5d6f154b294683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4cc095a7da4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abc002e23ccd45ada2d510064fe5ae6f.psmdcp" Id="Rf00d1a3ae94c4607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Risk Profile - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -536,153 +536,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Ameresco Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Ameresco Inc</x:t>
+    <x:t>LG Chem Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SolarEdge Technologies Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>LG Chem Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>Array Technologies Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nexans SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Neste Oyj</x:t>
-[...2 lines deleted...]
-    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+    <x:t>Valeo SE</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.8x</x:t>
-[...2 lines deleted...]
-    <x:t>22.0x</x:t>
+    <x:t>18.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.7x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4x</x:t>
+    <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.4x</x:t>
-[...2 lines deleted...]
-    <x:t>20.4x</x:t>
+    <x:t>12.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>134.8 USD</x:t>
+    <x:t>5.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149.6 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1067,98 +1067,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-13.44</x:v>
+        <x:v>-15.28</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>27.91</x:v>
+        <x:v>27.94</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.96</x:v>
+        <x:v>14.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1218,117 +1218,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>50</x:v>
+        <x:v>48.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1361,241 +1361,241 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
@@ -1603,337 +1603,337 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>50</x:v>
+        <x:v>48.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1982,293 +1982,293 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
@@ -2293,139 +2293,139 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>51.4</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="1" t="s">
         <x:v>20</x:v>
@@ -2463,158 +2463,158 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>34.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
@@ -2667,308 +2667,308 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>49.9</x:v>
+        <x:v>50.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>28.3</x:v>
+        <x:v>28.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>49.4</x:v>
+        <x:v>50.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="24.910625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -3037,51 +3037,51 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>2382</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>