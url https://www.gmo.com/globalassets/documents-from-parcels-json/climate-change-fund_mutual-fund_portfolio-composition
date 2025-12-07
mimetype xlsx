--- v1 (2025-10-26)
+++ v2 (2025-12-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4cc095a7da4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abc002e23ccd45ada2d510064fe5ae6f.psmdcp" Id="Rf00d1a3ae94c4607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R576ac0aa080b45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49b50c251c494a8fbb459ef38b075dfe.psmdcp" Id="R2ce4a74a258b494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Risk Profile - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -536,153 +536,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>LG Chem Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrun Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ameresco Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Sunrun Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>SolarEdge Technologies Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Array Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Nexans SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Valeo SE</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.2x</x:t>
+    <x:t>19.8x</x:t>
   </x:si>
   <x:si>
     <x:t>23.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7x</x:t>
+    <x:t>1.9x</x:t>
   </x:si>
   <x:si>
     <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.2x</x:t>
-[...2 lines deleted...]
-    <x:t>21.8x</x:t>
+    <x:t>12.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>5.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>149.6 USD</x:t>
+    <x:t>6.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1067,98 +1067,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-15.28</x:v>
+        <x:v>-15.01</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>27.94</x:v>
+        <x:v>27.08</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.88</x:v>
+        <x:v>13.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1218,120 +1218,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>26.5</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>48.5</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1361,241 +1361,241 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
@@ -1606,51 +1606,51 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -1669,51 +1669,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
@@ -1768,172 +1768,172 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>48.5</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1982,172 +1982,172 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
@@ -2161,114 +2161,114 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
@@ -2323,95 +2323,95 @@
         <x:v>112</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>50</x:v>
+        <x:v>47.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
@@ -2463,158 +2463,158 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>34.3</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
@@ -2670,299 +2670,299 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>50.8</x:v>
+        <x:v>51.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>50.5</x:v>
+        <x:v>47.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="24.910625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3037,54 +3037,54 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2382</x:v>
+        <x:v>2383</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>