--- v2 (2025-12-07)
+++ v3 (2026-01-19)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R576ac0aa080b45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49b50c251c494a8fbb459ef38b075dfe.psmdcp" Id="R2ce4a74a258b494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf888d2bde22d4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af9889079984453cb59dc95add00ec49.psmdcp" Id="R3292ffb54e94482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Risk Profile - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -536,153 +536,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...8 lines deleted...]
-    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Sunrun Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>LG Chem Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Sunrun Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Darling Ingredients Inc</x:t>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Array Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SolarEdge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>Ameresco Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>SolarEdge Technologies Inc</x:t>
-[...14 lines deleted...]
-    <x:t>Valeo SE</x:t>
+    <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.8x</x:t>
-[...2 lines deleted...]
-    <x:t>23.2x</x:t>
+    <x:t>18.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.9x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5x</x:t>
+    <x:t>3.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.8x</x:t>
-[...2 lines deleted...]
-    <x:t>21.6x</x:t>
+    <x:t>12.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>159.4 USD</x:t>
+    <x:t>8.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1067,98 +1067,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-15.01</x:v>
+        <x:v>-15.85</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.53</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>27.08</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.93</x:v>
+        <x:v>13.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1218,120 +1218,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>47.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1361,197 +1361,197 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
@@ -1570,296 +1570,296 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
@@ -1867,73 +1867,73 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>47.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1982,109 +1982,109 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
@@ -2092,73 +2092,73 @@
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
@@ -2169,84 +2169,84 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
@@ -2293,51 +2293,51 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
@@ -2348,73 +2348,73 @@
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>47.9</x:v>
+        <x:v>50.6</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
@@ -2463,161 +2463,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>32.6</x:v>
+        <x:v>32.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>21.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2667,98 +2667,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.9</x:v>
+        <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>32</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>47.7</x:v>
+        <x:v>45.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2792,183 +2792,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -3037,54 +3037,54 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2383</x:v>
+        <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>