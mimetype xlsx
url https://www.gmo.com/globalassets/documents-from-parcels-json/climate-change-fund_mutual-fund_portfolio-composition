--- v3 (2026-01-19)
+++ v4 (2026-02-09)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf888d2bde22d4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af9889079984453cb59dc95add00ec49.psmdcp" Id="R3292ffb54e94482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe21f78f42914d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c4c32096d114d8e9ab5306c6f421b95.psmdcp" Id="Rfa1a1a72b3a345de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Risk Profile - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -1067,98 +1067,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-15.85</x:v>
+        <x:v>-15.76</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.61</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>26.5</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.84</x:v>
+        <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>