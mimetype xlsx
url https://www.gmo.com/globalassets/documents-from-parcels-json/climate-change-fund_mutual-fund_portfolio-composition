--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe21f78f42914d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c4c32096d114d8e9ab5306c6f421b95.psmdcp" Id="Rfa1a1a72b3a345de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f7901e7fd94e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3fa505a0b4e449efa7e335ec3fdbd4cb.psmdcp" Id="Rcb648f8e7dc04e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -536,153 +536,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
+    <x:t>Array Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
   </x:si>
   <x:si>
     <x:t>LG Chem Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Albemarle Corp</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SolarEdge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>Ameresco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.9x</x:t>
-[...2 lines deleted...]
-    <x:t>22.3x</x:t>
+    <x:t>19.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9x</x:t>
-[...2 lines deleted...]
-    <x:t>3.6x</x:t>
+    <x:t>2.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.9x</x:t>
-[...2 lines deleted...]
-    <x:t>20.5x</x:t>
+    <x:t>15.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>160.3 USD</x:t>
+    <x:t>8.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1218,120 +1218,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>47.5</x:v>
+        <x:v>48.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>62.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1364,356 +1364,356 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
@@ -1768,172 +1768,172 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>47.5</x:v>
+        <x:v>48.9</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1985,290 +1985,290 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
@@ -2337,84 +2337,84 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>50.6</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
@@ -2463,161 +2463,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>32.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2667,95 +2667,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.4</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>41.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>45.9</x:v>
+        <x:v>37.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2792,177 +2792,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3037,54 +3037,54 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2370</x:v>
+        <x:v>2369</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>