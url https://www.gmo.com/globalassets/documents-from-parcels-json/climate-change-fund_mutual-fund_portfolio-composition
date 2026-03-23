--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f7901e7fd94e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3fa505a0b4e449efa7e335ec3fdbd4cb.psmdcp" Id="Rcb648f8e7dc04e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd9449b9dc214f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ef66d1368414d5cadbeb04335a8f8e3.psmdcp" Id="R33515ccb65814f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Risk Profile - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -536,153 +536,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Climate Change Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>LG Chem Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SolarEdge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
     <x:t>Array Technologies Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Albemarle Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Ameresco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Climate Change Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.7x</x:t>
-[...2 lines deleted...]
-    <x:t>22.9x</x:t>
+    <x:t>19.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1x</x:t>
+    <x:t>2.2x</x:t>
   </x:si>
   <x:si>
     <x:t>3.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.0x</x:t>
-[...2 lines deleted...]
-    <x:t>20.0x</x:t>
+    <x:t>11.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>159.8 USD</x:t>
+    <x:t>9.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1067,98 +1067,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-15.76</x:v>
+        <x:v>-15.56</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.52</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>26.83</x:v>
+        <x:v>26.8</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.85</x:v>
+        <x:v>13.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1218,120 +1218,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>24.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>48.9</x:v>
+        <x:v>46.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>62.9</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1361,373 +1361,373 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
@@ -1760,106 +1760,106 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
@@ -1870,70 +1870,70 @@
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>48.9</x:v>
+        <x:v>46.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>63</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1982,252 +1982,252 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
@@ -2249,51 +2249,51 @@
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
@@ -2304,128 +2304,128 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>50</x:v>
+        <x:v>49.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>63</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="1" t="s">
         <x:v>20</x:v>
@@ -2463,161 +2463,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>32.2</x:v>
+        <x:v>28.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2667,98 +2667,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51</x:v>
+        <x:v>49.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>41.6</x:v>
+        <x:v>44.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2792,177 +2792,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3040,51 +3040,51 @@
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2369</x:v>
+        <x:v>2367</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>