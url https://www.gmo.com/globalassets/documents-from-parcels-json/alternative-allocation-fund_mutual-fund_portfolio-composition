--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c419f50adcd479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95072306093f4a0dbeebab536c208ec1.psmdcp" Id="R2992db63f5ee4619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc618263a70476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf1c705bb0e342288cfa051e2ca6d048.psmdcp" Id="R774ce0c3e0504cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>