--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc618263a70476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf1c705bb0e342288cfa051e2ca6d048.psmdcp" Id="R774ce0c3e0504cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a85c740deb4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d15998cdd9f46f2b663ab483f6b4e92.psmdcp" Id="Rd01eba25e08c4658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -108,51 +108,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>ALTERNATIVE STRATEGIES</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging FX</x:t>
   </x:si>
   <x:si>
     <x:t>Event Driven</x:t>
   </x:si>
   <x:si>
     <x:t>World Market Neutral</x:t>
   </x:si>
@@ -575,51 +575,51 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">