--- v2 (2025-11-26)
+++ v3 (2025-12-16)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a85c740deb4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d15998cdd9f46f2b663ab483f6b4e92.psmdcp" Id="Rd01eba25e08c4658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2357186563444433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/535a34648d0346cba82471fae78fe317.psmdcp" Id="Rd2a35add510d4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -108,51 +108,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>ALTERNATIVE STRATEGIES</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging FX</x:t>
   </x:si>
   <x:si>
     <x:t>Event Driven</x:t>
   </x:si>
   <x:si>
     <x:t>World Market Neutral</x:t>
   </x:si>
@@ -575,59 +575,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>5.84</x:v>
+        <x:v>6.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -678,114 +678,114 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>