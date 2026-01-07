--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2357186563444433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/535a34648d0346cba82471fae78fe317.psmdcp" Id="Rd2a35add510d4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b67751c0a924b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34b6a51811714bd9bf579c88078aa789.psmdcp" Id="R4e4277a26c064dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>