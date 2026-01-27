--- v4 (2026-01-07)
+++ v5 (2026-01-27)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b67751c0a924b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34b6a51811714bd9bf579c88078aa789.psmdcp" Id="R4e4277a26c064dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6641a761d24289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9768a8d00c14e4f9ea890708976d501.psmdcp" Id="R74f859e2ca894a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -108,51 +108,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>ALTERNATIVE STRATEGIES</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging FX</x:t>
   </x:si>
   <x:si>
     <x:t>Event Driven</x:t>
   </x:si>
   <x:si>
     <x:t>World Market Neutral</x:t>
   </x:si>
@@ -575,59 +575,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>6.16</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -696,87 +696,87 @@
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>