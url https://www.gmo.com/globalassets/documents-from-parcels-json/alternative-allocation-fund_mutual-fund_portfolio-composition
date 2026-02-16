--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6641a761d24289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9768a8d00c14e4f9ea890708976d501.psmdcp" Id="R74f859e2ca894a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb341a085e84d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffc16657119542828ed886faa92c76e0.psmdcp" Id="R4aa92583da674998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -108,51 +108,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>ALTERNATIVE STRATEGIES</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging FX</x:t>
   </x:si>
   <x:si>
     <x:t>Event Driven</x:t>
   </x:si>
   <x:si>
     <x:t>World Market Neutral</x:t>
   </x:si>
@@ -575,59 +575,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>6.19</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -678,123 +678,123 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>