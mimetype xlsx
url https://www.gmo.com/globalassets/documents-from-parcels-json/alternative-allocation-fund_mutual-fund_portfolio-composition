--- v6 (2026-02-16)
+++ v7 (2026-03-10)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb341a085e84d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffc16657119542828ed886faa92c76e0.psmdcp" Id="R4aa92583da674998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53be331550e4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d1d4def3c7c41bfac3737d0c77ecd3c.psmdcp" Id="Rde1c3dfb293b4d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Risk Profile - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -108,51 +108,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Alternative Allocation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>ALTERNATIVE STRATEGIES</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging FX</x:t>
   </x:si>
   <x:si>
     <x:t>Event Driven</x:t>
   </x:si>
   <x:si>
     <x:t>World Market Neutral</x:t>
   </x:si>
@@ -575,59 +575,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>6.21</x:v>
+        <x:v>6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -678,123 +678,123 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>35</x:v>
+        <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>29</x:v>
+        <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>33</x:v>
+        <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>39</x:v>
+        <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>