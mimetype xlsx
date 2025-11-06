--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c371aaed6d4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e28dae2439c4173892db6f671339cb5.psmdcp" Id="R037b8b5aecd44bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21e293b5db44a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64844d4a3fd84556a4be67d6a832df7c.psmdcp" Id="R91af5440645342f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="USD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
     <x:t>As of 09/30/2025 (USD,%)</x:t>