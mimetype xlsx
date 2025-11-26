--- v1 (2025-11-06)
+++ v2 (2025-11-26)
@@ -1,123 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21e293b5db44a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64844d4a3fd84556a4be67d6a832df7c.psmdcp" Id="R91af5440645342f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e2555583934735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c30e7a869f34b398862cdacd7e95522.psmdcp" Id="Rb6dd3916526a489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="USD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee. Formerly Usonian</x:t>
@@ -128,105 +134,111 @@
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -567,1156 +579,1184 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D44"/>
+  <x:dimension ref="A1:D46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.57</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-6.57</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
         <x:v>3.75</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C21" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D21" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="23" spans="1:4">
-      <x:c r="A23" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A23" s="2" t="s"/>
+      <x:c r="B23" s="3" t="s"/>
+      <x:c r="C23" s="3" t="s"/>
+      <x:c r="D23" s="3" t="s"/>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>12.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>1.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>-5.92</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>-4.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="n">
+      <x:c r="C29" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="n">
+      <x:c r="D29" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="31" spans="1:4">
-      <x:c r="A31" s="2" t="n">
+      <x:c r="A31" s="2" t="s"/>
+      <x:c r="B31" s="3" t="s"/>
+      <x:c r="C31" s="3" t="s"/>
+      <x:c r="D31" s="3" t="s"/>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>23.59</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>24.35</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>24.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B31" s="4" t="n">
+      <x:c r="B33" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>-0.71</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="s">
+      <x:c r="A38" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
+      <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="1" t="s">
+      <x:c r="A40" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="1" t="s">
+      <x:c r="A41" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="s">
+      <x:c r="A43" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>26.14</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>24.21</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>22.14</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.14</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>26.83</x:v>
+        <x:v>24.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.33</x:v>
+        <x:v>25.14</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>23.05</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.14</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>26.14</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>26.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.33</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.05</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>