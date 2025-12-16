--- v2 (2025-11-26)
+++ v3 (2025-12-16)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e2555583934735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c30e7a869f34b398862cdacd7e95522.psmdcp" Id="Rb6dd3916526a489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1618ce6cf33e4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f60a85ff38d46e2b35f29c622592676.psmdcp" Id="Rd4e78b1d861645a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="USD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -134,99 +137,99 @@
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -579,1184 +582,1198 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D46"/>
+  <x:dimension ref="A1:D47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.57</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-6.57</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:4">
+      <x:c r="A22" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
         <x:v>3.75</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="n">
+      <x:c r="C22" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
-      <x:c r="D21" s="4" t="n">
+      <x:c r="D22" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="24" spans="1:4">
-      <x:c r="A24" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="3" t="s"/>
+      <x:c r="C24" s="3" t="s"/>
+      <x:c r="D24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>12.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>-5.92</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>-4.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="n">
+      <x:c r="C30" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="n">
+      <x:c r="D30" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="32" spans="1:4">
-      <x:c r="A32" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A32" s="2" t="s"/>
+      <x:c r="B32" s="3" t="s"/>
+      <x:c r="C32" s="3" t="s"/>
+      <x:c r="D32" s="3" t="s"/>
     </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="n">
+      <x:c r="A33" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>28.64</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>29.51</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>24.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B33" s="4" t="n">
+      <x:c r="B34" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>-0.71</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
+      <x:c r="A40" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="1" t="s">
+      <x:c r="A42" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
+      <x:c r="A45" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="1" t="s">
+      <x:c r="A46" s="2" t="s">
         <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="1" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>23.59</x:v>
+        <x:v>28.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>24.21</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>18.53</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.35</x:v>
+        <x:v>29.51</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>25.14</x:v>
+        <x:v>28.06</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.42</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>26.14</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>26.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.33</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.05</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>