--- v3 (2025-12-16)
+++ v4 (2026-01-05)
@@ -1,238 +1,280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1618ce6cf33e4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f60a85ff38d46e2b35f29c622592676.psmdcp" Id="Rd4e78b1d861645a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ab252406db4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c86349acb6794bb595f300491314aa35.psmdcp" Id="Ra41721ca9937423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="USD Class A_Historical" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="USD Class A_Quarter-End" sheetId="4" r:id="rId4"/>
+    <x:sheet name="GBP Class A_Historical" sheetId="2" r:id="rId2"/>
+    <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
+    <x:sheet name="GBP Class A_Month-End" sheetId="4" r:id="rId4"/>
+    <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
+    <x:sheet name="GBP Class A_Quarter-End" sheetId="6" r:id="rId6"/>
+    <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
+  <x:si>
+    <x:t>Performance - Usonian Japan Value Creation Investment Fund | GBP Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As of 11/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception date: 12/04/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Stock Price Index (TR, GBP)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q3-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q2-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q1-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q4-2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
+  </x:si>
+  <x:si>
+    <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
+  </x:si>
+  <x:si>
+    <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee. Formerly Usonian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Value Fund.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Section.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
+  </x:si>
+  <x:si>
+    <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+  </x:si>
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
     <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/01/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Net</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2025</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
-[...35 lines deleted...]
-    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Usonian Japan Value Creation Investment Fund GBA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>N/A</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -291,51 +333,51 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -582,87 +624,478 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
+  <x:dimension ref="A1:D42"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="30.350625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:4">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:4">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:4">
+      <x:c r="A3" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:4">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>3.26</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>0.36</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>4.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>3.35</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>3.61</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>0.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>1.73</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>1.79</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:4">
+      <x:c r="A15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-1.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:4">
+      <x:c r="A16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.66</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:4">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:4">
+      <x:c r="A18" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="2" t="s"/>
+      <x:c r="B20" s="3" t="s"/>
+      <x:c r="C20" s="3" t="s"/>
+      <x:c r="D20" s="3" t="s"/>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:4">
+      <x:c r="A22" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>10.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>5.82</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>4.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s"/>
+      <x:c r="B27" s="3" t="s"/>
+      <x:c r="C27" s="3" t="s"/>
+      <x:c r="D27" s="3" t="s"/>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>21.91</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>22.74</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>17.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
   <x:dimension ref="A1:D47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>5</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>-1.96</x:v>
@@ -772,1030 +1205,1741 @@
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>1.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>-6.57</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>2.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>3.75</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="3" t="s"/>
       <x:c r="C24" s="3" t="s"/>
       <x:c r="D24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>1.98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>7.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>12.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>4.59</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>-5.92</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s"/>
       <x:c r="B32" s="3" t="s"/>
       <x:c r="C32" s="3" t="s"/>
       <x:c r="D32" s="3" t="s"/>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>28.64</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>29.51</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:J32"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:10">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:10">
+      <x:c r="A2" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:10">
+      <x:c r="A5" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:10">
+      <x:c r="A6" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:10">
+      <x:c r="A8" s="2" t="s"/>
+      <x:c r="B8" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:10">
+      <x:c r="A9" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.26</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>21.91</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J9" s="4" t="n">
+        <x:v>21.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:10">
+      <x:c r="A10" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s"/>
+      <x:c r="C10" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>17.69</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J10" s="4" t="n">
+        <x:v>16.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:10">
+      <x:c r="A11" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s"/>
+      <x:c r="C11" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.22</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J11" s="4" t="n">
+        <x:v>5.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:10">
+      <x:c r="A13" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:10">
+      <x:c r="A14" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:10">
+      <x:c r="A16" s="2" t="s"/>
+      <x:c r="B16" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:10">
+      <x:c r="A17" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>22.74</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J17" s="4" t="n">
+        <x:v>22.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:10">
+      <x:c r="A18" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B18" s="2" t="s"/>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>3.57</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>17.69</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J18" s="4" t="n">
+        <x:v>16.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:10">
+      <x:c r="A19" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B19" s="2" t="s"/>
+      <x:c r="C19" s="4" t="n">
+        <x:v>4.04</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J19" s="4" t="n">
+        <x:v>6.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:10">
+      <x:c r="A21" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:10">
+      <x:c r="A22" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:10">
+      <x:c r="A23" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:10">
+      <x:c r="A24" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:10">
+      <x:c r="A25" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:10">
+      <x:c r="A26" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:10">
+      <x:c r="A27" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:10">
+      <x:c r="A28" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:10">
+      <x:c r="A29" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:10">
+      <x:c r="A30" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:10">
+      <x:c r="A31" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:10">
+      <x:c r="A32" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>1.98</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>28.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>27.11</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>5</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>1.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>23.84</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>3.27</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>29.51</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>28.06</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>5</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>1.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>23.84</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>4.21</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:I32"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:9">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:9">
+      <x:c r="A2" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:9">
+      <x:c r="A5" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:9">
+      <x:c r="A6" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:9">
+      <x:c r="A8" s="2" t="s"/>
+      <x:c r="B8" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:9">
+      <x:c r="A9" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>17.71</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I9" s="4" t="n">
+        <x:v>17.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:9">
+      <x:c r="A10" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s"/>
+      <x:c r="C10" s="4" t="n">
+        <x:v>10.39</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>13.63</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I10" s="4" t="n">
+        <x:v>12.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:9">
+      <x:c r="A11" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s"/>
+      <x:c r="C11" s="4" t="n">
+        <x:v>-0.69</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I11" s="4" t="n">
+        <x:v>5.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:9">
+      <x:c r="A13" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:9">
+      <x:c r="A14" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:9">
+      <x:c r="A16" s="2" t="s"/>
+      <x:c r="B16" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:9">
+      <x:c r="A17" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>18.36</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="n">
+        <x:v>18.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:9">
+      <x:c r="A18" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B18" s="2" t="s"/>
+      <x:c r="C18" s="4" t="n">
+        <x:v>10.39</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>13.63</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I18" s="4" t="n">
+        <x:v>12.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:9">
+      <x:c r="A19" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B19" s="2" t="s"/>
+      <x:c r="C19" s="4" t="n">
+        <x:v>-0.49</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:9">
+      <x:c r="A21" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:9">
+      <x:c r="A22" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:9">
+      <x:c r="A23" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:9">
+      <x:c r="A24" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:9">
+      <x:c r="A25" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:9">
+      <x:c r="A26" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:9">
+      <x:c r="A27" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:9">
+      <x:c r="A28" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:9">
+      <x:c r="A29" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:9">
+      <x:c r="A30" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:9">
+      <x:c r="A31" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9">
+      <x:c r="A32" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>26.14</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>5</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.25</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>26.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.33</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>5</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.25</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.05</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="9">
+    <vt:vector baseType="lpstr" size="18">
+      <vt:lpstr>GBP Class A_Historical</vt:lpstr>
       <vt:lpstr>USD Class A_Historical</vt:lpstr>
+      <vt:lpstr>GBP Class A_Month-End</vt:lpstr>
       <vt:lpstr>USD Class A_Month-End</vt:lpstr>
+      <vt:lpstr>GBP Class A_Quarter-End</vt:lpstr>
       <vt:lpstr>USD Class A_Quarter-End</vt:lpstr>
+      <vt:lpstr>GBP Class A_Historical!Print_Area</vt:lpstr>
+      <vt:lpstr>GBP Class A_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class A_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class A_Historical!Print_Titles</vt:lpstr>
+      <vt:lpstr>GBP Class A_Month-End!Print_Area</vt:lpstr>
+      <vt:lpstr>GBP Class A_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class A_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class A_Month-End!Print_Titles</vt:lpstr>
+      <vt:lpstr>GBP Class A_Quarter-End!Print_Area</vt:lpstr>
+      <vt:lpstr>GBP Class A_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>USD Class A_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>USD Class A_Quarter-End!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>