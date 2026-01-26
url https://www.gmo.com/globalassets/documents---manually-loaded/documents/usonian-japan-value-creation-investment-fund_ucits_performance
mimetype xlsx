--- v4 (2026-01-05)
+++ v5 (2026-01-26)
@@ -1,124 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ab252406db4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c86349acb6794bb595f300491314aa35.psmdcp" Id="Ra41721ca9937423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae96ab94eb04669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f37da45f041c4fb3b7998daa064f74ad.psmdcp" Id="Rbc27631625c14b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (GBP,%)</x:t>
+    <x:t>As of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/04/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, GBP)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee. Formerly Usonian</x:t>
   </x:si>
@@ -131,159 +134,147 @@
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Usonian Japan Value Creation Investment Fund GBA</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2024</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
-[...17 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -624,2291 +615,2320 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D42"/>
+  <x:dimension ref="A1:D43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.350625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:4">
+      <x:c r="A19" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="n">
+      <x:c r="C19" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="n">
+      <x:c r="D19" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="21" spans="1:4">
-      <x:c r="A21" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A21" s="2" t="s"/>
+      <x:c r="B21" s="3" t="s"/>
+      <x:c r="C21" s="3" t="s"/>
+      <x:c r="D21" s="3" t="s"/>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>10.39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="n">
+      <x:c r="C26" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="n">
+      <x:c r="D26" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="28" spans="1:4">
-      <x:c r="A28" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A28" s="2" t="s"/>
+      <x:c r="B28" s="3" t="s"/>
+      <x:c r="C28" s="3" t="s"/>
+      <x:c r="D28" s="3" t="s"/>
     </x:row>
     <x:row r="29" spans="1:4">
-      <x:c r="A29" s="2" t="n">
+      <x:c r="A29" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>20.76</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>21.66</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>16.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B29" s="4" t="n">
+      <x:c r="B30" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="n">
+      <x:c r="C30" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="n">
+      <x:c r="D30" s="4" t="n">
         <x:v>-1.11</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
+      <x:c r="A36" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="1" t="s">
+      <x:c r="A38" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
+      <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="1" t="s">
+      <x:c r="A42" s="2" t="s">
         <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="1" t="s">
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D47"/>
+  <x:dimension ref="A1:D48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.57</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-6.57</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>3.75</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:4">
-      <x:c r="A25" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>12.45</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>-5.92</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>-4.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="n">
+      <x:c r="A34" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>29.59</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>30.55</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>25.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B34" s="4" t="n">
+      <x:c r="B35" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>-0.69</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
+      <x:c r="A41" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="1" t="s">
+      <x:c r="A43" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
+      <x:c r="A46" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="1" t="s">
+      <x:c r="A47" s="2" t="s">
         <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="1" t="s">
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.91</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>20.76</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>20.76</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>21.85</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.69</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>16.69</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.38</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.22</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.74</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>21.66</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>21.66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>22.75</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.69</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>16.69</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.38</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.06</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>28.64</x:v>
+        <x:v>29.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>27.11</x:v>
+        <x:v>29.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.61</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.37</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>29.51</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>28.06</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.61</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.37</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>17.71</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>20.76</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>20.76</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>17.65</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.63</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>16.69</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>12.37</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.07</x:v>
       </x:c>
-      <x:c r="E11" s="3" t="s">
-        <x:v>59</x:v>
+      <x:c r="E11" s="4" t="n">
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>18.36</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>21.66</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>21.66</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>18.37</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>13.63</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>16.69</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>12.37</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.73</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>26.14</x:v>
+        <x:v>29.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>29.59</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>22.14</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.25</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>18.14</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>26.83</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.33</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>23.05</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.25</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>18.14</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>