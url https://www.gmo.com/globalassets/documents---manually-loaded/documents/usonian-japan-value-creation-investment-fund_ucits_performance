--- v5 (2026-01-26)
+++ v6 (2026-02-15)
@@ -1,280 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae96ab94eb04669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f37da45f041c4fb3b7998daa064f74ad.psmdcp" Id="Rbc27631625c14b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0badba3a830c43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be8e0e707b2b487fb514cb33a77aef33.psmdcp" Id="R47818cc169b54ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (GBP,%)</x:t>
+    <x:t>As of 01/31/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/04/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, GBP)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee. Formerly Usonian</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Value Fund.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Usonian Japan Value Creation Investment Fund GBA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -615,2320 +633,2404 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D43"/>
+  <x:dimension ref="A1:D46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.350625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="22" spans="1:4">
-      <x:c r="A22" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A22" s="2" t="s"/>
+      <x:c r="B22" s="3" t="s"/>
+      <x:c r="C22" s="3" t="s"/>
+      <x:c r="D22" s="3" t="s"/>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>10.39</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
+        <x:v>5.82</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>4.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="n">
+      <x:c r="C28" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="n">
+      <x:c r="D28" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B29" s="4" t="n">
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="2" t="s"/>
+      <x:c r="B30" s="3" t="s"/>
+      <x:c r="C30" s="3" t="s"/>
+      <x:c r="D30" s="3" t="s"/>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>20.76</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>21.66</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:4">
-      <x:c r="A30" s="2" t="n">
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B30" s="4" t="n">
+      <x:c r="B33" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>-1.11</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="s">
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="1" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-      <x:c r="A40" s="1" t="s">
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-      <x:c r="A41" s="1" t="s">
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="1" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="1" t="s">
         <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="1" t="s">
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D48"/>
+  <x:dimension ref="A1:D51"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-6.57</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-6.57</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
         <x:v>3.75</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="n">
+      <x:c r="C24" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="n">
+      <x:c r="D24" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="26" spans="1:4">
-      <x:c r="A26" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A26" s="2" t="s"/>
+      <x:c r="B26" s="3" t="s"/>
+      <x:c r="C26" s="3" t="s"/>
+      <x:c r="D26" s="3" t="s"/>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>12.45</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-5.92</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-4.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B34" s="4" t="n">
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>5.39</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>29.59</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>30.55</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="n">
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B35" s="4" t="n">
+      <x:c r="B38" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-0.69</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="1" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-      <x:c r="A45" s="1" t="s">
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-      <x:c r="A46" s="1" t="s">
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="1" t="s">
         <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="1" t="s">
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>20.76</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.76</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.16</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>18.69</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>4.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21.66</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.66</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>20.05</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>18.69</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>17.16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>29.59</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>29.59</x:v>
+        <x:v>35.26</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.14</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>30.55</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>30.55</x:v>
+        <x:v>36.27</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>20.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>20.76</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4.07</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>21.66</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>21.66</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>4.97</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>29.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>29.59</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.94</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>30.55</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>30.55</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>