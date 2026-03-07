--- v6 (2026-02-15)
+++ v7 (2026-03-07)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0badba3a830c43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be8e0e707b2b487fb514cb33a77aef33.psmdcp" Id="R47818cc169b54ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba36c34d92fe49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0a54bf7929c4ff4bf365c244e79815e.psmdcp" Id="R8def4f546b9b43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (GBP,%)</x:t>
+    <x:t>As of 02/28/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/04/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, GBP)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -140,141 +143,141 @@
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/01/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Usonian Japan Value Creation Investment Fund GBA</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2024</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Usonian Japan Value Creation Investment Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -633,2404 +636,2430 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D46"/>
+  <x:dimension ref="A1:D47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.350625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C21" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D21" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="23" spans="1:4">
-      <x:c r="A23" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A23" s="2" t="s"/>
+      <x:c r="B23" s="3" t="s"/>
+      <x:c r="C23" s="3" t="s"/>
+      <x:c r="D23" s="3" t="s"/>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>15.98</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>10.39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C28" s="4" t="n">
+      <x:c r="C29" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D28" s="4" t="n">
+      <x:c r="D29" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="31" spans="1:4">
-      <x:c r="A31" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A31" s="2" t="s"/>
+      <x:c r="B31" s="3" t="s"/>
+      <x:c r="C31" s="3" t="s"/>
+      <x:c r="D31" s="3" t="s"/>
     </x:row>
     <x:row r="32" spans="1:4">
-      <x:c r="A32" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A32" s="2" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>20.76</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>21.66</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>15.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>20.76</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>21.66</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>16.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B33" s="4" t="n">
+      <x:c r="B34" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>-1.11</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
+      <x:c r="A40" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="1" t="s">
+      <x:c r="A42" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
+      <x:c r="A45" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="1" t="s">
+      <x:c r="A46" s="2" t="s">
         <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D51"/>
+  <x:dimension ref="A1:D52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>13.72</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-6.57</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-6.57</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
         <x:v>3.75</x:v>
       </x:c>
-      <x:c r="C24" s="4" t="n">
+      <x:c r="C25" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="n">
+      <x:c r="D25" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="27" spans="1:4">
-      <x:c r="A27" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A27" s="2" t="s"/>
+      <x:c r="B27" s="3" t="s"/>
+      <x:c r="C27" s="3" t="s"/>
+      <x:c r="D27" s="3" t="s"/>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>12.45</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-5.92</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-4.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A37" s="2" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>29.59</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>30.55</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>29.59</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>30.55</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>25.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B38" s="4" t="n">
+      <x:c r="B39" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-0.69</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
+      <x:c r="A45" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="1" t="s">
+      <x:c r="A47" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="s">
+      <x:c r="A50" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="1" t="s">
+      <x:c r="A51" s="2" t="s">
         <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.59</x:v>
+        <x:v>43.97</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>21.33</x:v>
+        <x:v>34.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>15.98</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>15.98</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.69</x:v>
+        <x:v>35.53</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.16</x:v>
+        <x:v>26.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>8.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>45.03</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>22.24</x:v>
+        <x:v>35.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>15.98</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>15.98</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.69</x:v>
+        <x:v>35.53</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.16</x:v>
+        <x:v>26.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>35.26</x:v>
+        <x:v>54.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>23.08</x:v>
+        <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>26.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>13.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>36.27</x:v>
+        <x:v>55.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>33.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>26.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>6.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>20.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>20.76</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4.07</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>21.66</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>21.66</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.69</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>4.97</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="52.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>29.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>29.59</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>3.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.94</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>30.55</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>30.55</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>