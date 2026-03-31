--- v7 (2026-03-07)
+++ v8 (2026-03-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba36c34d92fe49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0a54bf7929c4ff4bf365c244e79815e.psmdcp" Id="R8def4f546b9b43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1910a8e20d2f483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2fb9d676e3845569099aa1c37f4e7a4.psmdcp" Id="Rfcc66681965d48ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="USD Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Investment Fund | GBP Class A</x:t>