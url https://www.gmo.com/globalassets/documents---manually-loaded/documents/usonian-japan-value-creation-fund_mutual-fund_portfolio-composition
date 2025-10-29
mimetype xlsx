--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e5c978fe614985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb8086c35e7b4d5f8d8b0fcadc9c6874.psmdcp" Id="R660dc3d923114664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R241f7f6ce3d54c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92d28f94427d49deb86bf076fb010ba2.psmdcp" Id="Rb08e5dc64e914915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is gross of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Sectors - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, Local)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
@@ -229,108 +229,108 @@
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>8.0x</x:t>
   </x:si>
   <x:si>
     <x:t>10.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.1x</x:t>
-[...2 lines deleted...]
-    <x:t>17.6x</x:t>
+    <x:t>17.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>8.0%</x:t>
   </x:si>
   <x:si>
     <x:t>10.7%</x:t>
   </x:si>
   <x:si>
+    <x:t>Market Cap - Wtd Avg Bil USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49.6 USD</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
   </x:si>
   <x:si>
-    <x:t>1575.6 JPY</x:t>
-[...11 lines deleted...]
-    <x:t>48.2 USD</x:t>
+    <x:t>1699.8 JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7327.2 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
     <x:t>94.0%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>7.5x</x:t>
   </x:si>
   <x:si>
     <x:t>9.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
@@ -736,98 +736,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.52</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.47</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -893,153 +893,153 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>29.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1153,51 +1153,51 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1667</x:v>
+        <x:v>1660</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">