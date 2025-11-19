--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R241f7f6ce3d54c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92d28f94427d49deb86bf076fb010ba2.psmdcp" Id="Rb08e5dc64e914915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9246656d4f784588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec0d523613e24b84977462da6f400546.psmdcp" Id="R0fbb4a23c3454683" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is gross of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Sectors - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, Local)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
@@ -229,126 +229,126 @@
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.0x</x:t>
-[...2 lines deleted...]
-    <x:t>10.0x</x:t>
+    <x:t>7.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.8x</x:t>
-[...2 lines deleted...]
-    <x:t>17.9x</x:t>
+    <x:t>17.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>8.0%</x:t>
   </x:si>
   <x:si>
-    <x:t>10.7%</x:t>
+    <x:t>11.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Avg Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>11.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>49.6 USD</x:t>
+    <x:t>11.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
   </x:si>
   <x:si>
-    <x:t>1699.8 JPY</x:t>
-[...2 lines deleted...]
-    <x:t>7327.2 JPY</x:t>
+    <x:t>1798.7 JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8403.6 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
     <x:t>94.0%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.5x</x:t>
-[...2 lines deleted...]
-    <x:t>9.1x</x:t>
+    <x:t>7.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -736,98 +736,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.38</x:v>
+        <x:v>13.37</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.05</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -885,161 +885,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>29.4</x:v>
+        <x:v>30.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>26.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1153,51 +1153,51 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1660</x:v>
+        <x:v>1658</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">