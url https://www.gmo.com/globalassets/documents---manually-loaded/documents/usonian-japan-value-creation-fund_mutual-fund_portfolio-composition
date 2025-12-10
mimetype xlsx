--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9246656d4f784588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec0d523613e24b84977462da6f400546.psmdcp" Id="R0fbb4a23c3454683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0935a575f44f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ecc23c2598c48faac631deef5578a2b.psmdcp" Id="R9d45a863a7e8439c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is gross of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Sectors - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, Local)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
@@ -229,129 +229,132 @@
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.7x</x:t>
-[...2 lines deleted...]
-    <x:t>11.1x</x:t>
+    <x:t>8.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.7x</x:t>
-[...2 lines deleted...]
-    <x:t>20.0x</x:t>
+    <x:t>19.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.0%</x:t>
-[...2 lines deleted...]
-    <x:t>11.0%</x:t>
+    <x:t>9.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1899.9 JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8014.3 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Avg Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>11.7 USD</x:t>
-[...11 lines deleted...]
-    <x:t>8403.6 JPY</x:t>
+    <x:t>12.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>94.0%</x:t>
+    <x:t>93.7%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.3x</x:t>
-[...2 lines deleted...]
-    <x:t>9.6x</x:t>
+    <x:t>7.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.2x</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -736,98 +739,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.37</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>14.05</x:v>
+        <x:v>13.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -885,161 +888,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>30.2</x:v>
+        <x:v>30.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1153,84 +1156,84 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1658</x:v>
+        <x:v>1649</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>