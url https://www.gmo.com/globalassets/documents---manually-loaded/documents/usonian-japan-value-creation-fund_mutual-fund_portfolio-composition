--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0935a575f44f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ecc23c2598c48faac631deef5578a2b.psmdcp" Id="R9d45a863a7e8439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfefc63a4c91b4582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c365bc13e71f4cfda314cabd78030181.psmdcp" Id="Rf505ba3643b24fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 11/30/2020 to 11/30/2025</x:t>