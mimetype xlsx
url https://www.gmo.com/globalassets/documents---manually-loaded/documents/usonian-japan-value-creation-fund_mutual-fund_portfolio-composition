--- v4 (2025-12-31)
+++ v5 (2026-01-22)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfefc63a4c91b4582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c365bc13e71f4cfda314cabd78030181.psmdcp" Id="Rf505ba3643b24fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc2cec90cfb4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02f8021868184ec4aad72ee5c48dc1e1.psmdcp" Id="Re4c67505faa94bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is gross of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Sectors - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, Local)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
@@ -229,117 +229,117 @@
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.3x</x:t>
-[...2 lines deleted...]
-    <x:t>10.7x</x:t>
+    <x:t>8.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.8x</x:t>
-[...2 lines deleted...]
-    <x:t>18.8x</x:t>
+    <x:t>19.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.0%</x:t>
+    <x:t>9.2%</x:t>
   </x:si>
   <x:si>
     <x:t>11.2%</x:t>
   </x:si>
   <x:si>
+    <x:t>Market Cap - Wtd Avg Bil USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.4 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51.5 USD</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
   </x:si>
   <x:si>
-    <x:t>1899.9 JPY</x:t>
-[...11 lines deleted...]
-    <x:t>51.4 USD</x:t>
+    <x:t>2097.3 JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8074.9 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>93.7%</x:t>
+    <x:t>93.6%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>7.6x</x:t>
   </x:si>
   <x:si>
     <x:t>10.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>0.2x</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
@@ -739,98 +739,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.76</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.56</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.81</x:v>
+        <x:v>12.35</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.22</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -888,161 +888,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>30.1</x:v>
+        <x:v>31.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1156,51 +1156,51 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1649</x:v>
+        <x:v>1645</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">