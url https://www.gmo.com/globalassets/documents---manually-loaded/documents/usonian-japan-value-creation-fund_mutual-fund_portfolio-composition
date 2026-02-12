--- v5 (2026-01-22)
+++ v6 (2026-02-12)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc2cec90cfb4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02f8021868184ec4aad72ee5c48dc1e1.psmdcp" Id="Re4c67505faa94bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db03d409f3c4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c660843a935b4702b5ef6223d62e77be.psmdcp" Id="Rd89715f902b34d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is gross of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Sectors - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, Local)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
@@ -229,135 +229,132 @@
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2x</x:t>
-[...2 lines deleted...]
-    <x:t>10.8x</x:t>
+    <x:t>8.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.3x</x:t>
-[...2 lines deleted...]
-    <x:t>18.0x</x:t>
+    <x:t>21.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2x</x:t>
-[...2 lines deleted...]
-    <x:t>1.5x</x:t>
+    <x:t>1.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.2%</x:t>
-[...2 lines deleted...]
-    <x:t>11.2%</x:t>
+    <x:t>9.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2205.0 JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8618.8 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Avg Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>13.4 USD</x:t>
-[...11 lines deleted...]
-    <x:t>8074.9 JPY</x:t>
+    <x:t>14.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
     <x:t>93.6%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.6x</x:t>
-[...2 lines deleted...]
-    <x:t>10.0x</x:t>
+    <x:t>6.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>0.2x</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.1x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -739,98 +736,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.35</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.13</x:v>
+        <x:v>13.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -888,147 +885,147 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>26.5</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1153,87 +1150,87 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1645</x:v>
+        <x:v>1646</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>