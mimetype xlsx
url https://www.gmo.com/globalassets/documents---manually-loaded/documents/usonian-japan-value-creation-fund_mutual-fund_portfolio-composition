--- v6 (2026-02-12)
+++ v7 (2026-03-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db03d409f3c4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c660843a935b4702b5ef6223d62e77be.psmdcp" Id="Rd89715f902b34d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdc127ac6a44667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98a5367b16a64b4bb5b4d4a85d0535b5.psmdcp" Id="R11d61d2545184c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 01/29/2021 to 01/31/2026</x:t>
@@ -271,66 +271,66 @@
   <x:si>
     <x:t>21.1x</x:t>
   </x:si>
   <x:si>
     <x:t>17.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
   <x:si>
     <x:t>1.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>9.3%</x:t>
   </x:si>
   <x:si>
     <x:t>11.1%</x:t>
   </x:si>
   <x:si>
+    <x:t>Market Cap - Wtd Avg Bil USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55.9 USD</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
   </x:si>
   <x:si>
     <x:t>2205.0 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>8618.8 JPY</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>55.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
     <x:t>93.6%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>6.9x</x:t>
   </x:si>
   <x:si>
     <x:t>10.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>0.2x</x:t>
   </x:si>