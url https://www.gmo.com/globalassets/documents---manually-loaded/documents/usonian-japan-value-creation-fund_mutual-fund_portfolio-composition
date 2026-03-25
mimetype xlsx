--- v7 (2026-03-05)
+++ v8 (2026-03-25)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdc127ac6a44667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98a5367b16a64b4bb5b4d4a85d0535b5.psmdcp" Id="R11d61d2545184c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613e5551d26c47b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bcedb8b004da4c14b15ba164d8ab7d50.psmdcp" Id="R076381f125734937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
   <x:si>
     <x:t>Risk Profile - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is gross of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Sectors - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR, Local)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
@@ -229,126 +229,126 @@
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Usonian Japan Value Creation Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.1x</x:t>
-[...2 lines deleted...]
-    <x:t>11.3x</x:t>
+    <x:t>8.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.1x</x:t>
-[...2 lines deleted...]
-    <x:t>17.5x</x:t>
+    <x:t>17.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
-[...2 lines deleted...]
-    <x:t>1.6x</x:t>
+    <x:t>1.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>9.3%</x:t>
   </x:si>
   <x:si>
-    <x:t>11.1%</x:t>
+    <x:t>10.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Cap - Wtd Avg Bil JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2546.8 JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167.2 JPY</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Avg Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>14.3 USD</x:t>
-[...11 lines deleted...]
-    <x:t>8618.8 JPY</x:t>
+    <x:t>16.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>93.6%</x:t>
+    <x:t>93.8%</x:t>
   </x:si>
   <x:si>
     <x:t>EV/EBITDA - Ex LT Investments Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>6.9x</x:t>
-[...2 lines deleted...]
-    <x:t>10.3x</x:t>
+    <x:t>7.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/Equity - Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>0.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -736,98 +736,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.77</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.54</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.5</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>13.33</x:v>
+        <x:v>13.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -885,150 +885,150 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>32</x:v>
+        <x:v>33.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>27</x:v>
+        <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1150,54 +1150,54 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1646</x:v>
+        <x:v>1641</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">