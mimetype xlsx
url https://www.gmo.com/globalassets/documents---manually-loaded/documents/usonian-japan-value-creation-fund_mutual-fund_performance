--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f46683d0eb14aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f65d87994e741f09123c7f38cdad98f.psmdcp" Id="Rb2698b25b7ff4fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2650636d2ccf44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44e3232af2b54085aad2a49721a4bca3.psmdcp" Id="R2672bf6fe69a44d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="135">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -197,51 +200,51 @@
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -254,51 +257,51 @@
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 06/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-I</x:t>
   </x:si>
@@ -398,84 +401,78 @@
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -820,6401 +817,6446 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G109"/>
+  <x:dimension ref="A1:G110"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-9.03</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-9.03</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A80" s="2" t="s"/>
+      <x:c r="B80" s="3" t="s"/>
+      <x:c r="C80" s="3" t="s"/>
+      <x:c r="D80" s="3" t="s"/>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>27.3</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>28.06</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>21.63</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-12.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-12.94</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-12.26</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B84" s="4" t="n">
+      <x:c r="B85" s="4" t="n">
         <x:v>-6.96</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>-6.53</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>-2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B89" s="2" t="s">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C89" s="3" t="s">
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s"/>
+      <x:c r="B90" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D89" s="3" t="s">
+      <x:c r="C90" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E89" s="3" t="s">
+      <x:c r="D90" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F89" s="3" t="s">
+      <x:c r="E90" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G89" s="3" t="s">
+      <x:c r="F90" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A90" s="1" t="s">
+      <x:c r="G90" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="B90" s="2" t="s">
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="E90" s="3" t="s">
+      <x:c r="B91" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F90" s="3" t="s">
-[...8 lines deleted...]
-        <x:v>87</x:v>
+      <x:c r="C91" s="4" t="n">
+        <x:v>18.77</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>23.37</x:v>
+      </x:c>
+      <x:c r="E91" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F91" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G91" s="4" t="n">
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:7">
-      <x:c r="A96" s="2" t="s">
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B97" s="5" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B98" s="5" t="n">
         <x:v>0.8</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
-      <x:c r="A102" s="2" t="s">
+      <x:c r="A102" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
-      <x:c r="A107" s="2" t="s">
+      <x:c r="A107" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
-      <x:c r="A109" s="1" t="s">
+      <x:c r="A109" s="2" t="s">
         <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G100"/>
+  <x:dimension ref="A1:G101"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.19</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="54" spans="1:7">
-      <x:c r="A54" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A54" s="2" t="s"/>
+      <x:c r="B54" s="3" t="s"/>
+      <x:c r="C54" s="3" t="s"/>
+      <x:c r="D54" s="3" t="s"/>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>7.37</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-6.56</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A72" s="2" t="s"/>
+      <x:c r="B72" s="3" t="s"/>
+      <x:c r="C72" s="3" t="s"/>
+      <x:c r="D72" s="3" t="s"/>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A73" s="2" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-12.83</x:v>
+        <x:v>21.78</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>22.58</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>-12.83</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-12.25</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B76" s="4" t="n">
+      <x:c r="B77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B81" s="2" t="s">
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C81" s="3" t="s">
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s"/>
+      <x:c r="B82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D81" s="3" t="s">
+      <x:c r="C82" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E81" s="3" t="s">
+      <x:c r="D82" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F81" s="3" t="s">
+      <x:c r="E82" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G81" s="3" t="s">
+      <x:c r="F82" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B82" s="2" t="s">
+      <x:c r="G82" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
-[...17 lines deleted...]
-        <x:v>87</x:v>
+      <x:c r="B83" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>18.92</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>23.51</x:v>
+      </x:c>
+      <x:c r="E83" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F83" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G83" s="4" t="n">
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B89" s="5" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B90" s="5" t="n">
         <x:v>0.68</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
-      <x:c r="A93" s="2" t="s">
-        <x:v>95</x:v>
+      <x:c r="A93" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="1" t="s">
+      <x:c r="A95" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
-      <x:c r="A98" s="2" t="s">
+      <x:c r="A98" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
-      <x:c r="A100" s="1" t="s">
+      <x:c r="A100" s="2" t="s">
         <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G122"/>
+  <x:dimension ref="A1:G123"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11.12</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.45</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>10.12</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>-1.96</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="69" spans="1:7">
-      <x:c r="A69" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="3" t="s"/>
+      <x:c r="C69" s="3" t="s"/>
+      <x:c r="D69" s="3" t="s"/>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>17.18</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>13.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="n">
+      <x:c r="C90" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="n">
+      <x:c r="D90" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="92" spans="1:7">
-      <x:c r="A92" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A92" s="2" t="s"/>
+      <x:c r="B92" s="3" t="s"/>
+      <x:c r="C92" s="3" t="s"/>
+      <x:c r="D92" s="3" t="s"/>
     </x:row>
     <x:row r="93" spans="1:7">
-      <x:c r="A93" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A93" s="2" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>27.51</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>28.07</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-12.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-12.73</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B97" s="4" t="n">
+      <x:c r="B98" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
-      <x:c r="C97" s="4" t="n">
+      <x:c r="C98" s="4" t="n">
         <x:v>17.03</x:v>
       </x:c>
-      <x:c r="D97" s="4" t="n">
+      <x:c r="D98" s="4" t="n">
         <x:v>12.79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B102" s="2" t="s">
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C102" s="3" t="s">
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="2" t="s"/>
+      <x:c r="B103" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D102" s="3" t="s">
+      <x:c r="C103" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E102" s="3" t="s">
+      <x:c r="D103" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F102" s="3" t="s">
+      <x:c r="E103" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G102" s="3" t="s">
+      <x:c r="F103" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B103" s="2" t="s">
+      <x:c r="G103" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C103" s="4" t="n">
-[...17 lines deleted...]
-        <x:v>87</x:v>
+      <x:c r="B104" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>19.02</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="E104" s="4" t="n">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="F104" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G104" s="4" t="n">
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row r="109" spans="1:7">
-      <x:c r="A109" s="2" t="s">
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B110" s="5" t="n">
+        <x:v>0.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B111" s="5" t="n">
         <x:v>0.59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
-      <x:c r="A115" s="2" t="s">
+      <x:c r="A115" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
-      <x:c r="A117" s="1" t="s">
+      <x:c r="A117" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
-      <x:c r="A120" s="2" t="s">
+      <x:c r="A120" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
-      <x:c r="A122" s="1" t="s">
+      <x:c r="A122" s="2" t="s">
         <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>27.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.23</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.95</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.61</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.56</x:v>
+        <x:v>28.06</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.17</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.88</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.61</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>21.71</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>16.88</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>23.99</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.39</x:v>
+        <x:v>18.92</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.08</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.11</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.61</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.55</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.19</x:v>
+        <x:v>19.73</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.88</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.85</x:v>
+        <x:v>11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.61</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>21.91</x:v>
+        <x:v>18.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>24.07</x:v>
+        <x:v>27.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.48</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.2</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="H9" s="4" t="n">
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.61</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.35</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>21.24</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="n">
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="J11" s="4" t="n">
         <x:v>2.84</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.56</x:v>
+        <x:v>28.07</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>19.89</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>24.32</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="n">
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.61</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.35</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>21.24</x:v>
+      </x:c>
+      <x:c r="H18" s="4" t="n">
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.53</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="n">
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>17.11</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>18.17</x:v>
+        <x:v>27.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.71</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.88</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>28.06</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.66</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.78</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>21.71</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>16.88</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>18.23</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.91</x:v>
+        <x:v>18.92</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>18.62</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>19.73</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.78</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>21.91</x:v>
+        <x:v>18.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>18.28</x:v>
+        <x:v>27.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.11</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.17</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>21.24</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.94</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>18.61</x:v>
+        <x:v>28.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.72</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.78</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>24.32</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.17</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>21.24</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.61</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>17.11</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>