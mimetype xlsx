--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2650636d2ccf44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44e3232af2b54085aad2a49721a4bca3.psmdcp" Id="R2672bf6fe69a44d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b66189faab34829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2007a70dfc94b30aedb36ec97bb5cc2.psmdcp" Id="Re656f679e0174c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="135">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -200,50 +203,53 @@
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -401,78 +407,84 @@
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -817,6446 +829,6530 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G110"/>
+  <x:dimension ref="A1:G112"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-9.03</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-9.03</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
+        <x:v>-6.21</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>-4.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="n">
+      <x:c r="C80" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D78" s="4" t="n">
+      <x:c r="D80" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A82" s="2" t="s"/>
+      <x:c r="B82" s="3" t="s"/>
+      <x:c r="C82" s="3" t="s"/>
+      <x:c r="D82" s="3" t="s"/>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A83" s="2" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>21.63</x:v>
+        <x:v>24.97</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>24.49</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-12.26</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>21.63</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>22.56</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>19.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>-12.94</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>-12.26</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B85" s="4" t="n">
+      <x:c r="B87" s="4" t="n">
         <x:v>-6.96</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="C87" s="4" t="n">
         <x:v>-6.53</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D87" s="4" t="n">
         <x:v>-2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:7">
-[...6 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
-      <x:c r="A90" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C90" s="3" t="s">
+      <x:c r="A90" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D90" s="3" t="s">
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s"/>
+      <x:c r="B92" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E90" s="3" t="s">
+      <x:c r="C92" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F90" s="3" t="s">
+      <x:c r="D92" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="G90" s="3" t="s">
+      <x:c r="E92" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A91" s="1" t="s">
+      <x:c r="F92" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B91" s="2" t="s">
+      <x:c r="G92" s="3" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B93" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+      <x:c r="C93" s="4" t="n">
+        <x:v>18.77</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>23.37</x:v>
+      </x:c>
+      <x:c r="E93" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F93" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G93" s="4" t="n">
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
     <x:row r="97" spans="1:7">
-      <x:c r="A97" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B97" s="5" t="n">
+      <x:c r="A97" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B99" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B98" s="5" t="n">
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B100" s="5" t="n">
         <x:v>0.8</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
-      <x:c r="A103" s="2" t="s">
+      <x:c r="A103" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
-      <x:c r="A104" s="2" t="s">
+      <x:c r="A104" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
-      <x:c r="A105" s="1" t="s">
+      <x:c r="A105" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
-      <x:c r="A106" s="1" t="s">
+      <x:c r="A106" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
-      <x:c r="A108" s="2" t="s">
+      <x:c r="A108" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
-      <x:c r="A109" s="2" t="s">
+      <x:c r="A109" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
-      <x:c r="A110" s="1" t="s">
+      <x:c r="A110" s="2" t="s">
         <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G101"/>
+  <x:dimension ref="A1:G103"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.19</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:7">
-      <x:c r="A55" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>7.37</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>-9.15</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>-8.99</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>-13.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-6.56</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="3" t="s"/>
+      <x:c r="C74" s="3" t="s"/>
+      <x:c r="D74" s="3" t="s"/>
     </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A75" s="2" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>25.1</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>25.81</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>24.49</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-12.83</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>21.78</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>22.58</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>19.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>-12.83</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>-12.25</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B77" s="4" t="n">
+      <x:c r="B79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="n">
+      <x:c r="C79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="n">
+      <x:c r="D79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-[...6 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C82" s="3" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D82" s="3" t="s">
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s"/>
+      <x:c r="B84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E82" s="3" t="s">
+      <x:c r="C84" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F82" s="3" t="s">
+      <x:c r="D84" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="G82" s="3" t="s">
+      <x:c r="E84" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>10.68</x:v>
+      <x:c r="F84" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G84" s="3" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
-        <x:v>88</x:v>
-[...4 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B85" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>18.92</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>23.51</x:v>
+      </x:c>
+      <x:c r="E85" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F85" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G85" s="4" t="n">
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B89" s="5" t="n">
+      <x:c r="A89" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B91" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B90" s="5" t="n">
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B92" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="94" spans="1:7">
-      <x:c r="A94" s="2" t="s">
-        <x:v>96</x:v>
+      <x:c r="A94" s="1" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="2" t="s">
-        <x:v>97</x:v>
+      <x:c r="A95" s="1" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
-      <x:c r="A96" s="1" t="s">
+      <x:c r="A96" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
-      <x:c r="A99" s="2" t="s">
+      <x:c r="A99" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
-      <x:c r="A100" s="2" t="s">
+      <x:c r="A100" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="1" t="s">
+      <x:c r="A101" s="2" t="s">
         <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G123"/>
+  <x:dimension ref="A1:G125"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.12</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-5.45</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>10.12</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-1.96</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A70" s="2" t="s"/>
+      <x:c r="B70" s="3" t="s"/>
+      <x:c r="C70" s="3" t="s"/>
+      <x:c r="D70" s="3" t="s"/>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>17.18</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>13.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="C92" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D92" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="94" spans="1:7">
-      <x:c r="A94" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A94" s="2" t="s"/>
+      <x:c r="B94" s="3" t="s"/>
+      <x:c r="C94" s="3" t="s"/>
+      <x:c r="D94" s="3" t="s"/>
     </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A95" s="2" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>25.18</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>24.49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-12.73</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B98" s="4" t="n">
+        <x:v>-12.73</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>-12.23</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B99" s="4" t="n">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B98" s="4" t="n">
+      <x:c r="B100" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
-      <x:c r="C98" s="4" t="n">
+      <x:c r="C100" s="4" t="n">
         <x:v>17.03</x:v>
       </x:c>
-      <x:c r="D98" s="4" t="n">
+      <x:c r="D100" s="4" t="n">
         <x:v>12.79</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:7">
-[...6 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
-      <x:c r="A103" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C103" s="3" t="s">
+      <x:c r="A103" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D103" s="3" t="s">
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="2" t="s"/>
+      <x:c r="B105" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E103" s="3" t="s">
+      <x:c r="C105" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F103" s="3" t="s">
+      <x:c r="D105" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="G103" s="3" t="s">
+      <x:c r="E105" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>11.45</x:v>
+      <x:c r="F105" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G105" s="3" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="1" t="s">
-        <x:v>88</x:v>
-[...4 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B106" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="n">
+        <x:v>19.02</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="n">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="F106" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G106" s="4" t="n">
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
     <x:row r="110" spans="1:7">
-      <x:c r="A110" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B110" s="5" t="n">
+      <x:c r="A110" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B112" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
-    <x:row r="111" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B111" s="5" t="n">
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B113" s="5" t="n">
         <x:v>0.59</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
-      <x:c r="A116" s="2" t="s">
+      <x:c r="A116" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
-      <x:c r="A117" s="2" t="s">
+      <x:c r="A117" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
-      <x:c r="A118" s="1" t="s">
+      <x:c r="A118" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
-      <x:c r="A119" s="1" t="s">
+      <x:c r="A119" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
-      <x:c r="A121" s="2" t="s">
+      <x:c r="A121" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
-      <x:c r="A122" s="2" t="s">
+      <x:c r="A122" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
-      <x:c r="A123" s="1" t="s">
+      <x:c r="A123" s="2" t="s">
         <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>24.97</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.77</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>6.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-3.64</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>28.06</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.72</x:v>
+        <x:v>26.85</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>24.33</x:v>
+        <x:v>23.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>7.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>6.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>25.1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.92</x:v>
+        <x:v>25.98</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>23.51</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>8.32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>28.08</x:v>
+        <x:v>25.81</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.73</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>24.33</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>8.32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>27.51</x:v>
+        <x:v>25.18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>26.14</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>10.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>9.66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>28.07</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.72</x:v>
+        <x:v>26.88</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>24.32</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.09</x:v>
+        <x:v>11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>9.66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>8.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.49</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.13</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.06</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>24.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.64</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.08</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.73</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>24.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>8.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.36</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.74</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>24.32</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>12.23</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>8.85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.08</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>