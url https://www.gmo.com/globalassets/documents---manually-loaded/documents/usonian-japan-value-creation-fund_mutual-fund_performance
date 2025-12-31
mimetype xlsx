--- v2 (2025-11-19)
+++ v3 (2025-12-31)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b66189faab34829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2007a70dfc94b30aedb36ec97bb5cc2.psmdcp" Id="Re656f679e0174c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2d6dde3f1a49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/633ae94631954f07bcf1891def6b572d.psmdcp" Id="Rf4488f294ab64e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -407,72 +410,72 @@
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -829,6530 +832,6572 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G112"/>
+  <x:dimension ref="A1:G113"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="62" spans="1:7">
-      <x:c r="A62" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-9.03</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-9.03</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="n">
+      <x:c r="C81" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D80" s="4" t="n">
+      <x:c r="D81" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A83" s="2" t="s"/>
+      <x:c r="B83" s="3" t="s"/>
+      <x:c r="C83" s="3" t="s"/>
+      <x:c r="D83" s="3" t="s"/>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A84" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>30.19</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>31.14</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>21.63</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-12.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B87" s="4" t="n">
+        <x:v>-12.94</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="n">
+        <x:v>-12.26</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B87" s="4" t="n">
+      <x:c r="B88" s="4" t="n">
         <x:v>-6.96</x:v>
       </x:c>
-      <x:c r="C87" s="4" t="n">
+      <x:c r="C88" s="4" t="n">
         <x:v>-6.53</x:v>
       </x:c>
-      <x:c r="D87" s="4" t="n">
+      <x:c r="D88" s="4" t="n">
         <x:v>-2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B92" s="2" t="s">
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s"/>
+      <x:c r="B93" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D92" s="3" t="s">
+      <x:c r="C93" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E92" s="3" t="s">
+      <x:c r="D93" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F92" s="3" t="s">
+      <x:c r="E93" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="G92" s="3" t="s">
+      <x:c r="F93" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A93" s="1" t="s">
+      <x:c r="G93" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B93" s="2" t="s">
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="B94" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
-      <x:c r="E93" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G93" s="4" t="n">
+      <x:c r="E94" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F94" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G94" s="4" t="n">
         <x:v>7.3</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row r="99" spans="1:7">
-      <x:c r="A99" s="2" t="s">
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B100" s="5" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B101" s="5" t="n">
         <x:v>0.8</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
-      <x:c r="A105" s="2" t="s">
+      <x:c r="A105" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
-      <x:c r="A107" s="1" t="s">
+      <x:c r="A107" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
-      <x:c r="A110" s="2" t="s">
+      <x:c r="A110" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
-      <x:c r="A112" s="1" t="s">
+      <x:c r="A112" s="2" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G103"/>
+  <x:dimension ref="A1:G104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-5.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>7.37</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-6.56</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="n">
+      <x:c r="C73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D72" s="4" t="n">
+      <x:c r="D73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A75" s="2" t="s"/>
+      <x:c r="B75" s="3" t="s"/>
+      <x:c r="C75" s="3" t="s"/>
+      <x:c r="D75" s="3" t="s"/>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A76" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>30.31</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>31.12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-12.83</x:v>
+        <x:v>21.78</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>22.58</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>-12.83</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>-12.25</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B79" s="4" t="n">
+      <x:c r="B80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C79" s="4" t="n">
+      <x:c r="C80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D79" s="4" t="n">
+      <x:c r="D80" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B84" s="2" t="s">
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C84" s="3" t="s">
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s"/>
+      <x:c r="B85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D84" s="3" t="s">
+      <x:c r="C85" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E84" s="3" t="s">
+      <x:c r="D85" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F84" s="3" t="s">
+      <x:c r="E85" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="G84" s="3" t="s">
+      <x:c r="F85" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B85" s="2" t="s">
+      <x:c r="G85" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="B86" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
-      <x:c r="E85" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G85" s="4" t="n">
+      <x:c r="E86" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F86" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G86" s="4" t="n">
         <x:v>10.68</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:7">
-      <x:c r="A91" s="2" t="s">
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B92" s="5" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B93" s="5" t="n">
         <x:v>0.68</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
-      <x:c r="A96" s="2" t="s">
-        <x:v>98</x:v>
+      <x:c r="A96" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
-      <x:c r="A98" s="1" t="s">
+      <x:c r="A98" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="2" t="s">
+      <x:c r="A101" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
-      <x:c r="A103" s="1" t="s">
+      <x:c r="A103" s="2" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G125"/>
+  <x:dimension ref="A1:G126"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.12</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-5.45</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>10.12</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>-1.96</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A71" s="2" t="s"/>
+      <x:c r="B71" s="3" t="s"/>
+      <x:c r="C71" s="3" t="s"/>
+      <x:c r="D71" s="3" t="s"/>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>17.18</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>13.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C92" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D92" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A95" s="2" t="s"/>
+      <x:c r="B95" s="3" t="s"/>
+      <x:c r="C95" s="3" t="s"/>
+      <x:c r="D95" s="3" t="s"/>
     </x:row>
     <x:row r="96" spans="1:7">
-      <x:c r="A96" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A96" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>30.45</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>31.15</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.64</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-12.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-12.73</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B100" s="4" t="n">
+      <x:c r="B101" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
-      <x:c r="C100" s="4" t="n">
+      <x:c r="C101" s="4" t="n">
         <x:v>17.03</x:v>
       </x:c>
-      <x:c r="D100" s="4" t="n">
+      <x:c r="D101" s="4" t="n">
         <x:v>12.79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="105" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B105" s="2" t="s">
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C105" s="3" t="s">
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="2" t="s"/>
+      <x:c r="B106" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D105" s="3" t="s">
+      <x:c r="C106" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E105" s="3" t="s">
+      <x:c r="D106" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F105" s="3" t="s">
+      <x:c r="E106" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="G105" s="3" t="s">
+      <x:c r="F106" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B106" s="2" t="s">
+      <x:c r="G106" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C106" s="4" t="n">
+      <x:c r="B107" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
-      <x:c r="D106" s="4" t="n">
+      <x:c r="D107" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
-      <x:c r="E106" s="4" t="n">
+      <x:c r="E107" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
-      <x:c r="F106" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="4" t="n">
+      <x:c r="F107" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G107" s="4" t="n">
         <x:v>11.45</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row r="112" spans="1:7">
-      <x:c r="A112" s="2" t="s">
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B113" s="5" t="n">
+        <x:v>0.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:7">
+      <x:c r="A114" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B114" s="5" t="n">
         <x:v>0.59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
-      <x:c r="A118" s="2" t="s">
+      <x:c r="A118" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
-      <x:c r="A120" s="1" t="s">
+      <x:c r="A120" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
-      <x:c r="A123" s="2" t="s">
+      <x:c r="A123" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
-      <x:c r="A125" s="1" t="s">
+      <x:c r="A125" s="2" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>24.97</x:v>
+        <x:v>30.19</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>27.66</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>7.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>31.14</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.85</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>23.45</x:v>
+        <x:v>20.84</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>30.31</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>25.98</x:v>
+        <x:v>27.85</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>10.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>25.81</x:v>
+        <x:v>31.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.84</x:v>
+        <x:v>28.73</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>23.46</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>25.18</x:v>
+        <x:v>30.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>26.14</x:v>
+        <x:v>28.01</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>20.15</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>11.63</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.85</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>31.15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.88</x:v>
+        <x:v>28.76</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>12.27</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.49</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.49</x:v>
+        <x:v>24.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.84</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.49</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.13</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.06</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>24.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.64</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.08</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.73</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>24.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>18.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.51</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>8.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.36</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.74</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>24.32</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>12.23</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.28</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>8.85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.08</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>19.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>11.59</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>