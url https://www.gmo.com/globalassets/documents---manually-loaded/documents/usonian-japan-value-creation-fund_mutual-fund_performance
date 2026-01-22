--- v3 (2025-12-31)
+++ v4 (2026-01-22)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2d6dde3f1a49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/633ae94631954f07bcf1891def6b572d.psmdcp" Id="Rf4488f294ab64e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97d792a94174c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98aab8b9e6b44a7da9248011d41757fb.psmdcp" Id="Rcc2268551f0340ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="145">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -206,51 +209,51 @@
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -266,143 +269,155 @@
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-I</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio is equal to the Funds Total Annual Operating Expenses set forth in the Funds most recent prospectus dated June 30, 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio reflects the reduction of expenses from fee reimbursements. The fee reimbursements will continue until at least June 30, 2026. Elimination of this reimbursement will</x:t>
   </x:si>
   <x:si>
     <x:t>result in higher fees and lower performance.</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Net Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses an index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>TOPIX (Net of dividend withholding tax) is a free-float adjusted market capitalization-weighted index that is calculated based on all the domestic common stocks listed on the TSE First</x:t>
   </x:si>
   <x:si>
     <x:t>Section.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class III</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-III</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2021</x:t>
   </x:si>
   <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/14/2020</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
@@ -410,84 +425,84 @@
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -509,73 +524,69 @@
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -832,6572 +843,6614 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G113"/>
+  <x:dimension ref="A1:G114"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-9.03</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-9.03</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C82" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D82" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A84" s="2" t="s"/>
+      <x:c r="B84" s="3" t="s"/>
+      <x:c r="C84" s="3" t="s"/>
+      <x:c r="D84" s="3" t="s"/>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A85" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>21.63</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-12.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B88" s="4" t="n">
+        <x:v>-12.94</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="n">
+        <x:v>-12.26</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B88" s="4" t="n">
+      <x:c r="B89" s="4" t="n">
         <x:v>-6.96</x:v>
       </x:c>
-      <x:c r="C88" s="4" t="n">
+      <x:c r="C89" s="4" t="n">
         <x:v>-6.53</x:v>
       </x:c>
-      <x:c r="D88" s="4" t="n">
+      <x:c r="D89" s="4" t="n">
         <x:v>-2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B93" s="2" t="s">
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C93" s="3" t="s">
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s"/>
+      <x:c r="B94" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D93" s="3" t="s">
+      <x:c r="C94" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E93" s="3" t="s">
+      <x:c r="D94" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F93" s="3" t="s">
+      <x:c r="E94" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G93" s="3" t="s">
+      <x:c r="F94" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A94" s="1" t="s">
+      <x:c r="G94" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B94" s="2" t="s">
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="E94" s="3" t="s">
+      <x:c r="B95" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <x:c r="A96" s="1" t="s">
+      <x:c r="C95" s="4" t="n">
+        <x:v>31.3</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>19.95</x:v>
+      </x:c>
+      <x:c r="E95" s="3" t="s">
         <x:v>91</x:v>
+      </x:c>
+      <x:c r="F95" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G95" s="4" t="n">
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:7">
-      <x:c r="A100" s="2" t="s">
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B101" s="5" t="n">
-[...4 lines deleted...]
-      <x:c r="A103" s="1" t="s">
+      <x:c r="B101" s="2" t="s">
         <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B102" s="2" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
-      <x:c r="A106" s="2" t="s">
-        <x:v>99</x:v>
+      <x:c r="A106" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
-      <x:c r="A108" s="1" t="s">
-        <x:v>101</x:v>
+      <x:c r="A108" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
-      <x:c r="A111" s="2" t="s">
-        <x:v>104</x:v>
+      <x:c r="A111" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
-      <x:c r="A113" s="1" t="s">
-        <x:v>106</x:v>
+      <x:c r="A113" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:7">
+      <x:c r="A114" s="1" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G104"/>
+  <x:dimension ref="A1:G105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.19</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>-4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>7.37</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>-6.56</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A77" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-12.83</x:v>
+        <x:v>21.78</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>22.58</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>-12.83</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>-12.25</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B80" s="4" t="n">
+      <x:c r="B81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="n">
+      <x:c r="C81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D80" s="4" t="n">
+      <x:c r="D81" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B85" s="2" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C85" s="3" t="s">
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s"/>
+      <x:c r="B86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D85" s="3" t="s">
+      <x:c r="C86" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E85" s="3" t="s">
+      <x:c r="D86" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F85" s="3" t="s">
+      <x:c r="E86" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G85" s="3" t="s">
+      <x:c r="F86" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-    </x:row>
-[...24 lines deleted...]
-      <x:c r="A88" s="1" t="s">
+      <x:c r="G86" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B87" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="n">
+        <x:v>31.42</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="n">
+        <x:v>20.07</x:v>
+      </x:c>
+      <x:c r="E87" s="3" t="s">
         <x:v>91</x:v>
+      </x:c>
+      <x:c r="F87" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G87" s="4" t="n">
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:7">
-      <x:c r="A92" s="2" t="s">
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B93" s="5" t="n">
-[...5 lines deleted...]
-        <x:v>96</x:v>
+      <x:c r="B93" s="2" t="s">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B94" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
-      <x:c r="A97" s="2" t="s">
-        <x:v>99</x:v>
+      <x:c r="A97" s="1" t="s">
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
-      <x:c r="A99" s="1" t="s">
-        <x:v>101</x:v>
+      <x:c r="A99" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
-      <x:c r="A102" s="2" t="s">
-        <x:v>104</x:v>
+      <x:c r="A102" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
-      <x:c r="A104" s="1" t="s">
-        <x:v>106</x:v>
+      <x:c r="A104" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="1" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G126"/>
+  <x:dimension ref="A1:G127"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.12</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-5.45</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>10.12</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-1.96</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A72" s="2" t="s"/>
+      <x:c r="B72" s="3" t="s"/>
+      <x:c r="C72" s="3" t="s"/>
+      <x:c r="D72" s="3" t="s"/>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>17.18</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>13.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B94" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="C94" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="96" spans="1:7">
-      <x:c r="A96" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A96" s="2" t="s"/>
+      <x:c r="B96" s="3" t="s"/>
+      <x:c r="C96" s="3" t="s"/>
+      <x:c r="D96" s="3" t="s"/>
     </x:row>
     <x:row r="97" spans="1:7">
-      <x:c r="A97" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A97" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-12.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-12.73</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B101" s="4" t="n">
+      <x:c r="B102" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
-      <x:c r="C101" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>17.03</x:v>
       </x:c>
-      <x:c r="D101" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>12.79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B106" s="2" t="s">
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C106" s="3" t="s">
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="2" t="s"/>
+      <x:c r="B107" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D106" s="3" t="s">
+      <x:c r="C107" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E106" s="3" t="s">
+      <x:c r="D107" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F106" s="3" t="s">
+      <x:c r="E107" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G106" s="3" t="s">
+      <x:c r="F107" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-    </x:row>
-[...24 lines deleted...]
-      <x:c r="A109" s="1" t="s">
+      <x:c r="G107" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B108" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="n">
+        <x:v>31.59</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>20.17</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="n">
+        <x:v>8.82</x:v>
+      </x:c>
+      <x:c r="F108" s="3" t="s">
         <x:v>91</x:v>
+      </x:c>
+      <x:c r="G108" s="4" t="n">
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
-    <x:row r="113" spans="1:7">
-      <x:c r="A113" s="2" t="s">
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B114" s="5" t="n">
-[...5 lines deleted...]
-        <x:v>96</x:v>
+      <x:c r="B114" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:7">
+      <x:c r="A115" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B115" s="2" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
-      <x:c r="A119" s="2" t="s">
-        <x:v>99</x:v>
+      <x:c r="A119" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
-      <x:c r="A121" s="1" t="s">
-        <x:v>101</x:v>
+      <x:c r="A121" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
-      <x:c r="A124" s="2" t="s">
-        <x:v>104</x:v>
+      <x:c r="A124" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
-      <x:c r="A126" s="1" t="s">
-        <x:v>106</x:v>
+      <x:c r="A126" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:7">
+      <x:c r="A127" s="1" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>30.19</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>27.66</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>31.14</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>28.68</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>18.77</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>0.89</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>0.8</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>30.31</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>27.85</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.07</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>31.12</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>28.73</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>18.92</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>23.51</x:v>
+        <x:v>20.07</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>0.78</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>0.68</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>30.45</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>28.01</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.17</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>8.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>31.15</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>28.76</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.87</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.19</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.84</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>8.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>20.17</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>0.69</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>0.59</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.77</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
+        <x:v>25.32</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28.06</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.72</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.33</x:v>
+        <x:v>20.88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>8.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
+        <x:v>25.32</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
-      <x:c r="F18" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>18.77</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>0.89</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>0.8</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.43</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.92</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.51</x:v>
+        <x:v>20.07</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
+        <x:v>25.32</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28.08</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.73</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.33</x:v>
+        <x:v>20.88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
+        <x:v>25.32</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
-      <x:c r="F18" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>18.92</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>23.51</x:v>
+        <x:v>20.07</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>0.78</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>0.68</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.51</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>20.17</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
+        <x:v>25.32</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>8.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28.07</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.72</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.32</x:v>
+        <x:v>20.87</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.09</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.28</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
+        <x:v>25.32</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
         <x:v>17.28</x:v>
       </x:c>
-      <x:c r="F18" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>8.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>19.02</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>20.17</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>0.69</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>0.59</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>