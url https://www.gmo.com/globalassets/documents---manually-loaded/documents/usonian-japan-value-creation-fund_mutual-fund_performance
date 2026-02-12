--- v4 (2026-01-22)
+++ v5 (2026-02-12)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97d792a94174c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98aab8b9e6b44a7da9248011d41757fb.psmdcp" Id="Rcc2268551f0340ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26a7a0c217314c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f338117471f54a6fb3fd23f4d9032b81.psmdcp" Id="R34b0cccea4814d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="145">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="149">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -209,50 +212,53 @@
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -266,51 +272,51 @@
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
@@ -431,78 +437,84 @@
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2020</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -843,6614 +855,6740 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G114"/>
+  <x:dimension ref="A1:G117"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-9.03</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-9.03</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
+        <x:v>-6.21</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-4.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
+      <x:c r="C84" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="n">
+      <x:c r="D84" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A86" s="2" t="s"/>
+      <x:c r="B86" s="3" t="s"/>
+      <x:c r="C86" s="3" t="s"/>
+      <x:c r="D86" s="3" t="s"/>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>21.63</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-12.26</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>25.64</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
+        <x:v>8.07</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>8.91</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>7.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>21.63</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>22.56</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>19.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>-12.94</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>-12.26</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B89" s="4" t="n">
+      <x:c r="B92" s="4" t="n">
         <x:v>-6.96</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="n">
+      <x:c r="C92" s="4" t="n">
         <x:v>-6.53</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="n">
+      <x:c r="D92" s="4" t="n">
         <x:v>-2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="94" spans="1:7">
-      <x:c r="A94" s="2" t="s"/>
-      <x:c r="B94" s="2" t="s">
+      <x:c r="A94" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C94" s="3" t="s">
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D94" s="3" t="s">
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="2" t="s"/>
+      <x:c r="B97" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E94" s="3" t="s">
+      <x:c r="C97" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F94" s="3" t="s">
+      <x:c r="D97" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G94" s="3" t="s">
+      <x:c r="E97" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A95" s="1" t="s">
+      <x:c r="F97" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="B95" s="2" t="s">
+      <x:c r="G97" s="3" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B98" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>31.3</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>19.95</x:v>
+      </x:c>
+      <x:c r="E98" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A99" s="1" t="s">
+      <x:c r="F98" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G98" s="4" t="n">
+        <x:v>7.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="2" t="s">
+      <x:c r="A101" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B101" s="2" t="s">
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:7">
-      <x:c r="A102" s="2" t="s">
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B102" s="2" t="s">
+      <x:c r="B104" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:7">
-      <x:c r="A104" s="1" t="s">
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A105" s="1" t="s">
+      <x:c r="B105" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:7">
-      <x:c r="A106" s="1" t="s">
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:7">
-      <x:c r="A107" s="2" t="s">
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
-    <x:row r="110" spans="1:7">
-      <x:c r="A110" s="1" t="s">
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="111" spans="1:7">
-      <x:c r="A111" s="1" t="s">
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row r="112" spans="1:7">
-      <x:c r="A112" s="2" t="s">
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:7">
+      <x:c r="A115" s="2" t="s">
         <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:7">
+      <x:c r="A116" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:7">
+      <x:c r="A117" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G105"/>
+  <x:dimension ref="A1:G108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.19</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>7.37</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>-9.15</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>-8.99</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>-13.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>-6.56</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A78" s="2" t="s"/>
+      <x:c r="B78" s="3" t="s"/>
+      <x:c r="C78" s="3" t="s"/>
+      <x:c r="D78" s="3" t="s"/>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A79" s="2" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-12.83</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>25.64</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>8.18</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>8.92</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>7.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>21.78</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>22.58</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>19.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>-12.83</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-12.25</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B81" s="4" t="n">
+      <x:c r="B84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s"/>
-      <x:c r="B86" s="2" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C86" s="3" t="s">
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D86" s="3" t="s">
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s"/>
+      <x:c r="B89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E86" s="3" t="s">
+      <x:c r="C89" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F86" s="3" t="s">
+      <x:c r="D89" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G86" s="3" t="s">
+      <x:c r="E89" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>92</x:v>
+      <x:c r="F89" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G89" s="3" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B90" s="2" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>31.42</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>20.07</x:v>
+      </x:c>
+      <x:c r="E90" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A91" s="1" t="s">
+      <x:c r="F90" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G90" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
-      <x:c r="A93" s="2" t="s">
+      <x:c r="A93" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B93" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
-      <x:c r="A94" s="2" t="s">
+      <x:c r="A94" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B94" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A96" s="1" t="s">
+      <x:c r="B96" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>102</x:v>
+      <x:c r="B97" s="2" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
-      <x:c r="A99" s="2" t="s">
-        <x:v>103</x:v>
+      <x:c r="A99" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:7">
-      <x:c r="A101" s="1" t="s">
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:7">
-      <x:c r="A102" s="1" t="s">
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:7">
-      <x:c r="A103" s="2" t="s">
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="2" t="s">
         <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G127"/>
+  <x:dimension ref="A1:G130"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>11.12</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-5.45</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>10.12</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>-1.96</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C71" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D71" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="3" t="s"/>
+      <x:c r="C73" s="3" t="s"/>
+      <x:c r="D73" s="3" t="s"/>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="2" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B95" s="4" t="n">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>17.18</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>13.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="n">
+      <x:c r="C96" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D94" s="4" t="n">
+      <x:c r="D96" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="98" spans="1:7">
-      <x:c r="A98" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A98" s="2" t="s"/>
+      <x:c r="B98" s="3" t="s"/>
+      <x:c r="C98" s="3" t="s"/>
+      <x:c r="D98" s="3" t="s"/>
     </x:row>
     <x:row r="99" spans="1:7">
-      <x:c r="A99" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A99" s="2" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-12.73</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>25.64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
+        <x:v>21.81</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="n">
+        <x:v>22.5</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="n">
+        <x:v>19.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
+        <x:v>-12.73</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="n">
+        <x:v>-12.23</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B104" s="4" t="n">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B102" s="4" t="n">
+      <x:c r="B105" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="n">
+      <x:c r="C105" s="4" t="n">
         <x:v>17.03</x:v>
       </x:c>
-      <x:c r="D102" s="4" t="n">
+      <x:c r="D105" s="4" t="n">
         <x:v>12.79</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="107" spans="1:7">
-      <x:c r="A107" s="2" t="s"/>
-      <x:c r="B107" s="2" t="s">
+      <x:c r="A107" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="s">
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D107" s="3" t="s">
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="2" t="s"/>
+      <x:c r="B110" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E107" s="3" t="s">
+      <x:c r="C110" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F107" s="3" t="s">
+      <x:c r="D110" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G107" s="3" t="s">
+      <x:c r="E110" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>92</x:v>
+      <x:c r="F110" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G110" s="3" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B111" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="n">
+        <x:v>31.59</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="n">
+        <x:v>20.17</x:v>
+      </x:c>
+      <x:c r="E111" s="4" t="n">
+        <x:v>8.82</x:v>
+      </x:c>
+      <x:c r="F111" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A112" s="1" t="s">
+      <x:c r="G111" s="4" t="n">
+        <x:v>11.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
-      <x:c r="A114" s="2" t="s">
+      <x:c r="A114" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B114" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
-      <x:c r="A115" s="2" t="s">
+      <x:c r="A115" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:7">
+      <x:c r="A117" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B115" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A117" s="1" t="s">
+      <x:c r="B117" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:7">
+      <x:c r="A118" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
-    </x:row>
-[...6 lines deleted...]
-      <x:c r="A119" s="1" t="s">
+      <x:c r="B118" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:7">
+      <x:c r="A120" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row r="120" spans="1:7">
-      <x:c r="A120" s="2" t="s">
+    <x:row r="121" spans="1:7">
+      <x:c r="A121" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
-    <x:row r="123" spans="1:7">
-      <x:c r="A123" s="1" t="s">
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="124" spans="1:7">
-      <x:c r="A124" s="1" t="s">
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row r="125" spans="1:7">
-      <x:c r="A125" s="2" t="s">
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:7">
+      <x:c r="A128" s="2" t="s">
         <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:7">
+      <x:c r="A129" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:7">
+      <x:c r="A130" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>36.52</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.95</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>8.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>32.35</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>32.35</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>1.77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>31.42</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>31.42</x:v>
+        <x:v>36.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.01</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>32.32</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>32.32</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.58</x:v>
+        <x:v>12.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>31.59</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>31.59</x:v>
+        <x:v>36.85</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>8.82</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.54</x:v>
+        <x:v>12.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>9.79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>32.36</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>32.36</x:v>
+        <x:v>37.65</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.83</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>9.45</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>13.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>9.79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>6.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>20.88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>6.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>2.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.32</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.32</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>20.88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>8.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.36</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>20.87</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>9.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>8.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>