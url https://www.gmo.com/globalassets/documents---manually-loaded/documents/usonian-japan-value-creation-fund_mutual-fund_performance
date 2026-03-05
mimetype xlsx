--- v5 (2026-02-12)
+++ v6 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26a7a0c217314c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f338117471f54a6fb3fd23f4d9032b81.psmdcp" Id="R34b0cccea4814d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ae31662a2445e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1146dafc542c4b539d1155974741f52d.psmdcp" Id="Rad88a29fb5c64918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>