--- v6 (2026-03-05)
+++ v7 (2026-03-25)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ae31662a2445e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1146dafc542c4b539d1155974741f52d.psmdcp" Id="Rad88a29fb5c64918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d8b22bf0424088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2d1cf08432f46f3bcc5cf1ed24473e4.psmdcp" Id="R3e09c17c5a71492f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class I_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="149">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
   <x:si>
     <x:t>Performance - Usonian Japan Value Creation Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/07/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Stock Price Index (TR)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -437,72 +440,72 @@
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>GMO-Usonian Japan Value Creation Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2020</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -855,6740 +858,6779 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G117"/>
+  <x:dimension ref="A1:G118"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>12.87</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>12.94</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.49</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-5.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-5.55</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>19.03</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>10.39</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-9.03</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-9.03</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>4.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>-4.76</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>32.35</x:v>
+        <x:v>19.03</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>32.35</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>25.64</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>21.63</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>22.56</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-12.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>-12.94</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>-12.26</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B92" s="4" t="n">
+      <x:c r="B93" s="4" t="n">
         <x:v>-6.96</x:v>
       </x:c>
-      <x:c r="C92" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>-6.53</x:v>
       </x:c>
-      <x:c r="D92" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>-2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B97" s="2" t="s">
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C97" s="3" t="s">
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="s"/>
+      <x:c r="B98" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D97" s="3" t="s">
+      <x:c r="C98" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E97" s="3" t="s">
+      <x:c r="D98" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F97" s="3" t="s">
+      <x:c r="E98" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G97" s="3" t="s">
+      <x:c r="F98" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A98" s="1" t="s">
+      <x:c r="G98" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B98" s="2" t="s">
+    </x:row>
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C98" s="4" t="n">
+      <x:c r="B99" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
-      <x:c r="D98" s="4" t="n">
+      <x:c r="D99" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
-      <x:c r="E98" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G98" s="4" t="n">
+      <x:c r="E99" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F99" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G99" s="4" t="n">
         <x:v>7.61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:7">
-      <x:c r="A104" s="2" t="s">
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B105" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B105" s="2" t="s">
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A107" s="1" t="s">
+      <x:c r="B106" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
-      <x:c r="A110" s="2" t="s">
+      <x:c r="A110" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
-      <x:c r="A112" s="1" t="s">
+      <x:c r="A112" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
-      <x:c r="A115" s="2" t="s">
+      <x:c r="A115" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
-      <x:c r="A117" s="1" t="s">
+      <x:c r="A117" s="2" t="s">
         <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:7">
+      <x:c r="A118" s="1" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G108"/>
+  <x:dimension ref="A1:G109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>11.08</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-5.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>-0.66</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-4.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>19.08</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>7.37</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-8.99</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-8.99</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-6.56</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A79" s="2" t="s"/>
+      <x:c r="B79" s="3" t="s"/>
+      <x:c r="C79" s="3" t="s"/>
+      <x:c r="D79" s="3" t="s"/>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A80" s="2" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>31.42</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>32.32</x:v>
+        <x:v>19.08</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>31.42</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>32.32</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>25.64</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-12.83</x:v>
+        <x:v>21.78</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>22.58</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-12.83</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-12.25</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>-15.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B84" s="4" t="n">
+      <x:c r="B85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B89" s="2" t="s">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C89" s="3" t="s">
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s"/>
+      <x:c r="B90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D89" s="3" t="s">
+      <x:c r="C90" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E89" s="3" t="s">
+      <x:c r="D90" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F89" s="3" t="s">
+      <x:c r="E90" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G89" s="3" t="s">
+      <x:c r="F90" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B90" s="2" t="s">
+      <x:c r="G90" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="B91" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D91" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
-      <x:c r="E90" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G90" s="4" t="n">
+      <x:c r="E91" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F91" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G91" s="4" t="n">
         <x:v>10.83</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:7">
-      <x:c r="A96" s="2" t="s">
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B97" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row r="99" spans="1:7">
-[...1 lines deleted...]
-        <x:v>101</x:v>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B98" s="2" t="s">
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="2" t="s">
-        <x:v>104</x:v>
+      <x:c r="A101" s="1" t="s">
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
-      <x:c r="A103" s="1" t="s">
+      <x:c r="A103" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
-      <x:c r="A106" s="2" t="s">
+      <x:c r="A106" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
-      <x:c r="A108" s="1" t="s">
+      <x:c r="A108" s="2" t="s">
         <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="1" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G130"/>
+  <x:dimension ref="A1:G131"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.800625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>12.87</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>6.33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>7.99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>11.12</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>9.66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>5.43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-4.12</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-9.58</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>-5.25</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-5.45</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-5.45</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>10.12</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-1.96</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="3" t="s"/>
+      <x:c r="C74" s="3" t="s"/>
+      <x:c r="D74" s="3" t="s"/>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>7.98</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>7.97</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>7.97</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>5.35</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>13.24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-13.95</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="n">
+        <x:v>17.18</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="n">
+        <x:v>13.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
-      <x:c r="C96" s="4" t="n">
+      <x:c r="C97" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
-      <x:c r="D96" s="4" t="n">
+      <x:c r="D97" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="99" spans="1:7">
-      <x:c r="A99" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A99" s="2" t="s"/>
+      <x:c r="B99" s="3" t="s"/>
+      <x:c r="C99" s="3" t="s"/>
+      <x:c r="D99" s="3" t="s"/>
     </x:row>
     <x:row r="100" spans="1:7">
-      <x:c r="A100" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A100" s="2" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>31.59</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>32.36</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>25.64</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>31.59</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>32.36</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>25.64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-12.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-15.22</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-12.73</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B105" s="4" t="n">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>0.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B105" s="4" t="n">
+      <x:c r="B106" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
-      <x:c r="C105" s="4" t="n">
+      <x:c r="C106" s="4" t="n">
         <x:v>17.03</x:v>
       </x:c>
-      <x:c r="D105" s="4" t="n">
+      <x:c r="D106" s="4" t="n">
         <x:v>12.79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="110" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B110" s="2" t="s">
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C110" s="3" t="s">
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s"/>
+      <x:c r="B111" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D110" s="3" t="s">
+      <x:c r="C111" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E110" s="3" t="s">
+      <x:c r="D111" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F110" s="3" t="s">
+      <x:c r="E111" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G110" s="3" t="s">
+      <x:c r="F111" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B111" s="2" t="s">
+      <x:c r="G111" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="n">
+      <x:c r="B112" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
-      <x:c r="D111" s="4" t="n">
+      <x:c r="D112" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
-      <x:c r="E111" s="4" t="n">
+      <x:c r="E112" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
-      <x:c r="F111" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="G111" s="4" t="n">
+      <x:c r="F112" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G112" s="4" t="n">
         <x:v>11.54</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row r="117" spans="1:7">
-      <x:c r="A117" s="2" t="s">
+    <x:row r="116" spans="1:7">
+      <x:c r="A116" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B118" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row r="120" spans="1:7">
-[...1 lines deleted...]
-        <x:v>101</x:v>
+    <x:row r="119" spans="1:7">
+      <x:c r="A119" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B119" s="2" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
-      <x:c r="A123" s="2" t="s">
+      <x:c r="A123" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
-      <x:c r="A125" s="1" t="s">
+      <x:c r="A125" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
-      <x:c r="A128" s="2" t="s">
+      <x:c r="A128" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
-      <x:c r="A130" s="1" t="s">
+      <x:c r="A130" s="2" t="s">
         <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:7">
+      <x:c r="A131" s="1" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>12.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>36.52</x:v>
+        <x:v>52.88</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>19.89</x:v>
+        <x:v>25.54</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.76</x:v>
+        <x:v>9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>12.94</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>19.03</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>19.03</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>37.61</x:v>
+        <x:v>54.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.83</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.53</x:v>
+        <x:v>12.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.76</x:v>
+        <x:v>9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>36.68</x:v>
+        <x:v>53.11</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.01</x:v>
+        <x:v>25.7</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>15.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.59</x:v>
+        <x:v>11.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>19.08</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>19.08</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>37.61</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.81</x:v>
+        <x:v>26.54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.77</x:v>
+        <x:v>15.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.59</x:v>
+        <x:v>11.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>12.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>36.85</x:v>
+        <x:v>53.17</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>20.13</x:v>
+        <x:v>25.79</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>10.06</x:v>
+        <x:v>12.28</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>14.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.79</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>37.65</x:v>
+        <x:v>54.06</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>20.83</x:v>
+        <x:v>26.51</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.08</x:v>
+        <x:v>15.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>15.72</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>31.08</x:v>
+        <x:v>44.71</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.79</x:v>
+        <x:v>11.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.030625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>17.38</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>6.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>5.66</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>20.88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>17.38</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>6.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>6.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>19.95</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.150625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>17.38</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.69</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.32</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.32</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>20.88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>17.38</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>6.67</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.07</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.270625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>17.38</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>5.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.79</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.14</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>32.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>32.36</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>20.87</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>9.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>25.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>17.38</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>6.72</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>6.72</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>2.76</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>31.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>20.17</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>8.82</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>