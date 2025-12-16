--- v0 (2025-11-26)
+++ v1 (2025-12-16)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4c1f89581b4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6af6e893ed2409e9ce658aded09103b.psmdcp" Id="Rea64d10ed6c94ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea005c41aa964d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54d52bd9d58d4d07a4d5b9c84d099f00.psmdcp" Id="R595976b95ef247ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Credit Ratings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
@@ -122,75 +122,75 @@
   <x:si>
     <x:t>Sectors - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>AAA CLO</x:t>
   </x:si>
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>TIPS</x:t>
   </x:si>
   <x:si>
     <x:t>UST Floaters</x:t>
   </x:si>
   <x:si>
     <x:t>UST Notes/Bills</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>4.4%</x:t>
+    <x:t>4.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
-    <x:t>4.6%</x:t>
+    <x:t>4.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -560,59 +560,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>59.7</x:v>
+        <x:v>78.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>40.3</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -731,83 +731,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>59.7</x:v>
+        <x:v>78.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>38.9</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -818,67 +818,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>