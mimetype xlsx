--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea005c41aa964d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54d52bd9d58d4d07a4d5b9c84d099f00.psmdcp" Id="R595976b95ef247ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abb4828f0a45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8435ebf6c1334536a7a838b7a03b383a.psmdcp" Id="R2b61f752010e480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Credit Ratings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 11/30/2025 (%)</x:t>