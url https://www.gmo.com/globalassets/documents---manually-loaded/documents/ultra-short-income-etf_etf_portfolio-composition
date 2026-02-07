--- v2 (2026-01-07)
+++ v3 (2026-02-07)
@@ -1,106 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abb4828f0a45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8435ebf6c1334536a7a838b7a03b383a.psmdcp" Id="R2b61f752010e480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5825df5fdc864fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3be8cc8a1ed44db6b8ba00561057401f.psmdcp" Id="R16e92eea3b3a4e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Credit Ratings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -122,51 +122,51 @@
   <x:si>
     <x:t>Sectors - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>AAA CLO</x:t>
   </x:si>
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>TIPS</x:t>
   </x:si>
   <x:si>
     <x:t>UST Floaters</x:t>
   </x:si>
   <x:si>
     <x:t>UST Notes/Bills</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
     <x:t>4.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>4.7%</x:t>
   </x:si>
@@ -560,59 +560,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>78.8</x:v>
+        <x:v>78.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -739,75 +739,75 @@
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>78.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -818,67 +818,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>