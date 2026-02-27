--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5825df5fdc864fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3be8cc8a1ed44db6b8ba00561057401f.psmdcp" Id="R16e92eea3b3a4e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd448f64c1c004bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f9d40f44a854d79a048f09e8aad4a51.psmdcp" Id="Red41d84343f54343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Credit Ratings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
@@ -122,75 +122,75 @@
   <x:si>
     <x:t>Sectors - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>AAA CLO</x:t>
   </x:si>
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>TIPS</x:t>
   </x:si>
   <x:si>
     <x:t>UST Floaters</x:t>
   </x:si>
   <x:si>
     <x:t>UST Notes/Bills</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
-    <x:t>4.3%</x:t>
+    <x:t>4.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
-    <x:t>4.7%</x:t>
+    <x:t>4.4%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -560,59 +560,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>78.9</x:v>
+        <x:v>68.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -731,83 +731,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>78.8</x:v>
+        <x:v>70.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -818,67 +818,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>