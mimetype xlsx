--- v4 (2026-02-27)
+++ v5 (2026-03-31)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd448f64c1c004bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f9d40f44a854d79a048f09e8aad4a51.psmdcp" Id="Red41d84343f54343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3891d283c7b469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90531a2428b84d21afe20733e2b97573.psmdcp" Id="R1f646e9a584e44d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Credit Ratings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
@@ -122,51 +122,51 @@
   <x:si>
     <x:t>Sectors - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>AAA CLO</x:t>
   </x:si>
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>TIPS</x:t>
   </x:si>
   <x:si>
     <x:t>UST Floaters</x:t>
   </x:si>
   <x:si>
     <x:t>UST Notes/Bills</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Yield to Worst</x:t>
   </x:si>
   <x:si>
     <x:t>4.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>4.4%</x:t>
   </x:si>
@@ -560,59 +560,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>68.5</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>31.5</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -731,83 +731,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>70.4</x:v>
+        <x:v>69.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>26.1</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -818,67 +818,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>