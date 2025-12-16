--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,207 +1,282 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98766dac0817453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ea0e8eeb4e148cbabcb376d8e27617d.psmdcp" Id="Ra503a58334704914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e64d376f0524e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba66b4487bd345a79850727cfb0f83be.psmdcp" Id="R1c0b794974454dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Holdings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 12/16/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
-    <x:t>DRYDEN SENIOR LOAN FUND DRSLF 2017 54A AR 144A</x:t>
+    <x:t>DRYDEN SENIOR LOAN FUND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26244MAW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26245MAC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US TREASURY N/B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CEC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOYA CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92945JAA1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CMH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATTALION CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07131AAM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUTTERMILK PARK CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124166AQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARES CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04009AAW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLACK DIAMOND CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09203WAN5</x:t>
   </x:si>
   <x:si>
     <x:t>26244RAF8</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...2 lines deleted...]
-    <x:t>MOUNTAIN VIEW CLO MVEW 2016 1A AR2 144A</x:t>
+    <x:t>SYMPHONY CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87154EBE9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAIN CAPITAL CREDIT CLO, LIMIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05682LBA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARVAL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14686WAW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUNTAIN VIEW CLO</x:t>
   </x:si>
   <x:si>
     <x:t>62432FAS3</x:t>
   </x:si>
   <x:si>
-    <x:t>JEFFERSON MILL CLO LTD JEFFM 2015 1A ARR 144A</x:t>
+    <x:t>TRINITAS CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89641GAY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JEFFERSON MILL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>47421MBJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>ROMARK CLO LTD RMRK 2018 2A A1R 144A</x:t>
+    <x:t>OZLM LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67111DBG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CLP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26244GAS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LCM LTD PARTNERSHIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50201QAL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TREASURY BILL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797NU7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13079WDC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CLB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENTURE CDO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92325QAA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APIDOS CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03768CAN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG US CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44933WAL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROMARK CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>77587EAL2</x:t>
   </x:si>
   <x:si>
-    <x:t>US TREASURY N/B 05/26 4.875</x:t>
-[...11 lines deleted...]
-    <x:t>US TREASURY N/B 06/26 4.625</x:t>
+    <x:t>92915CAQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTRESS CREDIT BSL LIMITED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34962HAJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67113DAW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLUEMOUNTAIN CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09629PAA4</x:t>
   </x:si>
   <x:si>
     <x:t>91282CKY6</x:t>
   </x:si>
   <x:si>
-    <x:t>US TREASURY N/B 07/26 4.375</x:t>
-[...17 lines deleted...]
-    <x:t>TCI SYMPHONY CLO TSYMP 2016 1A AR2 144A</x:t>
+    <x:t>TCI SYMPHONY CLO</x:t>
   </x:si>
   <x:si>
     <x:t>87229WAQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>VENTURE CDO LTD VENTR 2017 27A AR 144A</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>92331LBC3</x:t>
   </x:si>
   <x:si>
-    <x:t>TREASURY BILL 11/25 0.00000</x:t>
-[...5 lines deleted...]
-    <x:t>TSY INFL IX N/B 10/26 0.125</x:t>
+    <x:t>TSY INFL IX N/B</x:t>
   </x:si>
   <x:si>
     <x:t>91282CDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>TSY INFL IX N/B 07/26 0.125</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>912828S50</x:t>
   </x:si>
   <x:si>
-    <x:t>TSY INFL IX N/B 01/27 0.375</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>912828V49</x:t>
   </x:si>
   <x:si>
-    <x:t>CARLYLE GLOBAL MARKET STRATEGI CGMS 2014 2RA A1 144A</x:t>
-[...5 lines deleted...]
-    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+    <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -551,510 +626,930 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G28"/>
+  <x:dimension ref="A1:G48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="54.750625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.700625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="29.790625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="13.080625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>241420.1</x:v>
+        <x:v>292314.8</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>241490.6</x:v>
+        <x:v>292385.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="C7" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>214862.1</x:v>
+        <x:v>288400.5</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>214861.9</x:v>
+        <x:v>288651.4</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>199970.3</x:v>
+        <x:v>249000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>200068.5</x:v>
+        <x:v>250093.3</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>108823.9</x:v>
+        <x:v>255000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>108743</x:v>
+        <x:v>249999.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>60355.3</x:v>
+        <x:v>249996.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>21</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>53000</x:v>
+        <x:v>246000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>52881.6</x:v>
+        <x:v>247518.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>245924.4</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>52274.5</x:v>
+        <x:v>245877.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>245071.9</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>52228</x:v>
+        <x:v>245068.9</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>244623.9</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>52186.1</x:v>
+        <x:v>244385.6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>49000</x:v>
+        <x:v>241921.8</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>49246.9</x:v>
+        <x:v>242141.2</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>34808.6</x:v>
+        <x:v>241420.1</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>34801.7</x:v>
+        <x:v>241444.2</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28515.7</x:v>
+        <x:v>239382.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>28510</x:v>
+        <x:v>239498</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>28000</x:v>
+        <x:v>232838</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>27924.6</x:v>
+        <x:v>232895</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>17782.5</x:v>
+        <x:v>232157.3</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17639.3</x:v>
+        <x:v>232178.2</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>17569</x:v>
+        <x:v>214862.1</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>17472.7</x:v>
+        <x:v>214857.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>17433.8</x:v>
+        <x:v>214154.4</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>17249.9</x:v>
+        <x:v>214352.9</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>15007.2</x:v>
+        <x:v>199970.3</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>15004.2</x:v>
+        <x:v>200029.9</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>811.8</x:v>
+        <x:v>195378.9</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>811.8</x:v>
+        <x:v>195377.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>169000</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="n">
+        <x:v>168864.5</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="3" t="s"/>
+      <x:c r="B25" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>158051</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="n">
+        <x:v>158128.5</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="3" t="s"/>
+      <x:c r="B26" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="n">
+        <x:v>150047.4</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="3" t="s"/>
+      <x:c r="B27" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="C24" s="3" t="s">
+      <x:c r="D27" s="4" t="n">
+        <x:v>147000</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="n">
+        <x:v>146849</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="3" t="s"/>
+      <x:c r="B28" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="E24" s="4" t="n">
+      <x:c r="D28" s="4" t="n">
+        <x:v>140057.1</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="n">
+        <x:v>140200.1</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="3" t="s"/>
+      <x:c r="B29" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>139000</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="n">
+        <x:v>139639.6</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="3" t="s"/>
+      <x:c r="B30" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>125814.4</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="n">
+        <x:v>126022.4</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="3" t="s"/>
+      <x:c r="B31" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>124412.2</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F31" s="4" t="n">
+        <x:v>124439.8</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="3" t="s"/>
+      <x:c r="B32" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>117937.8</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="F32" s="4" t="n">
+        <x:v>117882.8</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="3" t="s"/>
+      <x:c r="B33" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>108823.9</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="F33" s="4" t="n">
+        <x:v>108763.4</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="3" t="s"/>
+      <x:c r="B34" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>106327.9</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="F34" s="4" t="n">
+        <x:v>106339</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="3" t="s"/>
+      <x:c r="B35" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>100000</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="F35" s="4" t="n">
+        <x:v>99903.9</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="3" t="s"/>
+      <x:c r="B36" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>65365.2</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="F36" s="4" t="n">
+        <x:v>65364.8</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="3" t="s"/>
+      <x:c r="B37" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>61827.6</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F37" s="4" t="n">
+        <x:v>61842.6</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="3" t="s"/>
+      <x:c r="B38" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>56000</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="F38" s="4" t="n">
+        <x:v>56299.7</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="3" t="s"/>
+      <x:c r="B39" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>34808.6</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="n">
+        <x:v>34836.2</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="3" t="s"/>
+      <x:c r="B40" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>28515.7</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>28521.1</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="3" t="s"/>
+      <x:c r="B41" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>17850.8</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="n">
+        <x:v>17692.5</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="3" t="s"/>
+      <x:c r="B42" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>17636.3</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F42" s="4" t="n">
+        <x:v>17543.2</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="3" t="s"/>
+      <x:c r="B43" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>17500.7</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="n">
+        <x:v>17296.7</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="3" t="s"/>
+      <x:c r="B44" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>1739.2</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F24" s="4" t="n">
-[...18 lines deleted...]
-        <x:v>52</x:v>
+      <x:c r="F44" s="4" t="n">
+        <x:v>1739.2</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>