--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -1,252 +1,282 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e64d376f0524e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba66b4487bd345a79850727cfb0f83be.psmdcp" Id="R1c0b794974454dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273504ba39cd49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/623066a23c92461d8f576aec1e93bea0.psmdcp" Id="R695506fb58c94f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Holdings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/16/2025 (%)</x:t>
+    <x:t>As of 01/06/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>REGATTA XX FUNDING LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75884YAJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MADISON PARK FUNDING LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55818RBL9</x:t>
+  </x:si>
+  <x:si>
     <x:t>DRYDEN SENIOR LOAN FUND</x:t>
   </x:si>
   <x:si>
     <x:t>26244MAW2</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26245MAC5</x:t>
   </x:si>
   <x:si>
     <x:t>US TREASURY N/B</x:t>
   </x:si>
   <x:si>
+    <x:t>91282CEC1</x:t>
+  </x:si>
+  <x:si>
     <x:t>91282CLS8</x:t>
   </x:si>
   <x:si>
-    <x:t>91282CEC1</x:t>
+    <x:t>91282CMH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATTALION CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07131AAM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUTTERMILK PARK CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124166AQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARES CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04009AAW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLACK DIAMOND CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09203WAN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26244RAF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYMPHONY CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87154EBE9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAIN CAPITAL CREDIT CLO, LIMIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05682LBA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARVAL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14686WAW1</x:t>
   </x:si>
   <x:si>
     <x:t>VOYA CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>92945JAA1</x:t>
   </x:si>
   <x:si>
-    <x:t>91282CMH1</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>MOUNTAIN VIEW CLO</x:t>
   </x:si>
   <x:si>
     <x:t>62432FAS3</x:t>
   </x:si>
   <x:si>
     <x:t>TRINITAS CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>89641GAY8</x:t>
   </x:si>
   <x:si>
     <x:t>JEFFERSON MILL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>47421MBJ1</x:t>
   </x:si>
   <x:si>
     <x:t>OZLM LTD</x:t>
   </x:si>
   <x:si>
     <x:t>67111DBG0</x:t>
   </x:si>
   <x:si>
     <x:t>91282CLP4</x:t>
   </x:si>
   <x:si>
     <x:t>26244GAS4</x:t>
   </x:si>
   <x:si>
     <x:t>LCM LTD PARTNERSHIP</x:t>
   </x:si>
   <x:si>
     <x:t>50201QAL8</x:t>
   </x:si>
   <x:si>
+    <x:t>US TREASURY FRN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CPG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUND POINT CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83608GAN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13079WDC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CLB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENTURE CDO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92325QAA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APIDOS CLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03768CAN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG US CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44933WAL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROMARK CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77587EAL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92915CAQ7</x:t>
+  </x:si>
+  <x:si>
     <x:t>TREASURY BILL</x:t>
   </x:si>
   <x:si>
-    <x:t>912797NU7</x:t>
-[...32 lines deleted...]
-    <x:t>92915CAQ7</x:t>
+    <x:t>912797SQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797SC2</x:t>
   </x:si>
   <x:si>
     <x:t>FORTRESS CREDIT BSL LIMITED</x:t>
   </x:si>
   <x:si>
     <x:t>34962HAJ6</x:t>
   </x:si>
   <x:si>
     <x:t>67113DAW4</x:t>
   </x:si>
   <x:si>
     <x:t>BLUEMOUNTAIN CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>09629PAA4</x:t>
   </x:si>
   <x:si>
     <x:t>91282CKY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797RK5</x:t>
   </x:si>
   <x:si>
     <x:t>TCI SYMPHONY CLO</x:t>
   </x:si>
   <x:si>
     <x:t>87229WAQ4</x:t>
   </x:si>
   <x:si>
     <x:t>92331LBC3</x:t>
   </x:si>
   <x:si>
     <x:t>TSY INFL IX N/B</x:t>
   </x:si>
   <x:si>
     <x:t>91282CDC2</x:t>
   </x:si>
   <x:si>
     <x:t>912828S50</x:t>
   </x:si>
   <x:si>
     <x:t>912828V49</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
@@ -626,51 +656,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G48"/>
+  <x:dimension ref="A1:G54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.790625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.080625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -683,873 +713,999 @@
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>292314.8</x:v>
+        <x:v>432857.1</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>292385.5</x:v>
+        <x:v>432861.9</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>288400.5</x:v>
+        <x:v>387298.3</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>288651.4</x:v>
+        <x:v>387419.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>249000</x:v>
+        <x:v>292314.8</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>250093.3</x:v>
+        <x:v>292366.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>255000</x:v>
+        <x:v>288400.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>249999.6</x:v>
+        <x:v>288593.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>250000</x:v>
+        <x:v>255000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>249996.3</x:v>
+        <x:v>250368.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>246000</x:v>
+        <x:v>249000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>247518.3</x:v>
+        <x:v>250083.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>245924.4</x:v>
+        <x:v>246000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>245877.2</x:v>
+        <x:v>247537.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>245071.9</x:v>
+        <x:v>245924.4</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>245068.9</x:v>
+        <x:v>245766.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>244623.9</x:v>
+        <x:v>245071.9</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>244385.6</x:v>
+        <x:v>245072.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>241921.8</x:v>
+        <x:v>244623.9</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>242141.2</x:v>
+        <x:v>244450.4</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>241420.1</x:v>
+        <x:v>241921.8</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>241444.2</x:v>
+        <x:v>242065.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>239382.6</x:v>
+        <x:v>241420.1</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>239498</x:v>
+        <x:v>241432.2</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>232838</x:v>
+        <x:v>239382.6</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>232895</x:v>
+        <x:v>239445.3</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>232157.3</x:v>
+        <x:v>232838</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>232178.2</x:v>
+        <x:v>232884.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>214862.1</x:v>
+        <x:v>232157.3</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>214857.4</x:v>
+        <x:v>232176.5</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>214154.4</x:v>
+        <x:v>229166.7</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>214352.9</x:v>
+        <x:v>229166.4</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>199970.3</x:v>
+        <x:v>214862.1</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>200029.9</x:v>
+        <x:v>214865.4</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>195378.9</x:v>
+        <x:v>214154.4</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>195377.3</x:v>
+        <x:v>214324.2</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>199970.3</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>168864.5</x:v>
+        <x:v>200014.9</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>158051</x:v>
+        <x:v>195378.9</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>158128.5</x:v>
+        <x:v>195379.3</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>150000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>150047.4</x:v>
+        <x:v>168907.6</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>147000</x:v>
+        <x:v>158051</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>146849</x:v>
+        <x:v>158112.3</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>140057.1</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>140200.1</x:v>
+        <x:v>150041</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>149000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>139639.6</x:v>
+        <x:v>149109.5</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>125814.4</x:v>
+        <x:v>142471</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>126022.4</x:v>
+        <x:v>142496.9</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>124412.2</x:v>
+        <x:v>140057.1</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>124439.8</x:v>
+        <x:v>140163.7</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>117937.8</x:v>
+        <x:v>139000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>117882.8</x:v>
+        <x:v>139624.9</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>108823.9</x:v>
+        <x:v>125814.4</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>108763.4</x:v>
+        <x:v>125974.7</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>106327.9</x:v>
+        <x:v>124412.2</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>106339</x:v>
+        <x:v>124426.9</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>117937.8</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>99903.9</x:v>
+        <x:v>117897.7</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>65365.2</x:v>
+        <x:v>108823.9</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>65364.8</x:v>
+        <x:v>108779.2</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>61827.6</x:v>
+        <x:v>106327.9</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>61842.6</x:v>
+        <x:v>106335.1</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>56299.7</x:v>
+        <x:v>100653.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>34808.6</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>34836.2</x:v>
+        <x:v>100225.4</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>28515.7</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>28521.1</x:v>
+        <x:v>99921.4</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>17850.8</x:v>
+        <x:v>65365.2</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>17692.5</x:v>
+        <x:v>65365.5</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>17636.3</x:v>
+        <x:v>61827.6</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>17543.2</x:v>
+        <x:v>61853</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>17500.7</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>17296.7</x:v>
+        <x:v>56288.8</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>1739.2</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>1739.2</x:v>
+        <x:v>54875.5</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>34808.6</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="n">
+        <x:v>34827.7</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="s">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="3" t="s">
-        <x:v>75</x:v>
+      <x:c r="A46" s="3" t="s"/>
+      <x:c r="B46" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>28515.7</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="n">
+        <x:v>28517.8</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="s">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="3" t="s">
-        <x:v>76</x:v>
+      <x:c r="A47" s="3" t="s"/>
+      <x:c r="B47" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>17860.4</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="n">
+        <x:v>17722.4</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="s">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="1" t="s">
-        <x:v>77</x:v>
+      <x:c r="A48" s="3" t="s"/>
+      <x:c r="B48" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>17645.9</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="n">
+        <x:v>17569.2</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="3" t="s"/>
+      <x:c r="B49" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>17510.2</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="n">
+        <x:v>17316.3</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="3" t="s"/>
+      <x:c r="B50" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>9840.2</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="n">
+        <x:v>9840.2</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="1" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>