--- v2 (2026-01-07)
+++ v3 (2026-02-07)
@@ -1,312 +1,360 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273504ba39cd49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/623066a23c92461d8f576aec1e93bea0.psmdcp" Id="R695506fb58c94f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10370eeb1d5841c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c789cd52f594dfb96608c5920257c6f.psmdcp" Id="R00adaa690ad442e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <x:si>
     <x:t>Holdings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/06/2026 (%)</x:t>
+    <x:t>As of 02/06/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>VENTURE CDO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92330EAP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US TREASURY N/B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CEC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CNV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CMH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CPL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELMWOOD CLO X LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29002VAU2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORTHWOODS CAPITAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66860CAL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIND RIVER CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97316LAJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKFORD TOWER CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77341GAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRYDEN SENIOR LOAN FUND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26244GAS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOYA CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92917RAL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG US CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44933WAL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US TREASURY FRN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CPG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26252NAW9</x:t>
+  </x:si>
+  <x:si>
     <x:t>REGATTA XX FUNDING LTD</x:t>
   </x:si>
   <x:si>
     <x:t>75884YAJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
+    <x:t>CANYON CAPITAL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13876GAJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUND POINT CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83607EAA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83608GAQ9</x:t>
   </x:si>
   <x:si>
     <x:t>MADISON PARK FUNDING LTD</x:t>
   </x:si>
   <x:si>
     <x:t>55818RBL9</x:t>
   </x:si>
   <x:si>
-    <x:t>DRYDEN SENIOR LOAN FUND</x:t>
+    <x:t>CARVAL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14686WAW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATTALION CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07131AAM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92945JAA1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAIN CAPITAL CREDIT CLO, LIMIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05682LBA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83609GBN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37 CAPITAL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88429RAL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUNTAIN VIEW CLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62432FAS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRINITAS CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89641GAY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26245MAC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TREASURY BILL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797SM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZLM LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67111DBG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LCM LTD PARTNERSHIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50201QAL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TB3</x:t>
   </x:si>
   <x:si>
     <x:t>26244MAW2</x:t>
   </x:si>
   <x:si>
-    <x:t>26245MAC5</x:t>
-[...23 lines deleted...]
-    <x:t>124166AQ2</x:t>
+    <x:t>JEFFERSON MILL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47421MBJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYMPHONY CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87166VAW8</x:t>
   </x:si>
   <x:si>
     <x:t>ARES CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>04009AAW0</x:t>
   </x:si>
   <x:si>
+    <x:t>13079WDC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92332NBC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797PM3</x:t>
+  </x:si>
+  <x:si>
     <x:t>BLACK DIAMOND CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>09203WAN5</x:t>
   </x:si>
   <x:si>
+    <x:t>92325QAA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTRESS CREDIT BSL LIMITED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34962HAJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CKY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROMARK CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77587EAL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCI SYMPHONY CLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87232BAF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67113DAW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLUEMOUNTAIN CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09629PAA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APIDOS CLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03768CAN9</x:t>
+  </x:si>
+  <x:si>
     <x:t>26244RAF8</x:t>
   </x:si>
   <x:si>
-    <x:t>SYMPHONY CLO LTD</x:t>
-[...98 lines deleted...]
-    <x:t>77587EAL2</x:t>
+    <x:t>87229WAQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSY INFL IX N/B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CDC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912828S50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912828V49</x:t>
   </x:si>
   <x:si>
     <x:t>92915CAQ7</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -656,1056 +704,1287 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G54"/>
+  <x:dimension ref="A1:G65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.790625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="13.080625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>432857.1</x:v>
+        <x:v>747364.5</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>432861.9</x:v>
+        <x:v>748177.7</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>387298.3</x:v>
+        <x:v>664000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>387419.1</x:v>
+        <x:v>652823.7</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>292314.8</x:v>
+        <x:v>647000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>292366.5</x:v>
+        <x:v>648440.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>288400.5</x:v>
+        <x:v>609000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>288593.5</x:v>
+        <x:v>612552.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>255000</x:v>
+        <x:v>570000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>250368.2</x:v>
+        <x:v>572061.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="C11" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>249000</x:v>
+        <x:v>557000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>250083.5</x:v>
+        <x:v>556064.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>246000</x:v>
+        <x:v>550375</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>247537.8</x:v>
+        <x:v>550363.4</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C13" s="3" t="s">
+      <x:c r="D13" s="4" t="n">
+        <x:v>511513.2</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="n">
+        <x:v>511513.2</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>245071.9</x:v>
+        <x:v>500511.8</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>245072.4</x:v>
+        <x:v>501151.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>244623.9</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>244450.4</x:v>
+        <x:v>500488.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>241921.8</x:v>
+        <x:v>499966</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>242065.5</x:v>
+        <x:v>500406.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>241420.1</x:v>
+        <x:v>498701.4</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>241432.2</x:v>
+        <x:v>498938.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>239382.6</x:v>
+        <x:v>461685.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>239445.3</x:v>
+        <x:v>462142.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>232838</x:v>
+        <x:v>408012.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>232884.5</x:v>
+        <x:v>408116.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>232157.3</x:v>
+        <x:v>390000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>232176.5</x:v>
+        <x:v>390763.5</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>229166.7</x:v>
+        <x:v>350319.4</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>229166.4</x:v>
+        <x:v>350660.3</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>214862.1</x:v>
+        <x:v>346285.7</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>214865.4</x:v>
+        <x:v>346287.1</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>214154.4</x:v>
+        <x:v>290431.1</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>214324.2</x:v>
+        <x:v>290538.5</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>199970.3</x:v>
+        <x:v>267616.7</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>200014.9</x:v>
+        <x:v>267946.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C25" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>195378.9</x:v>
+        <x:v>229520.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>195379.3</x:v>
+        <x:v>229768.4</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>220938</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>168907.6</x:v>
+        <x:v>221182.1</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>158051</x:v>
+        <x:v>211047.4</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>158112.3</x:v>
+        <x:v>211150.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>150000</x:v>
+        <x:v>208367.6</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>150041</x:v>
+        <x:v>208379.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>149000</x:v>
+        <x:v>208333.3</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>149109.5</x:v>
+        <x:v>208333.5</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>142471</x:v>
+        <x:v>206984.3</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>142496.9</x:v>
+        <x:v>207136.8</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>140057.1</x:v>
+        <x:v>201906.4</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>140163.7</x:v>
+        <x:v>202048.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>139624.9</x:v>
+        <x:v>200015.8</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>125814.4</x:v>
+        <x:v>191401.2</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>125974.7</x:v>
+        <x:v>191456.9</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>124412.2</x:v>
+        <x:v>178025</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>124426.9</x:v>
+        <x:v>178148.4</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>117937.8</x:v>
+        <x:v>177484.7</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>117897.7</x:v>
+        <x:v>177799</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>108823.9</x:v>
+        <x:v>165000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>108779.2</x:v>
+        <x:v>163752.6</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>106327.9</x:v>
+        <x:v>161586</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>106335.1</x:v>
+        <x:v>161236.3</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>101000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>100653.6</x:v>
+        <x:v>150108.8</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>101000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>100225.4</x:v>
+        <x:v>149199.9</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>144060</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>99921.4</x:v>
+        <x:v>144166.6</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>65365.2</x:v>
+        <x:v>113863.5</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>65365.5</x:v>
+        <x:v>113951.8</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>61827.6</x:v>
+        <x:v>105736.5</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>61853</x:v>
+        <x:v>106061.6</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>104100.2</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>56288.8</x:v>
+        <x:v>104063.7</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>100664.2</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>54875.5</x:v>
+        <x:v>100849.8</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>34808.6</x:v>
+        <x:v>98305</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>34827.7</x:v>
+        <x:v>98370.1</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>28515.7</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>28517.8</x:v>
+        <x:v>84890</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>17860.4</x:v>
+        <x:v>81198.4</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>17722.4</x:v>
+        <x:v>81313.4</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>17645.9</x:v>
+        <x:v>80264.7</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>17569.2</x:v>
+        <x:v>80377.7</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>17510.2</x:v>
+        <x:v>71118.9</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>17316.3</x:v>
+        <x:v>71126.2</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9840.2</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="n">
+        <x:v>56213.9</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="3" t="s"/>
+      <x:c r="B51" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>54894.2</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F51" s="4" t="n">
+        <x:v>54895.4</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="3" t="s"/>
+      <x:c r="B52" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>49751.1</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="n">
+        <x:v>49734.3</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="3" t="s"/>
+      <x:c r="B53" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>41345</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="n">
+        <x:v>41360.5</x:v>
+      </x:c>
+      <x:c r="G53" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="3" t="s"/>
+      <x:c r="B54" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>36531.9</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="n">
+        <x:v>36573.5</x:v>
+      </x:c>
+      <x:c r="G54" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="3" t="s"/>
+      <x:c r="B55" s="3" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>29903.4</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="n">
+        <x:v>29918.3</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="3" t="s"/>
+      <x:c r="B56" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C56" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>25080.7</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F56" s="4" t="n">
+        <x:v>25088.3</x:v>
+      </x:c>
+      <x:c r="G56" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="3" t="s"/>
+      <x:c r="B57" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>19518.2</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
-      <x:c r="F50" s="4" t="n">
-[...18 lines deleted...]
-        <x:v>87</x:v>
+      <x:c r="F57" s="4" t="n">
+        <x:v>19547.8</x:v>
+      </x:c>
+      <x:c r="G57" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="3" t="s"/>
+      <x:c r="B58" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C58" s="3" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>17791.5</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="n">
+        <x:v>17774.9</x:v>
+      </x:c>
+      <x:c r="G58" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="3" t="s"/>
+      <x:c r="B59" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>17577.8</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="n">
+        <x:v>17618.3</x:v>
+      </x:c>
+      <x:c r="G59" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="3" t="s"/>
+      <x:c r="B60" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C60" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>17442.6</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="n">
+        <x:v>17361.6</x:v>
+      </x:c>
+      <x:c r="G60" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="3" t="s"/>
+      <x:c r="B61" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>7424.6</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="n">
+        <x:v>7427.3</x:v>
+      </x:c>
+      <x:c r="G61" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="3" t="s">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="3" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>