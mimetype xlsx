--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10370eeb1d5841c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c789cd52f594dfb96608c5920257c6f.psmdcp" Id="R00adaa690ad442e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd07c1a289884f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fb191821a35427eb29e54a16130da2e.psmdcp" Id="R840fa3555adf45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
   <x:si>
     <x:t>Holdings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/06/2026 (%)</x:t>
+    <x:t>As of 02/27/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>VENTURE CDO LTD</x:t>
   </x:si>
@@ -70,108 +70,102 @@
   <x:si>
     <x:t>US TREASURY N/B</x:t>
   </x:si>
   <x:si>
     <x:t>91282CEC1</x:t>
   </x:si>
   <x:si>
     <x:t>91282CNV9</x:t>
   </x:si>
   <x:si>
     <x:t>91282CMH1</x:t>
   </x:si>
   <x:si>
     <x:t>91282CLS8</x:t>
   </x:si>
   <x:si>
     <x:t>91282CPL9</x:t>
   </x:si>
   <x:si>
     <x:t>ELMWOOD CLO X LTD</x:t>
   </x:si>
   <x:si>
     <x:t>29002VAU2</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR</x:t>
-[...5 lines deleted...]
-    <x:t>Short Term</x:t>
+    <x:t>WIND RIVER CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97316LAJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOYA CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92917RAL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKFORD TOWER CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77341GAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG US CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44933WAL3</x:t>
   </x:si>
   <x:si>
     <x:t>NORTHWOODS CAPITAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>66860CAL7</x:t>
   </x:si>
   <x:si>
-    <x:t>WIND RIVER CLO LTD</x:t>
-[...8 lines deleted...]
-    <x:t>77341GAS9</x:t>
+    <x:t>US TREASURY FRN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CPG0</x:t>
   </x:si>
   <x:si>
     <x:t>DRYDEN SENIOR LOAN FUND</x:t>
   </x:si>
   <x:si>
     <x:t>26244GAS4</x:t>
   </x:si>
   <x:si>
-    <x:t>VOYA CLO LTD</x:t>
-[...14 lines deleted...]
-    <x:t>91282CPG0</x:t>
+    <x:t>REGATTA XX FUNDING LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75884YAJ7</x:t>
   </x:si>
   <x:si>
     <x:t>26252NAW9</x:t>
   </x:si>
   <x:si>
-    <x:t>REGATTA XX FUNDING LTD</x:t>
-[...2 lines deleted...]
-    <x:t>75884YAJ7</x:t>
+    <x:t>77342KAA8</x:t>
   </x:si>
   <x:si>
     <x:t>CANYON CAPITAL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>13876GAJ7</x:t>
   </x:si>
   <x:si>
     <x:t>SOUND POINT CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>83607EAA0</x:t>
   </x:si>
   <x:si>
     <x:t>83608GAQ9</x:t>
   </x:si>
   <x:si>
     <x:t>MADISON PARK FUNDING LTD</x:t>
   </x:si>
   <x:si>
     <x:t>55818RBL9</x:t>
   </x:si>
   <x:si>
     <x:t>CARVAL CLO LTD</x:t>
   </x:si>
@@ -196,108 +190,117 @@
   <x:si>
     <x:t>83609GBN4</x:t>
   </x:si>
   <x:si>
     <x:t>37 CAPITAL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>88429RAL2</x:t>
   </x:si>
   <x:si>
     <x:t>MOUNTAIN VIEW CLO</x:t>
   </x:si>
   <x:si>
     <x:t>62432FAS3</x:t>
   </x:si>
   <x:si>
     <x:t>TRINITAS CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>89641GAY8</x:t>
   </x:si>
   <x:si>
     <x:t>26245MAC5</x:t>
   </x:si>
   <x:si>
+    <x:t>GREYWOLF CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39809CAY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZLM LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67111DBG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LCM LTD PARTNERSHIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50201QAL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26244MAW2</x:t>
+  </x:si>
+  <x:si>
     <x:t>TREASURY BILL</x:t>
   </x:si>
   <x:si>
+    <x:t>912797TB3</x:t>
+  </x:si>
+  <x:si>
     <x:t>912797SM0</x:t>
   </x:si>
   <x:si>
-    <x:t>OZLM LTD</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>JEFFERSON MILL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>47421MBJ1</x:t>
   </x:si>
   <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
     <x:t>SYMPHONY CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>87166VAW8</x:t>
   </x:si>
   <x:si>
-    <x:t>ARES CLO LTD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13079WDC9</x:t>
   </x:si>
   <x:si>
     <x:t>92332NBC8</x:t>
   </x:si>
   <x:si>
-    <x:t>912797PM3</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BLACK DIAMOND CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>09203WAN5</x:t>
   </x:si>
   <x:si>
     <x:t>92325QAA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797UB1</x:t>
   </x:si>
   <x:si>
     <x:t>FORTRESS CREDIT BSL LIMITED</x:t>
   </x:si>
   <x:si>
     <x:t>34962HAJ6</x:t>
   </x:si>
   <x:si>
     <x:t>91282CKY6</x:t>
   </x:si>
   <x:si>
     <x:t>ROMARK CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>77587EAL2</x:t>
   </x:si>
   <x:si>
     <x:t>TCI SYMPHONY CLO</x:t>
   </x:si>
   <x:si>
     <x:t>87232BAF9</x:t>
   </x:si>
   <x:si>
     <x:t>67113DAW4</x:t>
   </x:si>
@@ -704,51 +707,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G65"/>
+  <x:dimension ref="A1:G66"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.790625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -764,1227 +767,1248 @@
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>747364.5</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>748177.7</x:v>
+        <x:v>748005</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>664000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>652823.7</x:v>
+        <x:v>653054.4</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>647000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>648440.6</x:v>
+        <x:v>648314.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>609000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>612552.5</x:v>
+        <x:v>611985.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>570000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>572061.8</x:v>
+        <x:v>571745.6</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>557000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>556064.4</x:v>
+        <x:v>556151.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>550375</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>550363.4</x:v>
+        <x:v>550356.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>511513.2</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>511513.2</x:v>
+        <x:v>500444</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="C14" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>500511.8</x:v>
+        <x:v>461685.3</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>501151.4</x:v>
+        <x:v>462051.8</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="C15" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>500000</x:v>
+        <x:v>434677.5</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>500488.5</x:v>
+        <x:v>435372.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>499966</x:v>
+        <x:v>408012.4</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>500406.5</x:v>
+        <x:v>408080.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C17" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>498701.4</x:v>
+        <x:v>403789.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>498938.8</x:v>
+        <x:v>404819.3</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C18" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>461685.3</x:v>
+        <x:v>390000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>462142.8</x:v>
+        <x:v>390821</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C19" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>408012.4</x:v>
+        <x:v>370133.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>408116.1</x:v>
+        <x:v>370500.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C20" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>390000</x:v>
+        <x:v>346285.7</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>390763.5</x:v>
+        <x:v>346283</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>350319.4</x:v>
+        <x:v>303946.7</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>350660.3</x:v>
+        <x:v>304489.2</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>346285.7</x:v>
+        <x:v>290664.1</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>346287.1</x:v>
+        <x:v>290909.1</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>290431.1</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>290538.5</x:v>
+        <x:v>290510.1</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>267616.7</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>267946.2</x:v>
+        <x:v>267892.6</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>229520.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>229768.4</x:v>
+        <x:v>229726.7</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>220938</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>221182.1</x:v>
+        <x:v>221123.6</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>211047.4</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>211150.4</x:v>
+        <x:v>211131.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>208367.6</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>208379.7</x:v>
+        <x:v>208374.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>208333.3</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>208333.5</x:v>
+        <x:v>208330.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>206984.3</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>207136.8</x:v>
+        <x:v>207113.8</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>201906.4</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>202048.4</x:v>
+        <x:v>202021.1</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>200000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>200015.8</x:v>
+        <x:v>200012.8</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>191401.2</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>191456.9</x:v>
+        <x:v>191401.2</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>178025</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>178148.4</x:v>
+        <x:v>178130</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>177484.7</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>177799</x:v>
+        <x:v>177746.8</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>165000</x:v>
+        <x:v>163912.8</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>163752.6</x:v>
+        <x:v>164092.6</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>161586</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>161236.3</x:v>
+        <x:v>161661.8</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>150108.8</x:v>
+        <x:v>150092.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>150000</x:v>
+        <x:v>144060</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>149199.9</x:v>
+        <x:v>144148.1</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>144060</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>144166.6</x:v>
+        <x:v>114629.4</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>113863.5</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>113951.8</x:v>
+        <x:v>114365.2</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>105736.5</x:v>
+        <x:v>113863.5</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>106061.6</x:v>
+        <x:v>113924.8</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>104100.2</x:v>
+        <x:v>106058.6</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>104063.7</x:v>
+        <x:v>106058.6</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>100664.2</x:v>
+        <x:v>105736.5</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>100849.8</x:v>
+        <x:v>106015.2</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>98305</x:v>
+        <x:v>100664.2</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>98370.1</x:v>
+        <x:v>100805.5</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>98305</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>84890</x:v>
+        <x:v>98359.9</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>81198.4</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>81313.4</x:v>
+        <x:v>81282.1</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>80264.7</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>80377.7</x:v>
+        <x:v>80413.7</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C49" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>71118.9</x:v>
+        <x:v>76000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>71126.2</x:v>
+        <x:v>75121.2</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>71118.9</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>56213.9</x:v>
+        <x:v>71124.2</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>54894.2</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>54895.4</x:v>
+        <x:v>56174.7</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C52" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>49751.1</x:v>
+        <x:v>54894.2</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>49734.3</x:v>
+        <x:v>54894</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>41345</x:v>
+        <x:v>49751.1</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>41360.5</x:v>
+        <x:v>49774.9</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C54" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>36531.9</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>36573.5</x:v>
+        <x:v>41355.4</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>29903.4</x:v>
+        <x:v>36531.9</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>29918.3</x:v>
+        <x:v>36567.3</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>25080.7</x:v>
+        <x:v>29903.4</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>25088.3</x:v>
+        <x:v>29912.5</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>19518.2</x:v>
+        <x:v>25080.7</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>19547.8</x:v>
+        <x:v>25085.7</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C58" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C58" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>17791.5</x:v>
+        <x:v>19518.2</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>17774.9</x:v>
+        <x:v>19539.6</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>17577.8</x:v>
+        <x:v>17788.7</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>17618.3</x:v>
+        <x:v>17812.1</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>17442.6</x:v>
+        <x:v>17575.1</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>17361.6</x:v>
+        <x:v>17658.1</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>7424.6</x:v>
+        <x:v>17439.9</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>7427.3</x:v>
+        <x:v>17386.2</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-      <x:c r="A63" s="3" t="s">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="3" t="s"/>
+      <x:c r="B62" s="3" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C62" s="3" t="s">
         <x:v>101</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>7424.6</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="n">
+        <x:v>7426.4</x:v>
+      </x:c>
+      <x:c r="G62" s="3" t="s">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="1" t="s">
+      <x:c r="A65" s="3" t="s">
         <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>