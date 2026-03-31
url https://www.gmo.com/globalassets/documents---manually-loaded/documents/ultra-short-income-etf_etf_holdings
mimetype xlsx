--- v4 (2026-02-27)
+++ v5 (2026-03-31)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd07c1a289884f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fb191821a35427eb29e54a16130da2e.psmdcp" Id="R840fa3555adf45f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e64a4094fa4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f37be095fed48f8a300709832136936.psmdcp" Id="R79facbe2097c447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
   <x:si>
     <x:t>Holdings - Ultra-Short Income ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/27/2026 (%)</x:t>
+    <x:t>As of 03/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>VENTURE CDO LTD</x:t>
   </x:si>
@@ -130,231 +130,237 @@
   <x:si>
     <x:t>DRYDEN SENIOR LOAN FUND</x:t>
   </x:si>
   <x:si>
     <x:t>26244GAS4</x:t>
   </x:si>
   <x:si>
     <x:t>REGATTA XX FUNDING LTD</x:t>
   </x:si>
   <x:si>
     <x:t>75884YAJ7</x:t>
   </x:si>
   <x:si>
     <x:t>26252NAW9</x:t>
   </x:si>
   <x:si>
     <x:t>77342KAA8</x:t>
   </x:si>
   <x:si>
     <x:t>CANYON CAPITAL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>13876GAJ7</x:t>
   </x:si>
   <x:si>
+    <x:t>MOUNTAIN VIEW CLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62432FAV6</x:t>
+  </x:si>
+  <x:si>
     <x:t>SOUND POINT CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>83607EAA0</x:t>
   </x:si>
   <x:si>
     <x:t>83608GAQ9</x:t>
   </x:si>
   <x:si>
     <x:t>MADISON PARK FUNDING LTD</x:t>
   </x:si>
   <x:si>
     <x:t>55818RBL9</x:t>
   </x:si>
   <x:si>
     <x:t>CARVAL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>14686WAW1</x:t>
   </x:si>
   <x:si>
+    <x:t>92945JAA1</x:t>
+  </x:si>
+  <x:si>
     <x:t>BATTALION CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>07131AAM6</x:t>
   </x:si>
   <x:si>
-    <x:t>92945JAA1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BAIN CAPITAL CREDIT CLO, LIMIT</x:t>
   </x:si>
   <x:si>
     <x:t>05682LBA4</x:t>
   </x:si>
   <x:si>
     <x:t>83609GBN4</x:t>
   </x:si>
   <x:si>
     <x:t>37 CAPITAL CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>88429RAL2</x:t>
   </x:si>
   <x:si>
-    <x:t>MOUNTAIN VIEW CLO</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>TRINITAS CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>89641GAY8</x:t>
   </x:si>
   <x:si>
     <x:t>26245MAC5</x:t>
   </x:si>
   <x:si>
     <x:t>GREYWOLF CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>39809CAY0</x:t>
   </x:si>
   <x:si>
     <x:t>OZLM LTD</x:t>
   </x:si>
   <x:si>
     <x:t>67111DBG0</x:t>
   </x:si>
   <x:si>
     <x:t>LCM LTD PARTNERSHIP</x:t>
   </x:si>
   <x:si>
     <x:t>50201QAL8</x:t>
   </x:si>
   <x:si>
     <x:t>26244MAW2</x:t>
   </x:si>
   <x:si>
     <x:t>TREASURY BILL</x:t>
   </x:si>
   <x:si>
-    <x:t>912797TB3</x:t>
+    <x:t>912797UB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JEFFERSON MILL CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47421MBJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYMPHONY CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87166VAW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13079WDC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92332NBC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLACK DIAMOND CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09203WAN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92325QAA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTRESS CREDIT BSL LIMITED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34962HAJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91282CKY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROMARK CLO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77587EAL2</x:t>
   </x:si>
   <x:si>
     <x:t>912797SM0</x:t>
   </x:si>
   <x:si>
-    <x:t>JEFFERSON MILL CLO LTD</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>TCI SYMPHONY CLO</x:t>
   </x:si>
   <x:si>
     <x:t>87232BAF9</x:t>
   </x:si>
   <x:si>
     <x:t>67113DAW4</x:t>
   </x:si>
   <x:si>
     <x:t>BLUEMOUNTAIN CLO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>09629PAA4</x:t>
   </x:si>
   <x:si>
     <x:t>APIDOS CLO</x:t>
   </x:si>
   <x:si>
     <x:t>03768CAN9</x:t>
   </x:si>
   <x:si>
     <x:t>26244RAF8</x:t>
   </x:si>
   <x:si>
     <x:t>87229WAQ4</x:t>
   </x:si>
   <x:si>
     <x:t>TSY INFL IX N/B</x:t>
   </x:si>
   <x:si>
     <x:t>91282CDC2</x:t>
   </x:si>
   <x:si>
     <x:t>912828S50</x:t>
   </x:si>
   <x:si>
     <x:t>912828V49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8579929T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>92915CAQ7</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -770,1245 +776,1245 @@
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>747364.5</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>748005</x:v>
+        <x:v>747781.6</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>664000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>653054.4</x:v>
+        <x:v>652736.6</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>647000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>648314.2</x:v>
+        <x:v>644826.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>609000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>611985.5</x:v>
+        <x:v>610674.8</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>570000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>571745.6</x:v>
+        <x:v>570970.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>557000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>556151.4</x:v>
+        <x:v>552626.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>550375</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>550356.3</x:v>
+        <x:v>550361.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>500444</x:v>
+        <x:v>499452</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>461685.3</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>462051.8</x:v>
+        <x:v>461957.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>434677.5</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>435372.6</x:v>
+        <x:v>435220.4</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>408012.4</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>408080.6</x:v>
+        <x:v>408060.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>403789.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>404819.3</x:v>
+        <x:v>404589.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>390000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>390821</x:v>
+        <x:v>390519.6</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>370133.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>370500.4</x:v>
+        <x:v>370402.7</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>346285.7</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>346283</x:v>
+        <x:v>346286.1</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>303946.7</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>304489.2</x:v>
+        <x:v>304028.8</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>290664.1</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>290909.1</x:v>
+        <x:v>290798.9</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>290431.1</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>290510.1</x:v>
+        <x:v>290466.8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>267616.7</x:v>
+        <x:v>273000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>267892.6</x:v>
+        <x:v>272998.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>229520.6</x:v>
+        <x:v>267616.7</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>229726.7</x:v>
+        <x:v>267803.3</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>220938</x:v>
+        <x:v>229520.6</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>221123.6</x:v>
+        <x:v>229584.1</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>211047.4</x:v>
+        <x:v>220938</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>211131.2</x:v>
+        <x:v>220860.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>208367.6</x:v>
+        <x:v>211047.4</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>208374.6</x:v>
+        <x:v>210939.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>208333.3</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>208330.8</x:v>
+        <x:v>208332.1</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>206984.3</x:v>
+        <x:v>208367.6</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>207113.8</x:v>
+        <x:v>207806.6</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>201906.4</x:v>
+        <x:v>206984.3</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>202021.1</x:v>
+        <x:v>206873.3</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>201906.4</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>200012.8</x:v>
+        <x:v>201992.7</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>191401.2</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>191401.2</x:v>
+        <x:v>200013.8</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>178025</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>178130</x:v>
+        <x:v>177924.9</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>177484.7</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>177746.8</x:v>
+        <x:v>177653.7</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>163912.8</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>164092.6</x:v>
+        <x:v>164034.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>161586</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>161661.8</x:v>
+        <x:v>161641.4</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>150092.6</x:v>
+        <x:v>150043.5</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>144060</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>144148.1</x:v>
+        <x:v>143915.9</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>114629.4</x:v>
+        <x:v>125930.8</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>115000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>114365.2</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>113863.5</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>113924.8</x:v>
+        <x:v>113893.9</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>106058.6</x:v>
+        <x:v>105736.5</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>106058.6</x:v>
+        <x:v>105898.3</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>105736.5</x:v>
+        <x:v>100664.2</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>106015.2</x:v>
+        <x:v>100758.4</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>100664.2</x:v>
+        <x:v>98305</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>100805.5</x:v>
+        <x:v>98344.7</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>98305</x:v>
+        <x:v>81198.4</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>98359.9</x:v>
+        <x:v>81236.4</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>81198.4</x:v>
+        <x:v>80264.7</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>81282.1</x:v>
+        <x:v>80357.8</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>80264.7</x:v>
+        <x:v>71118.9</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>80413.7</x:v>
+        <x:v>71122.8</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>76000</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>75121.2</x:v>
+        <x:v>56122.1</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>71118.9</x:v>
+        <x:v>54894.2</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>71124.2</x:v>
+        <x:v>54893.2</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>56174.7</x:v>
+        <x:v>49883.8</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>54894.2</x:v>
+        <x:v>49751.1</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>54894</x:v>
+        <x:v>49758.6</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>49751.1</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>49774.9</x:v>
+        <x:v>41350.8</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>41345</x:v>
+        <x:v>36531.9</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>41355.4</x:v>
+        <x:v>36556.5</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>36531.9</x:v>
+        <x:v>29903.4</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>36567.3</x:v>
+        <x:v>29906.7</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>29903.4</x:v>
+        <x:v>25080.7</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>29912.5</x:v>
+        <x:v>25082.4</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>25080.7</x:v>
+        <x:v>19518.2</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>25085.7</x:v>
+        <x:v>19528.8</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>19518.2</x:v>
+        <x:v>17852</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>19539.6</x:v>
+        <x:v>18013.2</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>17788.7</x:v>
+        <x:v>17637.6</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>17812.1</x:v>
+        <x:v>17897.4</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>17575.1</x:v>
+        <x:v>17502</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>17658.1</x:v>
+        <x:v>17536.7</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>17439.9</x:v>
+        <x:v>8388.6</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>17386.2</x:v>
+        <x:v>8388.6</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>7424.6</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>7426.4</x:v>
+        <x:v>7425.2</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>